--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -153,7030 +153,7164 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (53)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (54)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How plutonium &amp;quot;brown&amp;quot; peroxo complex emerges from electrolysis experiments</w:t>
+                <w:t xml:space="preserve">Unveiling the Dual Reactivity of Nanoscaled PuO₂ Sonicated in Oxygenated Aqueous Solutions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Richard Husar</w:t>
+                <w:t xml:space="preserve">Julien Margate</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quentin Hervy</w:t>
+                <w:t xml:space="preserve">Matthieu Virot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Guilbaud</w:t>
+                <w:t xml:space="preserve">Simon Bayle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu Virot</w:t>
+                <w:t xml:space="preserve">Denis Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dalton Transactions</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">Ultrasonics Sonochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 117, pp.107346. </w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/d4dt02796e⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ultsonch.2025.107346⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-04938112v1</w:t>
+                <w:t xml:space="preserve">cea-05044697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Capturing the elusive: a snapshot of the Pu(IV) hexanuclear cluster intermediate in the birth of Puo2 colloidal nanoparticles</w:t>
+                <w:t xml:space="preserve">How plutonium &amp;quot;brown&amp;quot; peroxo complex emerges from electrolysis experiments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manon Cot-Auriol</w:t>
+                <w:t xml:space="preserve">Richard Husar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandrine Dourdain</w:t>
+                <w:t xml:space="preserve">Quentin Hervy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christelle Tamain</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Denis Menut</w:t>
+                <w:t xml:space="preserve">Philippe Guilbaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Virot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
+              <w:t xml:space="preserve">Dalton Transactions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.5c01938⟩</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/d4dt02796e⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-05224468v1</w:t>
+                <w:t xml:space="preserve">cea-04938112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extraction of nitric acid with a monoamide: Understanding study and thermodynamic modeling</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Capturing the elusive: a snapshot of the Pu(IV) hexanuclear cluster intermediate in the birth of Puo2 colloidal nanoparticles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Cot-Auriol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thibau Blanc</w:t>
+                <w:t xml:space="preserve">Sandrine Dourdain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucile Golfier</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Thomas Dumas</w:t>
+                <w:t xml:space="preserve">Christelle Tamain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Industrial and engineering chemistry research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.iecr.5c00523⟩</w:t>
+              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.5c01938⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-05157055v1</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-05224468v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chronicles of plutonium peroxides: spectroscopic characterization of a new peroxo compound of Pu( iv )</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Extraction of nitric acid with a monoamide: Understanding study and thermodynamic modeling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibau Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile Golfier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Margate</w:t>
+                <w:t xml:space="preserve">Diego Moreno Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simon Bayle</w:t>
+                <w:t xml:space="preserve">Dominique Guillaumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dumas</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Christelle Tamain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/D4CC01186D⟩</w:t>
+              <w:t xml:space="preserve">Industrial and engineering chemistry research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 64 (26), pp.13376-13387. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.iecr.5c00523⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04705508v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-05157055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Molecular and supramolecular study of uranium/plutonium liquid–liquid extraction with N N -dialkylamides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Lemire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Guillaumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Lemire</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Pier Lorenzo Solari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Inorganic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 63 (40), pp.18809-18819. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.4c02880⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04721661v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhancing uranium extraction efficiency using protonated amines and quaternary ammoniums-based ionic liquids: mechanistic insights and nonlinearities analysis</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sandrine Dourdain</w:t>
+                <w:t xml:space="preserve">Chronicles of plutonium peroxides: spectroscopic characterization of a new peroxo compound of Pu( iv )</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Margate</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Bayle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Giusti</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Dalodière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Tamain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Separations</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/separations10090509⟩</w:t>
+              <w:t xml:space="preserve">Chemical Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 60 (49), pp.6260-6263. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D4CC01186D⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04224208v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04705508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultrasonically controlled synthesis of UO$_{2+x}$ colloidal nanoparticles</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Thomas Dumas</w:t>
+                <w:t xml:space="preserve">From Molecular Oxo-Hydroxo Ce Clusters to Crystalline CeO 2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Estevenon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucia Amidani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephen Bauters</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Tamain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Diat</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">X. F Le Goff</w:t>
+                <w:t xml:space="preserve">Michael Bodensteiner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dalton Transactions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/d2dt03721a⟩</w:t>
+              <w:t xml:space="preserve">Chemistry of Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 35 (4), pp.1723-1734. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.chemmater.2c03456⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04721690v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04721698v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From Molecular Oxo-Hydroxo Ce Clusters to Crystalline CeO 2</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Oxygen K-edge X-ray absorption spectra of ThO$_2$ and CeO$_2$ : Experiment, interpretation, and structural effects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucia Amidani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Shuh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul Estevenon</w:t>
+                <w:t xml:space="preserve">Sergei Butorin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucia Amidani</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Michael Bodensteiner</w:t>
+                <w:t xml:space="preserve">Christoph Sahle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry of Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.chemmater.2c03456⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 127 (6), pp.3077-3084. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.2c07771⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04721698v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04721695v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oxygen K-edge X-ray absorption spectra of ThO$_2$ and CeO$_2$ : Experiment, interpretation, and structural effects</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lucia Amidani</w:t>
+                <w:t xml:space="preserve">Micrometric drilling of (meta-)studtite square platelets formed by pseudomorphic conversion of UO2 under high-frequency ultrasound</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Margate</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Virot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Christoph Sahle</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Jégou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tony Chave</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.2c07771⟩</w:t>
+              <w:t xml:space="preserve">Journal of Hazardous Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 459, pp.132059. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jhazmat.2023.132059⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04721695v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04721687v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Micrometric drilling of (meta-)studtite square platelets formed by pseudomorphic conversion of UO2 under high-frequency ultrasound</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Virot</w:t>
+                <w:t xml:space="preserve">Investigation of the Plutonium(IV) Interactions with Two Variants of the EF-Hand Ca-Binding Site I of Calmodulin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Daronnat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Holfeltz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Boubals</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Tony Chave</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Guilbaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Hazardous Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jhazmat.2023.132059⟩</w:t>
+              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.3c00845⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04721687v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04102795v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation of the Plutonium(IV) Interactions with Two Variants of the EF-Hand Ca-Binding Site I of Calmodulin</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Stereo‐ and regiochemical effect of N,N ‐dialkylamide extractants on the speciation of Pu complexes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Lemire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Marie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Giusti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Loïc Daronnat</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Philippe Guilbaud</w:t>
+                <w:t xml:space="preserve">Guilhem Arrachart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.3c00845⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 26 (32), pp.e202300461. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ejic.202300461⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04102795v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04224206v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stereo‐ and regiochemical effect of N,N ‐dialkylamide extractants on the speciation of Pu complexes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">David Lemire</w:t>
+                <w:t xml:space="preserve">Ultrasonically controlled synthesis of UO$_{2+x}$ colloidal nanoparticles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Cot-Auriol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Virot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Guilhem Arrachart</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Diat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. F Le Goff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Inorganic Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ejic.202300461⟩</w:t>
+              <w:t xml:space="preserve">Dalton Transactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 52 (7), pp.2135-2144. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/d2dt03721a⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04224206v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04721690v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Correction: Formation of plutonium( iv ) silicate species in very alkaline reactive media</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Paul Estevenon</w:t>
+                <w:t xml:space="preserve">Enhancing uranium extraction efficiency using protonated amines and quaternary ammoniums-based ionic liquids: mechanistic insights and nonlinearities analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Guerinoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Dourdain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Stephanie Szenknect</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilhem Arrachart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Giusti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dalton Transactions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/d2dt90053j⟩</w:t>
+              <w:t xml:space="preserve">Separations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 10, pp.509. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/separations10090509⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04721760v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04224208v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of a Hexanuclear Plutonium(IV) Nanostructure in an Acetate Solution via Visible–Near Infrared Absorption Spectroscopy, Extended X-ray Absorption Fine Structure Spectroscopy, and Density Functional Theory</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Christelle Tamain</w:t>
+                <w:t xml:space="preserve">X-ray absorption spectroscopy and actinide electrochemistry: a setup dedicated to radioactive samples applied to neptunium chemistry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Husar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Philippe Moisy</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel L Schlegel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Schlegel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Guillaumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.1c02876⟩</w:t>
+              <w:t xml:space="preserve">Journal of Synchrotron Radiation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 29 (1), pp.1-10. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1107/s1600577521011115⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04714987v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04721738v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis and multi-scale properties of PuO2 nanoparticles: recent advances and open questions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Size and structure of hexanuclear plutonium oxo-hydroxo clusters in aqueous solution from synchrotron analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Virot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu Virot</w:t>
-[...53 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Denis Menut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Tamain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Micheau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanoscale Advances</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/D2NA00306F⟩</w:t>
+              <w:t xml:space="preserve">Journal of Synchrotron Radiation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 29 (1), pp.30. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1107/S1600577521012005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03916052v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-03630418v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">X-ray absorption spectroscopy and actinide electrochemistry: a setup dedicated to radioactive samples applied to neptunium chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Richard Husar</w:t>
+                <w:t xml:space="preserve">The effects of amidophosphonate ligand immobilization method on the uranium extraction efficiency of functionalized silica</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Dressler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tom Le Nedelec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Leydier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Cuer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dumas</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Dominique Guillaumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Synchrotron Radiation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 29 (1), pp.1-10. </w:t>
+              <w:t xml:space="preserve">Chemical Engineering Journal Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 9, pp.100225. </w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1107/s1600577521011115⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ceja.2021.100225⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04721738v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04721752v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Size and structure of hexanuclear plutonium oxo-hydroxo clusters in aqueous solution from synchrotron analysis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Characterization of a Hexanuclear Plutonium(IV) Nanostructure in an Acetate Solution via Visible–Near Infrared Absorption Spectroscopy, Extended X-ray Absorption Fine Structure Spectroscopy, and Density Functional Theory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geoffroy Chupin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Tamain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Cyril Micheau</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pier Lorenzo Solari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Moisy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Synchrotron Radiation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1107/S1600577521012005⟩</w:t>
+              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 61 (12), pp.4806-4817. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.1c02876⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-03630418v1</w:t>
+                <w:t xml:space="preserve">hal-04714987v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The effects of amidophosphonate ligand immobilization method on the uranium extraction efficiency of functionalized silica</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Aline Dressler</w:t>
+                <w:t xml:space="preserve">Synthesis and multi-scale properties of PuO2 nanoparticles: recent advances and open questions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Virot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Cot-Auriol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Moisy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tom Le Nedelec</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sergey I Nikitenko</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Engineering Journal Advances</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ceja.2021.100225⟩</w:t>
+              <w:t xml:space="preserve">Nanoscale Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 4 (23), pp.4938-4971. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D2NA00306F⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04721752v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03916052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">First observation of [Pu6(OH)4O4 ]12+ cluster during the hydrolytic formation of PuO2 nanoparticles using H/D kinetic isotope effect</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Cot-Auriol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Virot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Diat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemical Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 58 (94), pp.13147-13150. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1039/D2CC04990B⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03916056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution of molecular dynamics in pNMR for the structural determination of AnV and AnVI complexes in solution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clovis Poulin-Ponnelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Duvail</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Berthon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Inorganic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 61 (40), pp.15895-15909. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.2c02040⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03790213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultrasonically assisted conversion of uranium trioxide into uranium( vi ) intrinsic colloids</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Cyril Micheau</w:t>
+                <w:t xml:space="preserve">Correction: Formation of plutonium( iv ) silicate species in very alkaline reactive media</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Estevenon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">X. F Le Goff</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pier Lorenzo Solari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eleonore Welcomme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephanie Szenknect</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalton Transactions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 50 (33), pp.11498-11511. </w:t>
+              <w:t xml:space="preserve">, 2022, 51 (17), pp.6976-6977. </w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/D1DT01609A⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/d2dt90053j⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03340169v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04721760v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Formation of plutonium( iv ) silicate species in very alkaline reactive media</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Stephanie Szenknect</w:t>
+                <w:t xml:space="preserve">Les actinides leur interaction avec les processus biologiques: où en sommes-nous?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Alban</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Aupiais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Rosa Beccia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Berthomieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dalton Transactions</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">L'Actualité Chimique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 460-461, pp.68-75</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03385996v1</w:t>
+                <w:t xml:space="preserve">hal-03188160v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evidence of Supramolecular Origin of Selectivity in Solvent Extraction of Bifunctional Amidophosphonate Extractants with Different Configurations</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Boubals</w:t>
+                <w:t xml:space="preserve">A 70‐Year‐Old Mystery in Technetium Chemistry Explained by the New Technetium Polyoxometalate [H 7 O 3 ] 4 [Tc 20 O 68 ] ⋅ 4H 2 O</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Konstantin German</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Fedoseev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikhail Grigoriev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gayane Kirakosyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dumas</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pier Lorenzo Solari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Solvent Extraction and Ion Exchange</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/07366299.2021.1961433⟩</w:t>
+              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 27 (54), pp.13624-13631. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/chem.202102035⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03451817v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04721787v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les actinides leur interaction avec les processus biologiques: où en sommes-nous?</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Des complexes moléculaires aux polymères de coordination d’actinides : de la brique à la charpente, un véritable travail d’architecte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Tamain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Volkringer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Loiseau</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Actualité Chimique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 460-461, pp.68-75</w:t>
+              <w:t xml:space="preserve">, 2021, pp.460</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03188160v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-04438001v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A 70‐Year‐Old Mystery in Technetium Chemistry Explained by the New Technetium Polyoxometalate [H 7 O 3 ] 4 [Tc 20 O 68 ] ⋅ 4H 2 O</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Gayane Kirakosyan</w:t>
+                <w:t xml:space="preserve">Evidence of Supramolecular Origin of Selectivity in Solvent Extraction of Bifunctional Amidophosphonate Extractants with Different Configurations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Artese</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Dourdain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Boubals</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pier Lorenzo Solari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/chem.202102035⟩</w:t>
+              <w:t xml:space="preserve">Solvent Extraction and Ion Exchange</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 40 (4), pp.431-453. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/07366299.2021.1961433⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04721787v1</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03451817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des complexes moléculaires aux polymères de coordination d’actinides : de la brique à la charpente, un véritable travail d’architecte</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christelle Tamain</w:t>
+                <w:t xml:space="preserve">Ultrasonically assisted conversion of uranium trioxide into uranium( vi ) intrinsic colloids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Cot-Auriol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Virot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Micheau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. F Le Goff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'Actualité Chimique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Dalton Transactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 50 (33), pp.11498-11511. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D1DT01609A⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-04438001v1</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03340169v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Role of the Hydroxo Group in the Coordination of Citric Acid to Trivalent Americium</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jean Aupiais</w:t>
+                <w:t xml:space="preserve">Formation of plutonium( iv ) silicate species in very alkaline reactive media</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Estevenon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Dominique Guillaumont</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pier Lorenzo Solari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eleonore Welcomme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephanie Szenknect</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Inorganic Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ejic.202000124⟩</w:t>
+              <w:t xml:space="preserve">Dalton Transactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 50 (36), pp.12528-12536. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D1DT02248B⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02558018v1</w:t>
+                <w:t xml:space="preserve">hal-03385996v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coordination Structures of Uranium(VI) and Plutonium(IV) in Organic Solutions with Amide Derivatives</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Christelle Tamain</w:t>
+                <w:t xml:space="preserve">Relevance of formation conditions to the size, morphology and local structure of intrinsic plutonium colloids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Micheau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Virot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Dourdain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/ACS.INORGCHEM.9B03024⟩</w:t>
+              <w:t xml:space="preserve">Environmental science‎.Nano</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 7 (8), pp.2252 - 2266. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/d0en00457j⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-02527934v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03031914v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relevance of formation conditions to the size, morphology and local structure of intrinsic plutonium colloids</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Sandrine Dourdain</w:t>
+                <w:t xml:space="preserve">Coordination Structures of Uranium(VI) and Plutonium(IV) in Organic Solutions with Amide Derivatives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clemence Berger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecile Marie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Guillaumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Tamain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dumas</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Denis Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental science‎.Nano</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/d0en00457j⟩</w:t>
+              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 59 (3), pp.1823-1834. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/ACS.INORGCHEM.9B03024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03031914v1</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-02527934v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coupling Raman spectroscopy and DFT study for enhanced description of nitrosyl nitrato nitrite ruthenium(III) complexes in nitric acid</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Dirks</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Guillaumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine Charbonnel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Radioanalytical and Nuclear Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 326 (2), pp.1213-1223. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s10967-020-07402-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04780821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Probing the local structure of nanoscaled actinide oxides: A comparison between PuO$_2$ and ThO$_2$ nanoparticles rules out PuO$_{2+x}$ hypothesis</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId124" w:history="1">
+                <w:t xml:space="preserve">Role of the Hydroxo Group in the Coordination of Citric Acid to Trivalent Americium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Tamain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Bonato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Virot</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Aupiais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Elodie Dalodiere</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Guillaumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanoscale Advances</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/C9NA00662A⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 2020 (14), pp.1331-1344. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ejic.202000124⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-03923002v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02558018v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plutonium Retention Mechanisms by Magnetite under Anoxic Conditions: Entrapment versus Sorption</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thomas Dumas</w:t>
+                <w:t xml:space="preserve">Insight of the metal-ligand interaction in f elements complexes by paramagnetic NMR spectroscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Autillo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Guerin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Fellhauer</w:t>
+                <w:t xml:space="preserve">T. Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dieter Schild</w:t>
+                <w:t xml:space="preserve">M. S. Grigoriev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier Gaona</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marcus Altmaier</w:t>
+                <w:t xml:space="preserve">A. M. Fedoseev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Earth and Space Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acsearthspacechem.9b00147⟩</w:t>
+              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 25 (17), pp.4435 -4451. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/chem.201805858⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-04782070v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-02339876v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ruthenium Nitrosyl Structure in Solvent Extraction Systems: A Comparison of Tributyl Phosphate, Tetrabutyl Urea, N -Methyl, N -Octyl Ethylhexanamide, and N , N , N ′, N ′-Tetraoctyl Diglycolamide</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thomas Dirks</w:t>
+                <w:t xml:space="preserve">Deciphering the Crystal Structure of a Scarce 1D Polymeric Thorium Peroxo Sulfate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Bonato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Virot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adel Mesbah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Lecante</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Industrial and engineering chemistry research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.iecr.9b02555⟩</w:t>
+              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 25 (41), pp.9580-9585. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/chem.201984163⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04765580v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02921757v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Probing the existence of uranyl trisulfate structures in the AMEX solvent extraction process</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Magali Duvail</w:t>
+                <w:t xml:space="preserve">Probing the local structure of nanoscaled actinide oxides: A comparison between PuO$_2$ and ThO$_2$ nanoparticles rules out PuO$_{2+x}$ hypothesis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Bonato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Virot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Guilhem Arrachart</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adel Mesbah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Dalodiere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/c9cc02651g⟩</w:t>
+              <w:t xml:space="preserve">Nanoscale Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 2 (1), pp.214-224. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C9NA00662A⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02161600v1</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-03923002v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Insight of the metal-ligand interaction in f elements complexes by paramagnetic NMR spectroscopy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">M. Autillo</w:t>
+                <w:t xml:space="preserve">Plutonium Retention Mechanisms by Magnetite under Anoxic Conditions: Entrapment versus Sorption</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Guerin</w:t>
+                <w:t xml:space="preserve">David Fellhauer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Dumas</w:t>
+                <w:t xml:space="preserve">Dieter Schild</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. S. Grigoriev</w:t>
+                <w:t xml:space="preserve">Xavier Gaona</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. M. Fedoseev</w:t>
+                <w:t xml:space="preserve">Marcus Altmaier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 25 (17), pp.4435 -4451. </w:t>
+              <w:t xml:space="preserve">ACS Earth and Space Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 3 (10), pp.2197-2206. </w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/chem.201805858⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acsearthspacechem.9b00147⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-02339876v1</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-04782070v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deciphering the Crystal Structure of a Scarce 1D Polymeric Thorium Peroxo Sulfate</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Virot</w:t>
+                <w:t xml:space="preserve">Ruthenium Nitrosyl Structure in Solvent Extraction Systems: A Comparison of Tributyl Phosphate, Tetrabutyl Urea, N -Methyl, N -Octyl Ethylhexanamide, and N , N , N ′, N ′-Tetraoctyl Diglycolamide</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Dirks</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pier Lorenzo Solari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Charbonnel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/chem.201984163⟩</w:t>
+              <w:t xml:space="preserve">Industrial and engineering chemistry research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 58 (32), pp.14938-14946. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.iecr.9b02555⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02921757v1</w:t>
+                <w:t xml:space="preserve">hal-04765580v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">UO22+ structure in solvent extraction phases resolved at molecular and supramolecular scales: a combined molecular dynamics, EXAFS and SWAXS approach</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId98" w:history="1">
+                <w:t xml:space="preserve">Probing the existence of uranyl trisulfate structures in the AMEX solvent extraction process</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tamir Sukhbaatar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Duvail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Laurence Berthon</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Dourdain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilhem Arrachart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/C8CP07230B⟩</w:t>
+              <w:t xml:space="preserve">Chemical Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 55, pp.7583-7586. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c9cc02651g⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02109047v1</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02161600v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Formation of CeSiO 4 from cerium( iii ) silicate precursors</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Fabien Vadot</w:t>
+                <w:t xml:space="preserve">UO22+ structure in solvent extraction phases resolved at molecular and supramolecular scales: a combined molecular dynamics, EXAFS and SWAXS approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Duvail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Pier Lorenzo Solari</w:t>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amaury Paquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amaury Coste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Berthon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dalton Transactions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/C9DT01990A⟩</w:t>
+              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 21 (15), pp.7894-7906. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C8CP07230B⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02360056v1</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02109047v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental Speciation of Plutonium(IV) in Natural Seawater</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Formation of CeSiO 4 from cerium( iii ) silicate precursors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Estevenon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Kaczmarek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Vadot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Jose Mustre de Leon</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pier Lorenzo Solari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ChemistrySelect</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Dalton Transactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 48 (28), pp.10455-10463. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C9DT01990A⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03596685v1</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02360056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The electronic structure of f-element Prussian blue analogs determined by soft X-ray absorption spectroscopy</w:t>
+                <w:t xml:space="preserve">Experimental Speciation of Plutonium(IV) in Natural Seawater</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Guigue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Moisy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">David Shuh</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Colina-Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tolek Tyliszczak</w:t>
+                <w:t xml:space="preserve">Jose Mustre de Leon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Communications</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">ChemistrySelect</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 3 (7), pp.2021-2024</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-02983237v1</w:t>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03596685v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural and magnetic susceptibility characterization of Pu( v ) aqua ion using sonochemistry as a facile synthesis method</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The electronic structure of f-element Prussian blue analogs determined by soft X-ray absorption spectroscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Guillaumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marie-Claire Illy</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Moisy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Shuh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tolek Tyliszczak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganic Chemistry Frontiers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/C7QI00389G⟩</w:t>
+              <w:t xml:space="preserve">Chemical Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 54 (86), pp.12206-12209. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c8cc05176c⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02075385v1</w:t>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-02983237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural characterization of Am(III) and Pu(III)-DOTA complexes</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">T. Dumas</w:t>
+                <w:t xml:space="preserve">Structural and magnetic susceptibility characterization of Pu( v ) aqua ion using sonochemistry as a facile synthesis method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Dalodière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Virot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Guillaumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Claire Illy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.7b01666⟩</w:t>
+              <w:t xml:space="preserve">Inorganic Chemistry Frontiers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 5 (1), pp.100-111. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C7QI00389G⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-02421730v1</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02075385v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inner to outer-sphere coordination of plutonium( iv ) with N,N-dialkyl amide: influence of nitric acid</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eléonor Acher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Tamain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Boubals</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pier Lorenzo Solari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalton Transactions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 46 (12), pp.3812-3815. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1039/C7DT00031F⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-02528009v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reporting actinide(IV) hexanuclear cluster structure, formation mechanism and physico-chemical properties, the [An6(OH)4(O)4(H2O)8]12+ (An = U(IV), Np(IV), Pu(IV)) case</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Tamain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Hennig</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-02421892v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coordination of Tetravalent Actinides (An=Th IV , U IV , Np IV , Pu IV ) with DOTA: From Dimers to Hexamers</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Structural characterization of Am(III) and Pu(III)-DOTA complexes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Audras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Berthon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Berthon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Guillaumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/chem.201700493⟩</w:t>
+              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 56 (20), pp.12248-12259. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.7b01666⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-04695901v1</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-02421730v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Insights into the sonochemical synthesis and properties of salt-free intrinsic plutonium colloids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Dalodière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Virot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Morosini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Chave</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 7, pp.43514. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/srep43514⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02075390v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Addressing Ruthenium Speciation in Tri- n -butyl-phosphate Solvent Extraction Process by Fourier Transform Infrared, Extended X-ray Absorption Fine Structure, and Single Crystal X-ray Diffraction</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Claire Lefebvre</w:t>
+                <w:t xml:space="preserve">Coordination of Tetravalent Actinides (An=Th IV , U IV , Np IV , Pu IV ) with DOTA: From Dimers to Hexamers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Tamain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christoph Hennig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Guilbaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dumas</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Industrial and engineering chemistry research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.iecr.7b02973⟩</w:t>
+              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 23 (28), pp.6864-6875. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/chem.201700493⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04748160v1</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-04695901v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Complexation of Actinide(III) and Lanthanide(III) with H 4 TPAEN for a Separation of Americium from Curium and Lanthanides</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Christoph Wagner</w:t>
+                <w:t xml:space="preserve">Addressing Ruthenium Speciation in Tri- n -butyl-phosphate Solvent Extraction Process by Fourier Transform Infrared, Extended X-ray Absorption Fine Structure, and Single Crystal X-ray Diffraction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Gabriel Manie</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Tamain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tracy Ducres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pier Lorenzo Solari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/ACS.INORGCHEM.7B00603⟩</w:t>
+              <w:t xml:space="preserve">Industrial and engineering chemistry research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 56 (39), pp.11292-11301. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.iecr.7b02973⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-02528025v1</w:t>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04748160v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First Evidence of a Water-Soluble Plutonium(IV) Hexanuclear Cluster</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christelle Tamain</w:t>
+                <w:t xml:space="preserve">Complexation of Actinide(III) and Lanthanide(III) with H 4 TPAEN for a Separation of Americium from Curium and Lanthanides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Boubals</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christoph Wagner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Chanèac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Manie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Inorganic Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 2016 (22), pp.3536-3540. </w:t>
+              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 56 (14), pp.7861-7869. </w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/ejic.201600656⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/ACS.INORGCHEM.7B00603⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-03032757v1</w:t>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-02528025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling and Speciation Study of Uranium(VI) and Technetium(VII) Coextraction with DEHiBA</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pauline Moeyaert</w:t>
+                <w:t xml:space="preserve">First Evidence of a Water-Soluble Plutonium(IV) Hexanuclear Cluster</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Tamain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Guillaumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christoph Hennig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Guilbaud</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.6b00595⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 2016 (22), pp.3536-3540. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ejic.201600656⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02000078v1</w:t>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03032757v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structures of Plutonium(IV) and Uranium(VI) with N,N-Dialkyl Amides from Crystallography, X-ray Absorption Spectra and Theoretical Calculations</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Yanis Hacene Cherkaski</w:t>
+                <w:t xml:space="preserve">Modeling and Speciation Study of Uranium(VI) and Technetium(VII) Coextraction with DEHiBA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Moeyaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Guillaumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kristina Kvashnina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Sorel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Inorganic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 55 (11), pp.5558-5569. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.6b00592⟩</w:t>
+              <w:t xml:space="preserve">, 2016, 55 (13), pp.6511-6519. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.6b00595⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-02389660v1</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02000078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Local Structure in Americium and Californium Hexacyanoferrates - Comparison with Their Lanthanide Analogues</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">C. Hennig</w:t>
+                <w:t xml:space="preserve">Structures of Plutonium(IV) and Uranium(VI) with N,N-Dialkyl Amides from Crystallography, X-ray Absorption Spectra and Theoretical Calculations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eléonor Acher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanis Hacene Cherkaski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Tamain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Guillaumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Inorganic Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ejic.201001004⟩</w:t>
+              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 55 (11), pp.5558-5569. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.6b00592⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">in2p3-00587937v1</w:t>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-02389660v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Local Structure in Americium and Californium Hexacyanoferrates - Comparison with Their Lanthanide Analogues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Dupouy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Bonhoure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. D. Conradson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Hennig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Journal of Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, pp.1560-1569. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ejic.201001004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00587937v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Molecular solids of actinide hexacyanoferrate: Structure and bonding</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Dupouy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Fillaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Guillaumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Moisy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IOP Conference Series: Materials Science and Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 9, pp.012026. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/1757-899X/9/1/012026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-02473920v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7186,7867 +7320,7867 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Préparation et caractérisation structurale d'un nouveau peroxyde de Pu(IV)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Ultrasonically assisted conversion of colloidal PuO2 nanoparticles into an unexpected intermediate plutonium species</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Margate</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Virot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Bonato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergey I. Nikitenko</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3èmes rencontres rayonnement radiochimie R3C</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Nîmes, France</w:t>
+              <w:t xml:space="preserve">18th meeting of the european society of sonochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Leuven (Belgique), Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04766147v1</w:t>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04766094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preparation and structural characterization of an original peroxide complex of Pu(IV)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Préparation et caractérisation structurale d'un nouveau peroxyde de Pu(IV)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Margate</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Virot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Bayle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Menut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dumas</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Denis Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JDA 2024 - 53rd Journées des Actinides international conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2024, Lille, France</w:t>
+              <w:t xml:space="preserve">3èmes rencontres rayonnement radiochimie R3C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Nîmes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04764765v1</w:t>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04766147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultrasonically assisted conversion of colloidal PuO2 nanoparticles into an unexpected intermediate plutonium species</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Chronicles of peroxide plutonium species: structural characterization of new Pu(IV) green peroxide</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Margate</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Virot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Bayle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu Virot</w:t>
+                <w:t xml:space="preserve">Denis Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18th meeting of the european society of sonochemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2024, Leuven (Belgique), Belgium</w:t>
+              <w:t xml:space="preserve">ATALANTE 2024 – Nuclear Chemistry for Sustainable Fuel Cycles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Avignon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04766094v1</w:t>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04766140v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chronicles of peroxide plutonium species: structural characterization of new Pu(IV) green peroxide</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Preparation and structural characterization of an original peroxide complex of Pu(IV)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Margate</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Bayle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Tamain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu Virot</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Denis Menut</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thomas Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ATALANTE 2024 – Nuclear Chemistry for Sustainable Fuel Cycles</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2024, Avignon, France</w:t>
+              <w:t xml:space="preserve">JDA 2024 - 53rd Journées des Actinides international conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2024, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04766140v1</w:t>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04764765v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The contribution of ultrasound to the synthesis of colloidal uranium oxide nanoparticles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Virot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Cot-Auriol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Moisy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey I. Nikitenko</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18th Meeting of the European Society of Sonochemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2024, Louvain, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04764748v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comportement de nanoparticules de PuO2 sous irradiation ultrasonore en solution aqueuse</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Julien Margate</w:t>
+                <w:t xml:space="preserve">Evidences about the contribution of Pu(IV) oxo-hydroxo cluster [Pu 6 (OH)$_4$O$_4$]$^{12+}$ during the formation of Pu(IV) intrinsic colloids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Virot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Cot-Auriol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu Virot</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Denis Menut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Diat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Sonochimie Ultrasons et Procédés - 6ème édition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2023, Lyon, France</w:t>
+              <w:t xml:space="preserve">MIGRATION 2023 - 18th international conference on the chemistry and migration behaviour of actinides and fission products in the geosphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04766178v1</w:t>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04764788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recent advances about the multi-scale structural properties and formation mechanism of plutonium oxide nanoparticles in aqueous solution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Virot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Moisy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey I. Nikitenko</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès SCF 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04765404v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Formation of PuSiO4: lessons coming from chemical analogues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Dacheux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Estevenon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pier Lorenzo Solari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éléonore Welcomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AcE-Methods workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2023, Dresde, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04705038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evidences about the contribution of Pu(IV) oxo-hydroxo cluster [Pu 6 (OH)$_4$O$_4$]$^{12+}$ during the formation of Pu(IV) intrinsic colloids</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Olivier Diat</w:t>
+                <w:t xml:space="preserve">Propeline: a green alternative to Ethaline for electrochemical recovery of precious metals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Calogera Bertoloni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vitalys Mba Ekomo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Billy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hakima Mendil‐jakani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MIGRATION 2023 - 18th international conference on the chemistry and migration behaviour of actinides and fission products in the geosphere</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2023, Nantes, France</w:t>
+              <w:t xml:space="preserve">COIL 9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04764788v1</w:t>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04161395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Propeline: a green alternative to Ethaline for electrochemical recovery of precious metals</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Hakima Mendil‐jakani</w:t>
+                <w:t xml:space="preserve">Plutonium peroxide compound from a New Water-Soluble peroxo complexe of plutonium(IV)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Margate</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Virot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Dalodiere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Tamain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">COIL 9</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2023, Lyon, France</w:t>
+              <w:t xml:space="preserve">NFC3 - 2023 Nuclear Fuel Cycle: A Chemistry Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Virtual event, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04161395v1</w:t>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04766168v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plutonium peroxide compound from a New Water-Soluble peroxo complexe of plutonium(IV)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Uranyl peroxide pseudomorphs formed under ultrasound-irradiation of UO$_2$ powder in aqueous solution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Margate</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Virot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Cot-Auriol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId247" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergey I. Nikitenko</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NFC3 - 2023 Nuclear Fuel Cycle: A Chemistry Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2023, Virtual event, France</w:t>
+              <w:t xml:space="preserve">Actinides 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Golden, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04766168v1</w:t>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04766160v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Uranyl peroxide pseudomorphs formed under ultrasound-irradiation of UO$_2$ powder in aqueous solution</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Propeline : a new candidate for precious metal recovery 3rd International Meeting on Deep Eutectic Systems, Lisbonne, 19-22 juin 2023</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Calogera Bertoloni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vitalys Mba Ekomo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Billy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hakima Mendil‐jakani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Actinides 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Golden, United States</w:t>
+              <w:t xml:space="preserve">3rd International Meeting on Deep Eutectic Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Lisbonne, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04766160v1</w:t>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04161295v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Propeline : a new candidate for precious metal recovery 3rd International Meeting on Deep Eutectic Systems, Lisbonne, 19-22 juin 2023</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Comportement de nanoparticules de PuO2 sous irradiation ultrasonore en solution aqueuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Margate</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Virot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Bonato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergey I. Nikitenko</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3rd International Meeting on Deep Eutectic Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Lisbonne, Portugal</w:t>
+              <w:t xml:space="preserve">Journées Sonochimie Ultrasons et Procédés - 6ème édition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04161295v1</w:t>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04766178v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effet isotopique cinétique et formation de nanoparticules colloïdales de PuO2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Cot Auriol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Virot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Diat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">R3C</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2022, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-03779849v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apport des ultrasons de puissance pour la préparation de nanoparticules colloïdales de UO2+x</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Cot Auriol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Virot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Moisy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey I. Nikitenko</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">R3C</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2022, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-03779850v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isotopic effect on the formation kinetics of Pu(IV) intrinsic colloids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Cot Auriol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Virot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Diat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plutonium Futures 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Avignon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-03779851v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preparation of uranium(VI) intrinsic colloids by 20 kHz sonication of uranium trioxide in pure water</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Manon Cot Auriol</w:t>
+                <w:t xml:space="preserve">Multi-scale structural characterization of Pu(IV) intrinsic colloids by synchrotron SAXS coupled with XAS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Virot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Micheau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Dourdain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu Virot</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">X. F Le Goff</w:t>
+                <w:t xml:space="preserve">Denis Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">50èmes Journées des Actinides</w:t>
+              <w:t xml:space="preserve">JDA 2021 - 50èmes Journées des Actinides and the 13th School on The Physics and Chemistry of the Actinides</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2021, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId255" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-03784774v1</w:t>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04764810v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-scale structural characterization of Pu(IV) intrinsic colloids by synchrotron SAXS coupled with XAS</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Préparation de colloïdes intrinsèques d'U(VI) par sonolyse à 20 kHz d'UO3 dans l'eau pure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Cot Auriol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Virot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Micheau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Denis Menut</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. F Le Goff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JDA 2021 - 50èmes Journées des Actinides and the 13th School on The Physics and Chemistry of the Actinides</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2021, Rennes, France</w:t>
+              <w:t xml:space="preserve">Journées Scientifiques Ultrasons et Procédés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId256" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04764810v1</w:t>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-03784772v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Préparation de colloïdes intrinsèques d'U(VI) par sonolyse à 20 kHz d'UO3 dans l'eau pure</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Size vs. Local Structure Relationship for ThO2 and PuO2 Nanoparticles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Virot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Cyril Micheau</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Bonato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">X. F Le Goff</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adel Mesbah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Dalodiere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Scientifiques Ultrasons et Procédés</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2021, Lille, France</w:t>
+              <w:t xml:space="preserve">UDM3 - Physics and Chemistry of Actinides seen by X-rays</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2021, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId257" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-03784772v1</w:t>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-03923001v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Size vs. Local Structure Relationship for ThO2 and PuO2 Nanoparticles</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Laura Bonato</w:t>
+                <w:t xml:space="preserve">Formation and characterization of PuSiO4 and associated colloids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Dacheux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Estevenon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Elodie Dalodiere</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pier Lorenzo Solari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éléonore Welcomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">UDM3 - Physics and Chemistry of Actinides seen by X-rays</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2021, Grenoble, France</w:t>
+              <w:t xml:space="preserve">Scientific Basis for Nuclear Waste Management 45</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Cologne (virtual conference), Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId258" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-03923001v1</w:t>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04704327v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Formation and characterization of PuSiO4 and associated colloids</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Paul Estevenon</w:t>
+                <w:t xml:space="preserve">Sonochemical conversion of UO3 into U(VI) intrinsic colloids in near-neutral conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Cot Auriol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Virot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Micheau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Éléonore Welcomme</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. F Le Goff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Basis for Nuclear Waste Management 45</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2021, Cologne (virtual conference), Germany</w:t>
+              <w:t xml:space="preserve">Nuclear Fuel Cycle: A Chemistry Conference (NFC3)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2021, on-line, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId259" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04704327v1</w:t>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-03784777v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sonochemical conversion of UO3 into U(VI) intrinsic colloids in near-neutral conditions</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId252" w:history="1">
+                <w:t xml:space="preserve">Preparation of uranium(VI) and uranium(IV) colloidal nanoparticles by 20 kHz sonication in pure water</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Cot Auriol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Virot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Micheau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. F Le Goff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Fuel Cycle: A Chemistry Conference (NFC3)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2021, on-line, France</w:t>
+              <w:t xml:space="preserve">ESS-JSS-AOSS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, En ligne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId260" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-03784777v1</w:t>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-03779852v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preparation of uranium(VI) and uranium(IV) colloidal nanoparticles by 20 kHz sonication in pure water</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId252" w:history="1">
+                <w:t xml:space="preserve">Preparation of uranium(VI) intrinsic colloids by 20 kHz sonication of uranium trioxide in pure water</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Cot Auriol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Virot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Micheau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. F Le Goff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESS-JSS-AOSS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2021, En ligne, France</w:t>
+              <w:t xml:space="preserve">50èmes Journées des Actinides</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2021, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId261" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-03779852v1</w:t>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-03784774v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ultrasound-assisted conversion of UO2 into U(VI) peroxides in aqueous solution saturated with Ar/O2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Margate</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Virot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Cot-Auriol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Chave</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17th Meeting of the European Society of Sonochemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2020, Iena, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04766196v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electronic structure of f-element Prussian blue analogs by soft X-ray absorption spectroscopy</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Philippe Moisy</w:t>
+                <w:t xml:space="preserve">Particle Size vs. Local Environment Relationship for ThO2 and PuO</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Bonato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Virot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Dalodiere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Mesbah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">49 ème Journées des Actinides</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, JRC, Apr 2019, Erice, Italy</w:t>
+              <w:t xml:space="preserve">49emes Journees des Actinides (JdA-2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2019, Erice, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-02973524v1</w:t>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-02394079v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Particle Size vs. Local Environment Relationship for ThO2 and PuO</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">A. Mesbah</w:t>
+                <w:t xml:space="preserve">Electronic structure of f-element Prussian blue analogs by soft X-ray absorption spectroscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe den Auwer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clara Fillaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Guillaumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Moisy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">49emes Journees des Actinides (JdA-2019)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2019, Erice, Italy</w:t>
+              <w:t xml:space="preserve">49 ème Journées des Actinides</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, JRC, Apr 2019, Erice, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId266" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-02394079v1</w:t>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-02973524v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Particle Size vs. Local Environment Relationship for ThO2 and PuO2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Virot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Bonato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Dalodiere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adel Mesbah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JdA-2019 — 49èmes Journées des Actinides</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2019, Erice (Sicile), Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04765159v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Complexation of americium(III) with citric acid role of the hydroxo function ?</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId154" w:history="1">
+                <w:t xml:space="preserve">A Comprehensive Study of Molybdates of Tetravalent Elements (Zr, Ce or Pu) for a Better Understanding of Precipitation Phenomenon During the Head-End Treatment of Spent Nuclear Fuels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Costenoble</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Nadolny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natacha Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">C. Berthon</w:t>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Lavalette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Radchem 1018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2018, Marianske lazne, Czech Republic</w:t>
+              <w:t xml:space="preserve">2018 MRS Spring Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2018, Phoenix, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId271" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-02339246v1</w:t>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03575022v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inner and outer sphere plutonium(IV) coordination with amide and carbamide ligands</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">N. Boubals</w:t>
+                <w:t xml:space="preserve">Complexation de l'americium(III) avec l'acide citrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Tamain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Bonato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Aupiais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Berthon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plutonium FuturesThe Science 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2018, San Diego, United States</w:t>
+              <w:t xml:space="preserve">JECRRC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId273" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-02400198v1</w:t>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-02339260v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recent structural investigations of zirconium-plutonium molybdate precipitation and its inhibition during the dissolution step of the spent nuclear fuels treatment</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId154" w:history="1">
+                <w:t xml:space="preserve">Evidence for the Formation of a New Water Soluble Pu Peroxo Complex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Virot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Dalodiere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Tamain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Lavalette</w:t>
+                <w:t xml:space="preserve">O. Dieste Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NuMat2018: The Nuclear Materials Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2018, Seattle, WA, United States</w:t>
+              <w:t xml:space="preserve">4th International Workshop on Advanced Techniques in Actinide Spectroscopy (ATAS 2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Côte d'Azur; CEA Marcoule; CNRS; ICN Nice, Nov 2018, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId277" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03575462v1</w:t>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-02339471v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Complexation de l'americium(III) avec l'acide citrique</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId154" w:history="1">
+                <w:t xml:space="preserve">Sonochemical Preparation and Characterization of Intrinsic Pu Colloids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Dalodiere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Virot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Morosini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Chave</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Dumas</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">C. Berthon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JECRRC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">ESS16</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2018, Besancon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-02339260v1</w:t>
+                <w:t xml:space="preserve">cea-02339061v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sonochemical Preparation and Characterization of Intrinsic Pu Colloids</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId268" w:history="1">
+                <w:t xml:space="preserve">Ultrasound-assisted Conversion of ThO$_2$ into a Th peroxo sulfate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Bonato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Virot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId284" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Moisy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergey I. Nikitenko</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESS16</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2018, Besancon, France</w:t>
+              <w:t xml:space="preserve">4th International Workshop on Advanced Techniques in Actinide Spectroscopy (ATAS 2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId283" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-02339061v1</w:t>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-02339466v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultrasound-assisted Conversion of ThO$_2$ into a Th peroxo sulfate</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId267" w:history="1">
+                <w:t xml:space="preserve">Role of the hydroxo function of citric acid within the Am(III) complexation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Tamain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Bonato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId268" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Aupiais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Berthon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4th International Workshop on Advanced Techniques in Actinide Spectroscopy (ATAS 2018)</w:t>
+              <w:t xml:space="preserve">ATAS 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2018, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-02339466v1</w:t>
+                <w:t xml:space="preserve">cea-02338560v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Comprehensive Study of Molybdates of Tetravalent Elements (Zr, Ce or Pu) for a Better Understanding of Precipitation Phenomenon During the Head-End Treatment of Spent Nuclear Fuels</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId154" w:history="1">
+                <w:t xml:space="preserve">Preparation of a New Water Soluble Polynuclear Peroxide Complex of Pu(IV)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Virot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Dalodiere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Lavalette</w:t>
+                <w:t xml:space="preserve">O. Dieste Blanco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Wiss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2018 MRS Spring Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2018, Phoenix, United States</w:t>
+              <w:t xml:space="preserve">Pu Futures 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, San Diego, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03575022v1</w:t>
+                <w:t xml:space="preserve">cea-02400196v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evidence for the Formation of a New Water Soluble Pu Peroxo Complex</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId154" w:history="1">
+                <w:t xml:space="preserve">Comportement electrochimique des Terres Rares dans des liquides ioniques a temperature ambiante</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Bengio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Mendes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Pellet-Rostaing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Moisy</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4th International Workshop on Advanced Techniques in Actinide Spectroscopy (ATAS 2018)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université Côte d'Azur; CEA Marcoule; CNRS; ICN Nice, Nov 2018, Nice, France</w:t>
+              <w:t xml:space="preserve">18emes Journees Scientifiques de Marcoule (JSM - 2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Bagnols Sur Ceze, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId288" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-02339471v1</w:t>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-02338544v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Role of the hydroxo function of citric acid within the Am(III) complexation</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">C. Berthon</w:t>
+                <w:t xml:space="preserve">Inner and outer sphere plutonium(IV) coordination with amide and carbamide ligands</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Guillaumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Acher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clemence Berger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Dirks</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Boubals</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ATAS 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2018, Nice, France</w:t>
+              <w:t xml:space="preserve">Plutonium FuturesThe Science 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, San Diego, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId290" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-02338560v1</w:t>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-02400198v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preparation of a New Water Soluble Polynuclear Peroxide Complex of Pu(IV)</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId154" w:history="1">
+                <w:t xml:space="preserve">Complexation of americium(III) with citric acid role of the hydroxo function ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Tamain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Bonato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Aupiais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId289" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">T. Wiss</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Berthon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pu Futures 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2018, San Diego, United States</w:t>
+              <w:t xml:space="preserve">Radchem 1018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Marianske lazne, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId291" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-02400196v1</w:t>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-02339246v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comportement electrochimique des Terres Rares dans des liquides ioniques a temperature ambiante</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId154" w:history="1">
+                <w:t xml:space="preserve">Recent structural investigations of zirconium-plutonium molybdate precipitation and its inhibition during the dissolution step of the spent nuclear fuels treatment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Costenoble</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Nadolny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natacha Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId296" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Lavalette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18emes Journees Scientifiques de Marcoule (JSM - 2018)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Bagnols Sur Ceze, France</w:t>
+              <w:t xml:space="preserve">NuMat2018: The Nuclear Materials Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Seattle, WA, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId293" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-02338544v1</w:t>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03575462v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Speciation of An(III-IV)-complexes in presence of alpha-hydroxycarboxylate ligands</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId154" w:history="1">
+                <w:t xml:space="preserve">Investigating the ruthenium speciation in TBP/TPH organic phases with coupled spectroscopic techniques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId299" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">P. Moisy</w:t>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.-C. Charbonnel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P.-L. Solari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISMEC 2017 Acta of the International Symposia on Metal Complexes</w:t>
+              <w:t xml:space="preserve">ISMEC 2017 - Acta of the International Symposia on Metal Complexes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2017, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId297" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02433880v1</w:t>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02433896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chemistry of ruthenium in the PUREX process new insight on the speciation in the organic phase TBP-TPH</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId154" w:history="1">
+                <w:t xml:space="preserve">Actinide hexanuclear cluster [an6(oh)4(o)4(h2o)8]12+ (an = u(iv), np(iv), pu(iv)) structure, synthesis mechanism and physical-chemical properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Tamain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId303" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">P.-L. Solari</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Guillaumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Guilbaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Hennig</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISEC 2017 The 21st International Solvent Extraction Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2017, Miyasaki, Japan</w:t>
+              <w:t xml:space="preserve">actinides 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Sendai, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId300" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02433904v1</w:t>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02419641v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preparation of a water soluble plutonium (IV) cluster: A preliminary study</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId154" w:history="1">
+                <w:t xml:space="preserve">Speciation of ruthenium in TBP/TPH organic phases (structure and reactivity)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Si. Nikitenko</w:t>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.-C. Charbonnel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pier Lorenzo Solari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Actinide 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2017, Sendai, Japan</w:t>
+              <w:t xml:space="preserve">12th Soleil Users' Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2017, Saint Aubin, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId304" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02433877v1</w:t>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-02435078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Speciation of ruthenium in TBP/TPH organic phases (structure and reactivity)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId154" w:history="1">
+                <w:t xml:space="preserve">Structure and radiolytic stability of monoamide-actinide complexes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Guilbaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Acher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Berthon-Nigond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId301" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Drader</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th Soleil Users' Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2017, Saint Aubin, France</w:t>
+              <w:t xml:space="preserve">INCC (5th-International Nuclear Chemistry Congress)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2017, Goteborg, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-02435078v1</w:t>
+                <w:t xml:space="preserve">hal-02433867v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structure and radiolytic stability of monoamide-actinide complexes</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId154" w:history="1">
+                <w:t xml:space="preserve">Facile Sonochemical Preparation of Pu(V) in Aqueous Solutions and Its Characterization by XAS and NMR</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Dalodiere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Virot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId311" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">J. Drader</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Berthon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Moisy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INCC (5th-International Nuclear Chemistry Congress)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2017, Goteborg, Sweden</w:t>
+              <w:t xml:space="preserve">Actinide 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Sendai, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId307" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02433867v1</w:t>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02433898v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Facile Sonochemical Preparation of Pu(V) in Aqueous Solutions and Its Characterization by XAS and NMR</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">P. Moisy</w:t>
+                <w:t xml:space="preserve">Importance of thermochemistry in the development of actinides extraction processes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.-C. Charbonnel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Boubals</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Pecheur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Rodrigues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Guillaumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Actinide 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2017, Sendai, Japan</w:t>
+              <w:t xml:space="preserve">ISMEC 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId312" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02433898v1</w:t>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02433892v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigating the ruthenium speciation in TBP/TPH organic phases with coupled spectroscopic techniques</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId154" w:history="1">
+                <w:t xml:space="preserve">Speciation of An(III-IV)-complexes in presence of alpha-hydroxycarboxylate ligands</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Manie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Tamain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId301" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">P.-L. Solari</w:t>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Nikitenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Moisy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISMEC 2017 - Acta of the International Symposia on Metal Complexes</w:t>
+              <w:t xml:space="preserve">ISMEC 2017 Acta of the International Symposia on Metal Complexes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2017, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId313" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02433896v1</w:t>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02433880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Actinide hexanuclear cluster [an6(oh)4(o)4(h2o)8]12+ (an = u(iv), np(iv), pu(iv)) structure, synthesis mechanism and physical-chemical properties</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId154" w:history="1">
+                <w:t xml:space="preserve">Chemistry of ruthenium in the PUREX process new insight on the speciation in the organic phase TBP-TPH</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.-C. Charbonnel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">C. Hennig</w:t>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P.-L. Solari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">actinides 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2017, Sendai, Japan</w:t>
+              <w:t xml:space="preserve">ISEC 2017 The 21st International Solvent Extraction Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2017, Miyasaki, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId314" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02419641v1</w:t>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02433904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Importance of thermochemistry in the development of actinides extraction processes</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Preparation of a water soluble plutonium (IV) cluster: A preliminary study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Dalodiere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Virot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Moisy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Si. Nikitenko</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISMEC 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Dijon, France</w:t>
+              <w:t xml:space="preserve">Actinide 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Sendai, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId315" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02433892v1</w:t>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02433877v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sonochemistry of plutonium</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId268" w:history="1">
+                <w:t xml:space="preserve">Preparation and characterization of intrinsic plutonium colloids by sonolysis of puo2 in water</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Dalodiere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Virot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Morosini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Chave</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId247" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">V. Morosini</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5th ATALANTE Conference on Nuclear Chemistry for Sustainable Fuel Cycles</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2016, Montpellier, France</w:t>
+              <w:t xml:space="preserve">Pu Futures 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Baden Baden, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId318" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02441989v1</w:t>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02441966v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis and structural characterization of a new water soluble actinide(IV) hexanuclear cluster [An6(OH)4O4]12+ (with An = U, Np, Pu).</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">X-ray Absorption spectroscopic studies of hexacyanoferrate-actinide compounds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Guillaumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Fillaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Scheinost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Moisy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pu Futures 2016</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, JRC, Aug 2016, Baden-Baden, Allemagne, Germany</w:t>
+              <w:t xml:space="preserve">46emes Journees des Actinides - 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2016, Les Deux Alpes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId320" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04748503v1</w:t>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-02442370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extraction des produits de fission et actinides mineurs par les monoamides: approche expérimentale et modélisation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Moeyaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Sorel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Miguirditchian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Guillaumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Scientifiques de Marcoule 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Bagnols sur cèze, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02441906v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preparation and characterization of intrinsic plutonium colloids by sonolysis of puo2 in water</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId154" w:history="1">
+                <w:t xml:space="preserve">A macroscopic and molecular study for a complete description of technetium (VII) and uranium (VI) co-extraction mechanism with monoamides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Moeyaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Sorel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Guillaumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Miguirditchian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pu Futures 2016</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2016, Baden Baden, Germany</w:t>
+              <w:t xml:space="preserve">RANC 2016 - The 1st International Conference on Radioanalytical and Nuclear Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2016, Budapest, Hungary</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId325" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02441966v1</w:t>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-02442334v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">X-ray Absorption spectroscopic studies of hexacyanoferrate-actinide compounds</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId154" w:history="1">
+                <w:t xml:space="preserve">an(iii) and ln(iii) complexation with tpaen selectivity quantification for an americium(iii) separation process.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Boubals</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Chaneac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Manie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Guilbaud</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">46emes Journees des Actinides - 2016</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2016, Les Deux Alpes, France</w:t>
+              <w:t xml:space="preserve">ISMEC 2016International Symposium on metal complexes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Barcelone, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId326" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-02442370v1</w:t>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02442284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A macroscopic and molecular study for a complete description of technetium (VII) and uranium (VI) co-extraction mechanism with monoamides</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId154" w:history="1">
+                <w:t xml:space="preserve">Speciation of ruthenium in TBP/TPH organic phases (structure and reactivity)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mc. Charbonnel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Burgaud</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RANC 2016 - The 1st International Conference on Radioanalytical and Nuclear Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2016, Budapest, Hungary</w:t>
+              <w:t xml:space="preserve">ATALANTE 2016 - Nuclear Chemistry for Sustainable Fuel Cycles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId328" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-02442334v1</w:t>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02416315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structure and radiolytic stability of monoamide-actinide complexes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Guilbaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eléonor Acher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Berthon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Drader</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">40th Actinide Separations Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Lawrence Livermore National Laboratory, May 2016, San Diego, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04729949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">an(iii) and ln(iii) complexation with tpaen selectivity quantification for an americium(iii) separation process.</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId154" w:history="1">
+                <w:t xml:space="preserve">Structure of plutonium(iv) with o-donor ligands from crystallography, extended x-ray absorption fine structure and theoretical calculations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Acher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Guillaumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Vallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId298" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">P. Guilbaud</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Tamain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISMEC 2016International Symposium on metal complexes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2016, Barcelone, Spain</w:t>
+              <w:t xml:space="preserve">Plutonium Futures - The Science 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Baden-Baden, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId331" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02442284v1</w:t>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02441954v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Speciation of ruthenium in TBP/TPH organic phases (structure and reactivity)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId154" w:history="1">
+                <w:t xml:space="preserve">Etude structurale des complexes de Pu(IV), U(VI) et Tc(VII) / N,N-dialkylamides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Acher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Moeyaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Tamain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId334" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Guillaumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ATALANTE 2016 - Nuclear Chemistry for Sustainable Fuel Cycles</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2016, Montpellier, France</w:t>
+              <w:t xml:space="preserve">XVeme Journee Nationale de Radiochimie et de chimie nucleaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId333" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02416315v1</w:t>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-02439438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structure of plutonium(iv) with o-donor ligands from crystallography, extended x-ray absorption fine structure and theoretical calculations</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId154" w:history="1">
+                <w:t xml:space="preserve">An(III) and Ln(III) complexation with TPAEN: selectivity quantification for an americium(III) separation process</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Boubals</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Chaneac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">C. Tamain</w:t>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Guilbaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Manie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plutonium Futures - The Science 2016</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2016, Baden-Baden, Germany</w:t>
+              <w:t xml:space="preserve">ATALANTE 2016 - Nuclear Chemistry for Sustainable Fuel Cycles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId336" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02441954v1</w:t>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02416300v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude structurale des complexes de Pu(IV), U(VI) et Tc(VII) / N,N-dialkylamides</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">D. Guillaumont</w:t>
+                <w:t xml:space="preserve">Sonochemistry of plutonium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Virot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Chave</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Dalodiere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Beaudoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Morosini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XVeme Journee Nationale de Radiochimie et de chimie nucleaire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2016, Nice, France</w:t>
+              <w:t xml:space="preserve">5th ATALANTE Conference on Nuclear Chemistry for Sustainable Fuel Cycles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId338" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-02439438v1</w:t>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02441989v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An(III) and Ln(III) complexation with TPAEN: selectivity quantification for an americium(III) separation process</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">G. Manie</w:t>
+                <w:t xml:space="preserve">Synthesis and structural characterization of a new water soluble actinide(IV) hexanuclear cluster [An6(OH)4O4]12+ (with An = U, Np, Pu).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Tamain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christoph Hennig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Guillaumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Guilbaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ATALANTE 2016 - Nuclear Chemistry for Sustainable Fuel Cycles</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2016, Montpellier, France</w:t>
+              <w:t xml:space="preserve">Pu Futures 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, JRC, Aug 2016, Baden-Baden, Allemagne, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId339" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02416300v1</w:t>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04748503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis and structural characterization of actinide(U(VI) or Pu(IV))-monoamide compounds</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId154" w:history="1">
+                <w:t xml:space="preserve">Speciation and Thermodynamics Data to better describe the Efficiency of Actinides Separation by N,N-dialkylamides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.-C. Charbonnel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Berthon-Nigond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Boubals</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId342" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Guillaumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th international conference on f-element 2015</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2015, Oxford, United Kingdom</w:t>
+              <w:t xml:space="preserve">Global 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId340" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-02500825v1</w:t>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-02506788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spéciation du ruthénium en phase organique TBP/TPH (structure, degré d'oxydation) et recherche de complexant sélectifs</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId154" w:history="1">
+                <w:t xml:space="preserve">Synthesis and structural characterization of actinide(U(VI) or Pu(IV))-monoamide compounds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Tamain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Cherkaski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId301" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">R. Burgaud</w:t>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M-C. Charbonnel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Guilbaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15èmes Journées Scientifiques de Marcoule (JSM - 2015)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2015, Bagnols sur Ceze, France</w:t>
+              <w:t xml:space="preserve">9th international conference on f-element 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, Oxford, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-02489567v1</w:t>
+                <w:t xml:space="preserve">cea-02500825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Speciation and Thermodynamics Data to better describe the Efficiency of Actinides Separation by N,N-dialkylamides</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Spéciation du ruthénium en phase organique TBP/TPH (structure, degré d'oxydation) et recherche de complexant sélectifs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.-C. Charbonnel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId310" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Burgaud</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Global 2015</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2015, Paris, France</w:t>
+              <w:t xml:space="preserve">15èmes Journées Scientifiques de Marcoule (JSM - 2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Bagnols sur Ceze, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId344" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-02506788v1</w:t>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-02489567v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Complexation of actinides by branched N-macrocycle DOTA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Audras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Berthon-Nigond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Berthon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Zorz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Guillaumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SCF Congress 2015 - Congrès de la société Chimique de France 2015</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2015, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-02489496v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Preparation of intrinsic plutonium colloids by sonolysis of PuO2 in water</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Morosini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Chave</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Virot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe den Auwer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plutonium Futures The Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2014, Las Vegas (NV), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04765281v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -15056,775 +15190,775 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conversion assistée par ultrasons de UO2 en peroxydes de U(VI) dans une solution aqueuse saturée en Ar/O2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Margate</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Virot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId349" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Jegou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Cot-Auriol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3èmes rencontres rayonnement radiochimie R3C</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Nîmes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04766151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId350" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonochemical transformation of uranium dioxide (UO2) into uranium peroxide ([(UO2(O2)(H2O)2 )•xH2O]) : Unveiling intriguing morphologies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Margate</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Virot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Cot-Auriol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Chave</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18th meeting of the european society of sonochemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2024, Leuven (Belgique), Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId350" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04766107v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ultrasound-assisted conversion of UO$_2$ into U(VI) peroxides in aqueous solution saturated with Ar/O$_2$</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Margate</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Virot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId349" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Jegou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Cot-Auriol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ATALANTE 2024 – Nuclear Chemistry for Sustainable Fuel Cycles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Avignon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04766133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId352" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Revisiting the speciation diagram of Pu(IV)-acetate system taking into account polynuclear species</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Geoffroy Chupin</w:t>
+                <w:t xml:space="preserve">Préparation de nanoparticules colloïdales de UO$_{2+x}$ par voie sonochimique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Cot-Auriol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Virot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Moisy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergey I. Nikitenko</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Migration</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2023, Nantes (France), France. 2023</w:t>
+              <w:t xml:space="preserve">JSUP 23 - 7ème Journées Scientifiques Ultrasons et Procédés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId352" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04748462v1</w:t>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04765387v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Préparation de nanoparticules colloïdales de UO$_{2+x}$ par voie sonochimique</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Virot</w:t>
+                <w:t xml:space="preserve">Revisiting the speciation diagram of Pu(IV)-acetate system taking into account polynuclear species</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Tamain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geoffroy Chupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pier Lorenzo Solari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Moisy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JSUP 23 - 7ème Journées Scientifiques Ultrasons et Procédés</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2023, Lyon, France</w:t>
+              <w:t xml:space="preserve">Migration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Nantes (France), France. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId353" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04765387v1</w:t>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04748462v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonochemical conversion of UO$_2$ into U(VI) peroxides reveals unexpected morphologies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Margate</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Virot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Cot-Auriol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Chave</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plutonium Futures – The Science 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Avignon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04766187v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -15834,117 +15968,117 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Porte-échantillon chauffant à double confinement, procédé d'analyse d'un échantillon utilisant ledit porte-échantillon.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Virot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Bayle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dumas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, N° de brevet: FR2414977. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04953666v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -15954,161 +16088,161 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Probing the multi-scale properties of Pu(IV) intrinsic colloids by synchrotron SAXS/XAS techniques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Virot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Micheau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Dourdain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu Virot</w:t>
-[...50 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Denis Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04766010v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId357"/>
+      <w:footerReference w:type="default" r:id="rId359"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -16176,51 +16310,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="7C8CB5BD"/>
+    <w:nsid w:val="A91B0795"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -16407,51 +16541,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/thomas-dumas" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6425-6484" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/B-5950-2016" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04938112v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Husar" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Hervy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dumas" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Guilbaud" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Virot" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4dt02796e" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05224468v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Cot-Auriol" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Dourdain" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Tamain" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Menut" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.5c01938" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05157055v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibau Blanc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Golfier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Moreno Martinez" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Guillaumont" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.iecr.5c00523" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705508v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Margate" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Bayle" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Dalodi&#232;re" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4CC01186D" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721661v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lemire" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pier Lorenzo Solari" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.4c02880" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04224208v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Guerinoni" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Arrachart" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Giusti" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/separations10090509" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721690v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Diat" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. F Le Goff" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d2dt03721a" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721698v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Estevenon" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Amidani" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Bauters" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Bodensteiner" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.2c03456" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721695v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Shuh" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergei Butorin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Sahle" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.2c07771" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721687v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe J&#233;gou" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Chave" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2023.132059" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04102795v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Daronnat" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Holfeltz" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Boubals" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.3c00845" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04224206v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Marie" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.202300461" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721760v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleonore Welcomme" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Szenknect" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d2dt90053j" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04714987v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy Chupin" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Moisy" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.1c02876" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03916052v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey I Nikitenko" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D2NA00306F" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721738v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel L Schlegel" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Schlegel" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/s1600577521011115" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03630418v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Micheau" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S1600577521012005" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721752v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Dressler" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Le Nedelec" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Leydier" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Cuer" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ceja.2021.100225" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03916056v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D2CC04990B" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03790213v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clovis Poulin-Ponnelle" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Duvail" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Berthon" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.2c02040" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03340169v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1DT01609A" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03385996v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1DT02248B" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03451817v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Artese" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07366299.2021.1961433" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188160v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Alban" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Aupiais" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Rosa Beccia" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Berthomieu" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Bourgeois" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721787v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantin German" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Fedoseev" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail Grigoriev" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gayane Kirakosyan" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202102035" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04438001v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Volkringer" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Loiseau" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02558018v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Bonato" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.202000124" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02527934v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clemence Berger" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Marie" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ACS.INORGCHEM.9B03024" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03031914v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0en00457j" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04780821v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dirks" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Charbonnel" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10967-020-07402-3" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03923002v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Mesbah" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Dalodiere" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9NA00662A" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04782070v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Fellhauer" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dieter Schild" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Gaona" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcus Altmaier" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsearthspacechem.9b00147" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765580v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.iecr.9b02555" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02161600v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamir Sukhbaatar" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9cc02651g" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02339876v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Autillo" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Guerin" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Dumas" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. S. Grigoriev" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. M. Fedoseev" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201805858" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02921757v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lecante" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201984163" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02109047v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Paquet" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Coste" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Berthon" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8CP07230B" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02360056v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Kaczmarek" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Vadot" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9DT01990A" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03596685v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Guigue" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Colina-Ruiz" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Mustre de Leon" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02983237v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tolek Tyliszczak" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8cc05176c" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02075385v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Illy" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7QI00389G" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02421730v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Audras" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Berthon" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Berthon" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Guillaumont" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.7b01666" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02528009v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;onor Acher" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7DT00031F" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02421892v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Tamain" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Hennig" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04695901v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Hennig" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201700493" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02075390v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Morosini" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep43514" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748160v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lefebvre" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tracy Ducres" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.iecr.7b02973" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02528025v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Wagner" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Chan&#232;ac" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Manie" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ACS.INORGCHEM.7B00603" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032757v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.201600656" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-FSMH909F-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02000078v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Moeyaert" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristina Kvashnina" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Sorel" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.6b00595" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02389660v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanis Hacene Cherkaski" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.6b00592" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00587937v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Dupouy" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Bonhoure" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. D. Conradson" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.201001004" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-VG5Z01XG-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02473920v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fillaux" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Moisy" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1757-899X/9/1/012026" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766147v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764765v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766094v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey I. Nikitenko" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766140v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764748v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766178v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765404v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705038v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dacheux" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;l&#233;onore Welcomme" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764788v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04161395v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Calogera Bertoloni" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vitalys Mba Ekomo" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Michel" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Billy" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hakima Mendil&#8208;jakani" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766168v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Dalodiere" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766160v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04161295v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Michel" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03779849v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Cot Auriol" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03779850v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03779851v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03784774v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764810v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03784772v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03923001v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704327v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03784777v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03779852v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766196v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02973524v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe den Auwer" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Fillaux" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02394079v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bonato" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Virot" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mesbah" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765159v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02339246v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Aupiais" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02400198v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Acher" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Dirks" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Boubals" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03575462v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Costenoble" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Nadolny" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Henry" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lavalette" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02339260v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02339061v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Morosini" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Chave" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02339466v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03575022v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02339471v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Dieste Blanco" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02338560v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02400196v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Wiss" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02338544v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bengio" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Mendes" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Pellet-Rostaing" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02433880v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Manie" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Nikitenko" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02433904v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-C. Charbonnel" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lefebvre" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.-L. Solari" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02433877v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Si. Nikitenko" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02435078v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02433867v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Guilbaud" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Acher" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Berthon-Nigond" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Drader" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02433898v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02433896v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02419641v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02433892v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Pecheur" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Rodrigues" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441989v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Beaudoux" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748503v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/hal-02441906v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Moeyaert" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sorel" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Miguirditchian" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441966v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02442370v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Scheinost" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02442334v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04729949v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Drader" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02442284v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Chaneac" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416315v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mc. Charbonnel" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Burgaud" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441954v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Vallet" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02439438v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416300v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02500825v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Cherkaski" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M-C. Charbonnel" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02489567v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02506788v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02489496v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Zorz" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765281v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766151v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jegou" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766107v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766133v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748462v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765387v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766187v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04953666v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766010v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/thomas-dumas" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6425-6484" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/B-5950-2016" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05044697v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Margate" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Virot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dumas" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Bayle" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Menut" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultsonch.2025.107346" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04938112v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Husar" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Hervy" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Guilbaud" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4dt02796e" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05224468v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Cot-Auriol" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Dourdain" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Tamain" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.5c01938" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05157055v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibau Blanc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Golfier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Moreno Martinez" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Guillaumont" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.iecr.5c00523" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721661v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lemire" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pier Lorenzo Solari" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.4c02880" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705508v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Dalodi&#232;re" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4CC01186D" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721698v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Estevenon" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Amidani" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Bauters" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Bodensteiner" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.2c03456" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721695v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Shuh" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergei Butorin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Sahle" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.2c07771" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721687v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe J&#233;gou" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Chave" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2023.132059" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04102795v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Daronnat" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Holfeltz" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Boubals" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.3c00845" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04224206v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Marie" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Giusti" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Arrachart" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.202300461" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721690v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Diat" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. F Le Goff" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d2dt03721a" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04224208v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Guerinoni" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/separations10090509" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721738v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel L Schlegel" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Schlegel" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/s1600577521011115" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03630418v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Micheau" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S1600577521012005" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721752v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Dressler" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Le Nedelec" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Leydier" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Cuer" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ceja.2021.100225" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04714987v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy Chupin" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Moisy" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.1c02876" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03916052v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey I Nikitenko" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D2NA00306F" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03916056v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D2CC04990B" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03790213v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clovis Poulin-Ponnelle" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Duvail" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Berthon" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.2c02040" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721760v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleonore Welcomme" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Szenknect" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d2dt90053j" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188160v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Alban" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Aupiais" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Rosa Beccia" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Berthomieu" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Bourgeois" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721787v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantin German" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Fedoseev" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail Grigoriev" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gayane Kirakosyan" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202102035" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04438001v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Volkringer" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Loiseau" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03451817v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Artese" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07366299.2021.1961433" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03340169v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1DT01609A" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03385996v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1DT02248B" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03031914v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0en00457j" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02527934v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clemence Berger" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Marie" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ACS.INORGCHEM.9B03024" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04780821v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dirks" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Charbonnel" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10967-020-07402-3" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02558018v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Bonato" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.202000124" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02339876v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Autillo" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Guerin" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Dumas" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. S. Grigoriev" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. M. Fedoseev" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201805858" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02921757v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Mesbah" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lecante" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201984163" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03923002v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Dalodiere" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9NA00662A" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04782070v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Fellhauer" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dieter Schild" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Gaona" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcus Altmaier" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsearthspacechem.9b00147" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765580v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.iecr.9b02555" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02161600v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamir Sukhbaatar" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9cc02651g" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02109047v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Paquet" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Coste" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Berthon" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8CP07230B" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02360056v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Kaczmarek" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Vadot" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9DT01990A" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03596685v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Guigue" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Colina-Ruiz" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Mustre de Leon" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02983237v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tolek Tyliszczak" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8cc05176c" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02075385v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Illy" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7QI00389G" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02528009v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;onor Acher" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7DT00031F" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02421892v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Tamain" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Hennig" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02421730v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Audras" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Berthon" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Berthon" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Guillaumont" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.7b01666" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02075390v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Morosini" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep43514" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04695901v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Hennig" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201700493" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748160v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lefebvre" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tracy Ducres" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.iecr.7b02973" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02528025v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Wagner" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Chan&#232;ac" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Manie" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ACS.INORGCHEM.7B00603" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032757v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.201600656" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-FSMH909F-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02000078v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Moeyaert" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristina Kvashnina" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Sorel" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.6b00595" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02389660v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanis Hacene Cherkaski" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.6b00592" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00587937v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Dupouy" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Bonhoure" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. D. Conradson" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.201001004" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-VG5Z01XG-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02473920v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fillaux" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Moisy" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1757-899X/9/1/012026" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766094v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey I. Nikitenko" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766147v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766140v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764765v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764748v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764788v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765404v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705038v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dacheux" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;l&#233;onore Welcomme" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04161395v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Calogera Bertoloni" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vitalys Mba Ekomo" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Michel" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Billy" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hakima Mendil&#8208;jakani" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766168v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Dalodiere" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766160v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04161295v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Michel" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766178v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03779849v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Cot Auriol" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03779850v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03779851v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764810v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03784772v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03923001v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704327v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03784777v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03779852v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03784774v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766196v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02394079v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bonato" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Virot" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mesbah" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02973524v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe den Auwer" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Fillaux" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765159v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03575022v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Costenoble" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Nadolny" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Henry" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lavalette" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02339260v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Aupiais" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02339471v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Dieste Blanco" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02339061v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Morosini" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Chave" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02339466v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02338560v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02400196v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Wiss" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02338544v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bengio" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Mendes" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Pellet-Rostaing" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02400198v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Acher" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Dirks" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Boubals" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02339246v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03575462v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02433896v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lefebvre" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-C. Charbonnel" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.-L. Solari" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02419641v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Guilbaud" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02435078v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02433867v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Acher" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Berthon-Nigond" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Drader" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02433898v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02433892v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Pecheur" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Rodrigues" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02433880v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Manie" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Nikitenko" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02433904v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02433877v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Si. Nikitenko" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441966v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02442370v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Scheinost" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/hal-02441906v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Moeyaert" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sorel" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Miguirditchian" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02442334v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02442284v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Chaneac" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416315v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mc. Charbonnel" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Burgaud" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04729949v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Drader" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441954v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Vallet" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02439438v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416300v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441989v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Beaudoux" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748503v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02506788v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02500825v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Cherkaski" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M-C. Charbonnel" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02489567v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02489496v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Zorz" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765281v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766151v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jegou" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766107v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766133v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765387v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748462v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766187v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04953666v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766010v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>