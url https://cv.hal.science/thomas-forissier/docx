--- v0 (2026-03-10)
+++ v1 (2026-03-30)
@@ -315,295 +315,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03044452v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Progress in context effect-based education: the TEEC project</w:t>
+                <w:t xml:space="preserve">Development of an intelligent, context sensitive and collaborative authoring system for context effect-based education</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Anjou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bourdeau Jacqueline</w:t>
+                <w:t xml:space="preserve">Fatma Miladi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Valéry Psyché</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacqueline Bourdeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Thomas Forissier</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Lamprini Chartofylaka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Modélisation et utilisation du contexte (Modeling and Using Context)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 4 (CONTEXT-21 Special Issue), </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.21494/ISTE.OP.2021.0687⟩</w:t>
+              <w:t xml:space="preserve">, 2021, 4 (Special Issue), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21494/ISTE.OP.2021.0688⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03292795v1</w:t>
+                <w:t xml:space="preserve">hal-03292804v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of an intelligent, context sensitive and collaborative authoring system for context effect-based education</w:t>
+                <w:t xml:space="preserve">Progress in context effect-based education: the TEEC project</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Anjou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bourdeau Jacqueline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Forissier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Psyché</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Thomas Forissier</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lamprini Chartofylaka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Modélisation et utilisation du contexte (Modeling and Using Context)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 4 (Special Issue), </w:t>
+              <w:t xml:space="preserve">, 2021, 4 (CONTEXT-21 Special Issue), </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.21494/ISTE.OP.2021.0688⟩</w:t>
+                <w:t xml:space="preserve">⟨10.21494/ISTE.OP.2021.0687⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03292804v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03292795v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sharing contextual knowledge information via asynchronous distance learning: Insights from a context-based research project in primary schools</w:t>
               </w:r>
@@ -628,64 +628,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Stockless</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Fraser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Psyché</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Forissier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Médiations et médiatisations - Revue internationale sur le numérique en éducation et communication</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -710,51 +710,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éditorial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Forissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Silvy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -792,64 +792,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling Context Effects in Science Learning: The CLASH Model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Forissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacqueline Bourdeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Mazabraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -934,51 +934,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Approche comparée de l’alternance français-créole dans l’enseignement de disciplines linguistiques et non linguistiques aux Antilles françaises</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Anciaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Forissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Jeannot-Fourcaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1055,51 +1055,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La contextualisation dans l'enseignement des sciences et techniques en Guadeloupe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Merlo-Leurette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Forissier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Grand N, Revue de mathématiques, de sciences et technologie pour les maîtres de l’enseignement primaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 83</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1124,51 +1124,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DE L'UNICITÉ DES RELATIONS ENTRE REPRÉSENTATION ET SYSTÈME DE VALEUR DANS L'ENSEIGNEMENT DES SVT</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Forissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Mazabraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1228,51 +1228,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">RESSOURCES EN GÉOLOGIE CARIBÉENNE : LES APPORTS DE L'OUTIL GPS POUR L’ÉTUDE DES SÉISMES ET FAILLES MAJEURES DE RÉPUBLIQUE DOMINICAINE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Mazabraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Forissier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Contextes et Didactiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, Recherches et ressources en éducation et formation, 1, </w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1306,51 +1306,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teaching ‘biological identity’ as genome/environment interactions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Forissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Clement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1606,51 +1606,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Proulx-Guimond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Dupont-Raymon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Forissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">92e Congrès de l'Acfas</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ACFAS, May 2025, Montréal (Québec), Canada</w:t>
@@ -1718,51 +1718,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miguel- Alejendro Reyes-Consuelo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Dupont-Raymon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Psyché</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jocelyne Kiss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1804,51 +1804,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Students' conceptions on sugar production : a comparative and collaborative study between French West Indies and Canada</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Forissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lamprini Chartofylaka</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1938,51 +1938,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Renouard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Jeannot-Fourcaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Forissier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">37e International Geological Congress 2024 (IGC 2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Korea Institute of Geoscience and Mineral, Aug 2024, Busan (South Korea), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2020,51 +2020,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leveraging digital tools for research purposes in remote educational settings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lamprini Chartofylaka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Forissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Delcroix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2115,51 +2115,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Collaboration for Sustainability Education in the Lesser Antilles: The Formalink Project</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lamprini Chartofylaka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Forissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charline Lefort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2223,51 +2223,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’effet de contextes, observation, définition et méthode d’étude</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Forissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lamprini Chartofylaka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2357,51 +2357,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adam Abdou Alou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michelet Clerveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Forissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Jeannot-Fourcaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2482,51 +2482,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lise Parent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry de Lacaze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Forissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Delcroix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2577,90 +2577,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse des usages du numérique dans les apprentissages basés sur les effets de contextes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Stockless</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Forissier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lamprini Chartofylaka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Severine Locret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Psyché</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">88e Congrès de l'Acfas</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2021, Sherbrooke, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2679,273 +2679,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03233167v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The conceptions of Natural Risks in an archipelagic tropical environment: example with the perceptions of hurricane and earthquake risks in La Désirade island, Guadeloupe, F.W.I.</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">The relevance of context in questionnaire instrument design: examples from a study involving learners from Guadeloupe and Quebec</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lamprini Chartofylaka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Forissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lise Parent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry de Lacaze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Delcroix</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Caribbean Academy of Sciences 22nd Biennial Conference, Guyana Chapter</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2021, online, France</w:t>
+              <w:t xml:space="preserve">Caribbean Academy of Sciences 22nd General Meeting and Biennial Conference 2020/2021 (CAS-2021)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2021, Georgetown, Guyana</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04738179v1</w:t>
+                <w:t xml:space="preserve">hal-03324772v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The relevance of context in questionnaire instrument design: examples from a study involving learners from Guadeloupe and Quebec</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">The conceptions of Natural Risks in an archipelagic tropical environment: example with the perceptions of hurricane and earthquake risks in La Désirade island, Guadeloupe, F.W.I.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caillaud Alizée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Mazabraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Renouard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Beck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Forissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Caribbean Academy of Sciences 22nd General Meeting and Biennial Conference 2020/2021 (CAS-2021)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2021, Georgetown, Guyana</w:t>
+              <w:t xml:space="preserve">The Caribbean Academy of Sciences 22nd Biennial Conference, Guyana Chapter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2021, online, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03324772v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04738179v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intégrer l’interculturalité dans l’éducation au développement durable</w:t>
               </w:r>
@@ -2957,64 +2957,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lise Parent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Anjou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Forissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacqueline Bourdeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry de Lacaze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3069,51 +3069,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teaching Geothermal Energy Using Context Effects Approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Anjou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Forissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Mazabraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3177,51 +3177,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Learners’ Conceptions About Geothermal Energy in Three Caribbean Islands</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Anjou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Forissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Mazabraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3266,260 +3266,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03199741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Developing contextualized educational tools and resources for the study of biodiversity in middle and high schools of the French West Indies</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Fostering diversity and cultural awareness emanated from learning one's context</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lamprini Chartofylaka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Forissier</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Franck Cézilly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Caribbean Science and Innovation Meeting 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2019, Pointe-à-Pitre (Guadeloupe), France</w:t>
+              <w:t xml:space="preserve">The Beauty and Pleasure of Understanding: Engaging with Contemporary Challenges Through Science Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2019, Bologna, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02531784v1</w:t>
+                <w:t xml:space="preserve">hal-03112208v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fostering diversity and cultural awareness emanated from learning one's context</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Developing contextualized educational tools and resources for the study of biodiversity in middle and high schools of the French West Indies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Odacre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Forissier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delcroix Antoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Cézilly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Beauty and Pleasure of Understanding: Engaging with Contemporary Challenges Through Science Education</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2019, Bologna, Italy</w:t>
+              <w:t xml:space="preserve">Caribbean Science and Innovation Meeting 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Pointe-à-Pitre (Guadeloupe), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03112208v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02531784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">FOMALINK: A collaborative pedagogical project in the Caribbean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Anjou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Forissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Delcroix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3557,64 +3557,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Developing contextualized educational tools and resources for the study of biodiversity in middle and high schools</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Odacre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Forissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Delcroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3659,329 +3659,329 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03078938v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Context Modeling for the design of a context gap calculator</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Underpinning Intercultural Competence within a Context-Effect Didactic Method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lamprini Chartofylaka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Forissier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ITS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Montréal, Canada</w:t>
+              <w:t xml:space="preserve">21st General Meeting and Conference (CAS-2018), 27th – 30th November 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, The Caribbean Academy of Sciences (CAS), Nov 2018, Kingston, Jamaica</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01908190v1</w:t>
+                <w:t xml:space="preserve">hal-01944789v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Underpinning Intercultural Competence within a Context-Effect Didactic Method</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Students' Conceptions about Geothermal Energy in the Caribbean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Anjou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Forissier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Mazabraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21st General Meeting and Conference (CAS-2018), 27th – 30th November 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, The Caribbean Academy of Sciences (CAS), Nov 2018, Kingston, Jamaica</w:t>
+              <w:t xml:space="preserve">Caribbean Academy of Sciences 21st General Meeting and Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Kingston, Jamaica</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01944789v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03184874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Students' Conceptions about Geothermal Energy in the Caribbean</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Context Modeling for the design of a context gap calculator</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valéry Psyché</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Anjou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wafa Fennani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacqueline Bourdeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Forissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Caribbean Academy of Sciences 21st General Meeting and Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2018, Kingston, Jamaica</w:t>
+              <w:t xml:space="preserve">ITS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03184874v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01908190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ICT’s perspectives in context-driven learning Initiatives: Using a collaboration platform for research in primary education</w:t>
               </w:r>
@@ -4006,64 +4006,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Fraser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Stockless</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Psyché</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Forissier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICRTEL 2018 – International Conference on Research in Teaching, Education &amp; Learning</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2018, Athens, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4101,64 +4101,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Developing a context-based learning approach in Guadeloupe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lamprini Chartofylaka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Forissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacqueline Bourdeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">43rd Annual Conference, Caribbean Studies Association (CSA) : Education, Culture and Emancipatory thought in the Caribbean</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Caribbean Studies Association, Jun 2018, Havana, Cuba</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4177,346 +4177,346 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01919637v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le Comparateur de Contexte: Un Outil Numérique pour la Création de Scénarios Pédagogiques Collaboratifs</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Apprendre les sciences en comparant les contextes, Principes, Technologies et Observations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Forissier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Antoine Delcroix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CIRTA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2017, Montréal, Canada</w:t>
+              <w:t xml:space="preserve">Ouvrir les murs de la classe avec le numérique, CIRTA 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01619715v1</w:t>
+                <w:t xml:space="preserve">hal-01619943v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Apprendre les sciences en comparant les contextes, Principes, Technologies et Observations</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Elaborating the Context Calculator: A Design Experiment in Geothermy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Anjou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Forissier</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacqueline Bourdeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Mazabraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roger Nkambou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ouvrir les murs de la classe avec le numérique, CIRTA 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, Montréal, Canada</w:t>
+              <w:t xml:space="preserve">CONTEXT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01619943v1</w:t>
+                <w:t xml:space="preserve">hal-01619948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elaborating the Context Calculator: A Design Experiment in Geothermy</w:t>
+                <w:t xml:space="preserve">Le Comparateur de Contexte: Un Outil Numérique pour la Création de Scénarios Pédagogiques Collaboratifs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Anjou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Forissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Delcroix</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CONTEXT</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Paris, France</w:t>
+              <w:t xml:space="preserve">CIRTA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01619948v1</w:t>
+                <w:t xml:space="preserve">hal-01619715v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apprentissages collaboratifs entre élèves du Québec et de Guadeloupe : Approche contextuelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Forissier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ouvrir les mur de la classe avec le numérique CIRTA 2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4554,64 +4554,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Highlighting Context Effects in a Pedagogical Innovation on Geothermal Energy in the Caribbean and North America</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Anjou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Forissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bourdeau Jacqueline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4662,64 +4662,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">web-Based Context-Aware Science Learning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacqueline Bourdeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Forissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Mazabraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4773,290 +4773,290 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01537736v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigate and compare the results to understanding sciences</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L’environnement numérique de travail dans les enseignements basés sur les effets de contexte, modalités et modélisation.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Forissier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacqueline Bourdeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Mazabraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roger Nkambou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fécil Sophie</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Poulin Julie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biennial Conference of Caribbean Academy of Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, Tobago, Trinidad and Tobago</w:t>
+              <w:t xml:space="preserve">Congrès de l’Association francophone pour le savoir (ACFAS) 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01539476v1</w:t>
+                <w:t xml:space="preserve">hal-01539478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’environnement numérique de travail dans les enseignements basés sur les effets de contexte, modalités et modélisation.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Investigate and compare the results to understanding sciences</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fécil Sophie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Forissier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès de l’Association francophone pour le savoir (ACFAS) 2014</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, Montréal, Canada</w:t>
+              <w:t xml:space="preserve">Biennial Conference of Caribbean Academy of Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Tobago, Trinidad and Tobago</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01539478v1</w:t>
+                <w:t xml:space="preserve">hal-01539476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apprentissage et SMS : quelle utilisation des téléphones portables en contexte didactique ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Anciaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Forissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delcroix Antoine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IHM'14, 26e conférence francophone sur l'Interaction Homme-Machine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2014, Lille, France. pp.52-57</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5081,51 +5081,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Theoretical background to study science education contexts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Forissier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biennial Conference of Caribbean Academy of Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, Barbados, Barbados</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5150,51 +5150,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De l'effet du contexte sur les conceptions d'élèves de 11ans sur la géothermie en Guadeloupe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Forissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Mazabraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5245,51 +5245,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Context effect in climatic seasons and moon observation conception in the French West Indies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Forissier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ESERA 2011 Science Learning and Citizenship</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5314,51 +5314,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Context effect in climatic seasons and moon observation conception in the French West Indies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Forissier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9th international Conference of European Science Education Research Association</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5396,51 +5396,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La contextualisation dans l'enseignement des sciences et techniques en Guadeloupe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Merlo-Leurette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Forissier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées internationales sur la communication, l'educatio et la culture scientifiques et industrielle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, Chamonix, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5465,51 +5465,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The concept of agrosystem in French college</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Forissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Louis Marc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5547,51 +5547,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des futurs enseignants de Science de la Vie et de la Terre conçoivent-ils un écosystème avec ou sans cycles ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Forissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Clement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5629,51 +5629,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">LES SYSTÈMES DE VALEURS D’ENSEIGNANTS DU SECONDAIRE SUR LA NATURE ET SUR L’ENVIRONNEMENT. UNE ANALYSE COMPARATIVE EN FRANCE, ALLEMAGNE ET PORTUGAL</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Forissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Clement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5705,273 +5705,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01620774v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">LE CULTE DE PAVLOV ET DE SKINNER DANS L'ENSEIGNEMENT SECONDAIRE TUNISIEN</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">introduire les TIC dans les TP de Biologie du développement en premier cycle universitaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Forissier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Mouelhi</w:t>
+                <w:t xml:space="preserve">P. Guillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Clement</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohamed Kochkar</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Pierre Clement</w:t>
+                <w:t xml:space="preserve">Christophe Batier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées internationalessur la communication, l'éducation et la culture scientifique et industrielle</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2002, chamonix, France</w:t>
+              <w:t xml:space="preserve">Association internationnale de pédagogie universitaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, Louvain-La-Neuve, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01620769v1</w:t>
+                <w:t xml:space="preserve">hal-01620750v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">introduire les TIC dans les TP de Biologie du développement en premier cycle universitaire</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">LE CULTE DE PAVLOV ET DE SKINNER DANS L'ENSEIGNEMENT SECONDAIRE TUNISIEN</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Mouelhi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Kochkar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Forissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Clement</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christophe Batier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Association internationnale de pédagogie universitaire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2002, Louvain-La-Neuve, Belgique</w:t>
+              <w:t xml:space="preserve">Journées internationalessur la communication, l'éducation et la culture scientifique et industrielle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, chamonix, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01620750v1</w:t>
+                <w:t xml:space="preserve">hal-01620769v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Variations culturelles des conceptions d'enseignants du secondaire sur la nature et sur l'environnement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Forissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Clement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6003,109 +6003,109 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01620771v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How to teach the notion of biological identity ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">LA NOTION D'IDENTITÉ BIOLOGIQUE DANS LES MANUELS DE SCIENCES DE LA VIE ET DE LA TERRE EN 1ère SCIENTIFIQUE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Forissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Clement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3rd international conference of the european science education research association</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2001, Thessaloniki, Greece</w:t>
+              <w:t xml:space="preserve">Journées internationalessur la communication, l'éducation et la culture scientifique et industrielle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, Chamonix, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01620740v1</w:t>
+                <w:t xml:space="preserve">hal-01620768v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'education à l'environnement : Pluridisciplinarité et pratiques pédagogiques</w:t>
               </w:r>
@@ -6117,51 +6117,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Clement</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Cheikho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Forissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F Guiu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6206,152 +6206,152 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01620755v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">LA NOTION D'IDENTITÉ BIOLOGIQUE DANS LES MANUELS DE SCIENCES DE LA VIE ET DE LA TERRE EN 1ère SCIENTIFIQUE</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">How to teach the notion of biological identity ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Forissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Clement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées internationalessur la communication, l'éducation et la culture scientifique et industrielle</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2001, Chamonix, France</w:t>
+              <w:t xml:space="preserve">3rd international conference of the european science education research association</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, Thessaloniki, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01620768v1</w:t>
+                <w:t xml:space="preserve">hal-01620740v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">l'Education à l'environnement : les systèmes de valeurs dans les conceptions sur l'environnement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Clement</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Forissier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2e assise du CIFFERSE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, Dakar, Sénégal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6389,51 +6389,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'identité biologique n'est pas uniquement génétique : un défi pour un enseignement citoyen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Forissier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bioed2000 the challenge of the next century</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2000, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6503,51 +6503,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How to collaborate for a better understanding of the sciences in the Caribbean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Gros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Forissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lamprini Chartofylaka</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6585,64 +6585,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interfaces Elève-Machine pour apprendre à partir des contextes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Forissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacqueline Bourdeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Fécil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6738,51 +6738,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Achraf Hajby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Priscilla Ramsamy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Forissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maëlle Le Pallec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6833,51 +6833,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biodiversity, Energy, Risks and Health : From scientific knowledge to the emergence of innovative development strategies in theCaribbean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Mazabraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Forissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Piétrus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6986,51 +6986,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contextualisations Didactiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Anciaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Forissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lambert Félix Prudent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7106,77 +7106,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Activating the Context for Learning and Teaching: Findings from the TEEC Project</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Anjou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Forissier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacqueline Bourdeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Psyché</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lamprini Chartofylaka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7231,64 +7231,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elaborating the Context Calculator: A Design Experiment in Geothermy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Anjou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Forissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacqueline Bourdeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Mazabraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7356,51 +7356,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conceptions d'étudiants scientifiques de Guadeloupe sur l'Observation de l'Orientation de la lune et des saisons climatiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Forissier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Apprentissages, éducation, socialisation et contextualisation didactique, approche plurielles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, l'Harmattan, 2015, Logiques sociales, 978-2-343-07837-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7425,64 +7425,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Computing the Context Effect for Science Learning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Forissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bourdeau Jacqueline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Mazabraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7572,51 +7572,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vers un cadre d'analyse opérationnel des phénomènes de contextualisation didactique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Delcroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Forissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Anciaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7671,51 +7671,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enseigner les sciences expérimentales en zones tropicales et équatoriales françaises</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Forissier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rodica Allincai; Théophile Mehinto. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pratiques éducatives dans un contexte multiculturel</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CRDP Guyane, pp.94-104, 2010, l'exemple plurilingue de la Guyane. Le secondaire, 978-2-35793-010-0</w:t>
@@ -7789,64 +7789,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La géothermie : Contextes et représentations.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Anjou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Forissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Odacre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Mazabraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7913,51 +7913,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">LES VALEURS IMPLICITES DANS L'EDUCATION A L'ENVIRONNEMENT Analyses de la formation d'enseignants de SVT (Sciences de la Vie et de la Terre) et des conceptions de futurs enseignants français, allemands et portugais.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Forissier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Education. Université Claude Bernard Lyon 1, 2003. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -8016,51 +8016,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contextualisation et effets de contextes dans l'apprentissage des Sciences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Forissier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Education. Université des Antilles, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8168,51 +8168,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="7FD3404F"/>
+    <w:nsid w:val="8F70C5E8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8399,51 +8399,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/thomas-forissier" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8309-6137" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/080408117" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03044452v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Le Bail" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Baker" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Detienne" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Bernard" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamprini Chartofylaka" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lcsi.2020.100477" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03292795v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Anjou" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bourdeau Jacqueline" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Forissier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;ry Psych&#233;" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2021.0687" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03292804v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma Miladi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Bourdeau" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2021.0688" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02390201v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Stockless" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Fraser" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02050146v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Silvy" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01536068v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Mazabraud" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Nkambou" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-40972-1_25" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-DKG0V84D-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01530865v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Anciaux" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Jeannot-Fourcaud" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Picot" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Delcroix" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01537716v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Merlo-Leurette" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01537722v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rref.130" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01537725v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rref.164" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01537729v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Clement" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00219266.2003.9655857" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05470645v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josiane Koumenda" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Miguel Reyes-Consuelo" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Dupont-Raymon" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Jean Baptiste Payen" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne Kiss" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05470643v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Proulx-Guimond" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05470642v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel- Alejendro Reyes-Consuelo" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678670v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04736364v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Abdou Alou" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Renouard" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176526v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04326342v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Lefort" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Obertan" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840019v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04738108v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelet Clerveau" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856075v2" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Parent" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry de Lacaze" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03233167v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine Locret" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04738179v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caillaud Aliz&#233;e" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Beck" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03324772v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03233528v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03199740v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Fournier" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03199741v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02531784v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Odacre" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delcroix Antoine" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck C&#233;zilly" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03112208v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02423808v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078938v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank C&#233;zilly" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01908190v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafa Fennani" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01944789v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184874v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01919710v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01919637v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01619715v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01619943v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01619948v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01619946v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01534665v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01537736v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2740908.2743048" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01539476v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;cil Sophie" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01539478v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Poulin Julie" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01089630v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01539482v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01539490v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Corsini" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01539485v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01619970v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01621789v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01621796v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Louis Marc" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01619981v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01620774v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01620769v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Mouelhi" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Kochkar" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01620750v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Guillet" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Batier" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01620771v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01620740v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01620755v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Cheikho" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Guiu" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Latifa Remki" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01620768v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01620752v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01620726v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cl&#233;ment" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02425018v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gros" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01089623v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie F&#233;cil" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-04986560v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achraf Hajby" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscilla Ramsamy" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Le Pallec" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01955772v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Pi&#233;trus" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01536070v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lambert F&#233;lix Prudent" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03797625v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01625781v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-57837-8_42" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01536021v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01536054v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-1-4939-1887-4_17" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-1887-4_17" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01530871v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-harmattan.fr/index.asp" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01537707v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078944v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02175541v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02277162v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/thomas-forissier" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8309-6137" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/080408117" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03044452v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Le Bail" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Baker" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Detienne" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Bernard" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamprini Chartofylaka" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lcsi.2020.100477" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03292804v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Anjou" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma Miladi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;ry Psych&#233;" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Bourdeau" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Forissier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2021.0688" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03292795v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bourdeau Jacqueline" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2021.0687" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02390201v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Stockless" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Fraser" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02050146v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Silvy" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01536068v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Mazabraud" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Nkambou" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-40972-1_25" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-DKG0V84D-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01530865v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Anciaux" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Jeannot-Fourcaud" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Picot" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Delcroix" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01537716v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Merlo-Leurette" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01537722v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rref.130" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01537725v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rref.164" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01537729v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Clement" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00219266.2003.9655857" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05470645v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josiane Koumenda" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Miguel Reyes-Consuelo" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Dupont-Raymon" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Jean Baptiste Payen" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne Kiss" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05470643v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Proulx-Guimond" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05470642v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel- Alejendro Reyes-Consuelo" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678670v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04736364v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Abdou Alou" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Renouard" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176526v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04326342v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Lefort" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Obertan" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840019v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04738108v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelet Clerveau" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856075v2" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Parent" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry de Lacaze" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03233167v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine Locret" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03324772v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04738179v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caillaud Aliz&#233;e" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Beck" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03233528v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03199740v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Fournier" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03199741v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03112208v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02531784v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Odacre" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delcroix Antoine" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck C&#233;zilly" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02423808v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078938v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank C&#233;zilly" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01944789v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184874v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01908190v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafa Fennani" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01919710v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01919637v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01619943v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01619948v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01619715v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01619946v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01534665v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01537736v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2740908.2743048" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01539478v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Poulin Julie" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01539476v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;cil Sophie" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01089630v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01539482v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01539490v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Corsini" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01539485v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01619970v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01621789v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01621796v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Louis Marc" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01619981v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01620774v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01620750v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Guillet" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Batier" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01620769v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Mouelhi" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Kochkar" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01620771v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01620768v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01620755v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Cheikho" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Guiu" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Latifa Remki" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01620740v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01620752v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01620726v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cl&#233;ment" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02425018v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gros" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01089623v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie F&#233;cil" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-04986560v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achraf Hajby" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscilla Ramsamy" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Le Pallec" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01955772v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Pi&#233;trus" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01536070v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lambert F&#233;lix Prudent" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03797625v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01625781v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-57837-8_42" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01536021v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01536054v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-1-4939-1887-4_17" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-1887-4_17" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01530871v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-harmattan.fr/index.asp" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01537707v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078944v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02175541v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02277162v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>