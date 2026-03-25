--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -100,308 +100,308 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring the cross-lingual influence of linguistic complexity in second language writing assessment</w:t>
+                <w:t xml:space="preserve">Assessing the validity of syntactic alternations as criterial features of proficiency in L2 writings in English</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sara Geremia</w:t>
+                <w:t xml:space="preserve">Cyriel Mallart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Gaillat</w:t>
+                <w:t xml:space="preserve">Andrew Simpkin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Ballier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrew Simpkin</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Paula Lissón</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Venant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Assessing Writing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.asw.2025.100951⟩</w:t>
+              <w:t xml:space="preserve">Research Methods in Applied Linguistics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 4 (3), pp.100238. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.rmal.2025.100238⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05224316v1</w:t>
+                <w:t xml:space="preserve">hal-05222849v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing the validity of syntactic alternations as criterial features of proficiency in L2 writings in English</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Exploring the cross-lingual influence of linguistic complexity in second language writing assessment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Geremia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Gaillat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Ballier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew Simpkin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Research Methods in Applied Linguistics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 4 (3), pp.100238. </w:t>
+              <w:t xml:space="preserve">Assessing Writing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 66, pp.100951. </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.rmal.2025.100238⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.asw.2025.100951⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05222849v1</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05224316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Visualizing Linguistic Complexity and Proficiency in Learner English Writings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gaillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Lafontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -461,64 +461,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Predicting CEFR levels in learners of English: The use of microsystem criterial features in a machine learning approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Gaillat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew Simpkin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Ballier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -729,51 +729,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Multifactorial analysis of this, that and it proforms in anaphoric constructions in learner English</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gaillat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les cahiers de praxématique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 72</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -798,51 +798,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combiner les scénarios linguistique et actionnel au sein d’un parcours en ligne d’apprentissage de l’anglais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gaillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Schuwer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -902,51 +902,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">This et that dans les domaines spécialisés du corpus ICE-GB : quelles caractéristiques distributionnelles ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gaillat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ASp - La revue du GERAS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 64, pp.161-183. </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
@@ -980,51 +980,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">This et that dans les domaines spécialisés du corpus ICE-GB : quelles caractéristiques distributionnelles ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gaillat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ASp (Anglais de Spécialité)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 64, pp.161-183</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1041,143 +1041,143 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01171858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (50)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (52)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessing the statistical validity of multi-noun alternation metrics as features of L2-English proficiency</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Gaillat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyriel Mallart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Gaillat</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Andrew Simpkin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Ballier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Venant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">58th Annual Meeting of the Societas Linguistica Europaea</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Bordeaux Montaigne, Aug 2025, Bordeaux, France</w:t>
@@ -1200,3001 +1200,3035 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05247935v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Actionability in CALL: linking proficiency prediction models to interpretable indicators</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Visualiser les profils linguistiques des écrits d’étudiants en anglais L2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gaillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Venant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Ballier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyrielle Mallart</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Ballier</w:t>
+                <w:t xml:space="preserve">Jen-Yu Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernardo Stearns</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Workshop on Foreign language learning and proficiency-rated reading materials: SLA research and AI methods supporting analysis and effective didactics in real-life education</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Universität Tübingen, Mar 2025, Tübingen, Allemagne, Germany</w:t>
+              <w:t xml:space="preserve">RANACLES</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Nantes, Nov 2025, Nantes (France), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05008931v1</w:t>
+                <w:t xml:space="preserve">hal-05555054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analytics for Language Learning. Linguistic interoperability within a unified architecture</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Prédire et explorer les niveaux CECR dans les écrits d’étudiants en anglais L2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Gaillat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernardo Stearns</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Venant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyriel Mallart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Ballier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bernardo Stearns</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Langues &amp; Langage à la croisée des Disciplines 1ère Rencontre annuelle LLcD</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2024, Paris, France</w:t>
+              <w:t xml:space="preserve">CLES 25 ans</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Coordination Nationale CLES MESR, Oct 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04948823v1</w:t>
+                <w:t xml:space="preserve">hal-05555065v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Linguistic interoperability within a unified architecture</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Actionability in CALL: linking proficiency prediction models to interpretable indicators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Gaillat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrielle Mallart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Gaillat</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Andrew Simpkin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Venant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Ballier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Langues &amp; Langage à la croisée des Disciplines - 1ère Rencontre annuelle LLcD</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sorbonne Université; cnrs, Sep 2024, Paris, France</w:t>
+              <w:t xml:space="preserve">International Workshop on Foreign language learning and proficiency-rated reading materials: SLA research and AI methods supporting analysis and effective didactics in real-life education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Universität Tübingen, Mar 2025, Tübingen, Allemagne, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04712737v1</w:t>
+                <w:t xml:space="preserve">hal-05008931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La linguistique de corpus à l'heure du code ouvert</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cyrielle Mallart</w:t>
+                <w:t xml:space="preserve">Analytics for Language Learning. Linguistic interoperability within a unified architecture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyriel Mallart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Gaillat</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Andrew Simpkin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Venant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Ballier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jen-Yu Li</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernardo Stearns</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Deuxième journée d'étude ARDoISE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INRIA, Dec 2024, Rennes, France</w:t>
+              <w:t xml:space="preserve">Langues &amp; Langage à la croisée des Disciplines 1ère Rencontre annuelle LLcD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05000925v1</w:t>
+                <w:t xml:space="preserve">hal-04948823v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluating the Generalisation of an Artificial Learner</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bernardo Stearns</w:t>
+                <w:t xml:space="preserve">Linguistic interoperability within a unified architecture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Gaillat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrielle Mallart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew J. Simpkin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Venant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Ballier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NLP4CALL2024 : Natural Language Processing for Computer-assisted Language Learning</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université Rennes 2, France; University of Gothenburg, Sweden; Linköping University, Sweden, Oct 2024, Rennes, France</w:t>
+              <w:t xml:space="preserve">Langues &amp; Langage à la croisée des Disciplines - 1ère Rencontre annuelle LLcD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sorbonne Université; cnrs, Sep 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04862076v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04712737v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing the validity of new structural complexity measures as features of proficiency in L2 English</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">La linguistique de corpus à l'heure du code ouvert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrielle Mallart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gaillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Cyriel Mallart</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Venant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Ballier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Rémi Venant</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jen-Yu Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Learner Corpus Research Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, University of Tartu, Sep 2024, Tartu (Estonie), Estonia</w:t>
+              <w:t xml:space="preserve">Deuxième journée d'étude ARDoISE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INRIA, Dec 2024, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04948803v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05000925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analytics for Language Learning : Transmettre aux enseignants les profils linguistiques de leurs apprenants</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Evaluating the Generalisation of an Artificial Learner</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernardo Stearns</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Ballier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gaillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew J. Simpkin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John P. Mc Crae</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atelier GERAS @ 62e Congrès annuel de la SAES 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université Rennes 2; SAES La Sorbonne Nouvelle; GERAS (Groupe d'Etude et de Recherche en Anglais de Spécialité), Jun 2023, Rennes, France</w:t>
+              <w:t xml:space="preserve">NLP4CALL2024 : Natural Language Processing for Computer-assisted Language Learning</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Rennes 2, France; University of Gothenburg, Sweden; Linköping University, Sweden, Oct 2024, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04150115v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04862076v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'interopérabilité des corpus pour la modélisation des dynamiques d'acquisition de langue seconde</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Assessing the validity of new structural complexity measures as features of proficiency in L2 English</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Gaillat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyriel Mallart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Ballier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Gaillat</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Andrew Simpkin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Venant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d'étude : « Corpus d’apprenants / corpus d’experts : Quels enseignements pour la caractérisation du discours scientifique ? »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, UR 3967 - CLILLAC-ARP : Centre de Linguistique Inter-langues, de Lexicologie, de Linguistique Anglaise et de Corpus - Atelier de Recherche sur la Parole; UFR EILA - Etudes Interculturelles de Langues Appliquées, Faculté Sociétés et Humanités d’Université Paris Cité, Dec 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">Learner Corpus Research Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University of Tartu, Sep 2024, Tartu (Estonie), Estonia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04469395v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04948803v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring a New Grammatico-functional Type of Measure as Part of a Language Learning Expert System</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Andrew Simpkin</w:t>
+                <w:t xml:space="preserve">Grammatical profiling with UD annotation (WiP)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Ballier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrielle Mallart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémi Venant</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Thomas Gaillat</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the 18th Workshop on Innovative Use of NLP for Building Educational Applications (BEA 2023)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Workshop on Profiling second language vocabulary and grammar</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University of Gothenburg, Humanisten., Apr 2023, Gothenburg, Sweden</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04195781v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04150070v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analytics for Language Learning: Interfacing MOODLE with A4LL via LTI</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Analytics for Language Learning : Transmettre aux enseignants les profils linguistiques de leurs apprenants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Gaillat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrielle Mallart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anatole Faugère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Gaillat</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Andrew Simpkin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Rémi Venant</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernardo Stearns</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Deep learning for language assessment closing event (DLLA Closing event 2023)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, UR 3967 - CLILLAC-ARP : Centre de Linguistique Inter-langues, de Lexicologie, de Linguistique Anglaise et de Corpus-Atelier de Recherche sur la Parole; UFR EILA de l’Université Paris Cité, Nov 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">Atelier GERAS @ 62e Congrès annuel de la SAES 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Rennes 2; SAES La Sorbonne Nouvelle; GERAS (Groupe d'Etude et de Recherche en Anglais de Spécialité), Jun 2023, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04469367v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04150115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grammatical profiling with UD annotation (WiP)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L'interopérabilité des corpus pour la modélisation des dynamiques d'acquisition de langue seconde</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Gaillat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrielle Mallart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Ballier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Gaillat</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Andrew Simpkin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Venant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop on Profiling second language vocabulary and grammar</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, University of Gothenburg, Humanisten., Apr 2023, Gothenburg, Sweden</w:t>
+              <w:t xml:space="preserve">Journée d'étude : « Corpus d’apprenants / corpus d’experts : Quels enseignements pour la caractérisation du discours scientifique ? »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UR 3967 - CLILLAC-ARP : Centre de Linguistique Inter-langues, de Lexicologie, de Linguistique Anglaise et de Corpus - Atelier de Recherche sur la Parole; UFR EILA - Etudes Interculturelles de Langues Appliquées, Faculté Sociétés et Humanités d’Université Paris Cité, Dec 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04150070v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04469395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Language learning analytics : designing and testing new functional complexity measures in L2 writings</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Exploring a New Grammatico-functional Type of Measure as Part of a Language Learning Expert System</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyriel Mallart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Gaillat</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Andrew Simpkin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Venant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Ballier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernardo Stearns</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11th Workshop on Natural Language Processing for Computer-Assisted Language Learning (NLP4CALL 2022)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3384/ecp190006⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the 18th Workshop on Innovative Use of NLP for Building Educational Applications (BEA 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Toronto, Canada. pp.466-476, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.18653/v1/2023.bea-1.39⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03888007v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04195781v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A dynamic architecture to structure and analyse comparable learner corpora: the case of the French and English Corpus InterLangue (CIL)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Analytics for Language Learning: Interfacing MOODLE with A4LL via LTI</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Gaillat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrielle Mallart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Ballier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Gaillat</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Andrew Simpkin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Venant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CLARIN Café on Bilingual and Multilingual Corpora</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CLARIN, Apr 2022, Online, France</w:t>
+              <w:t xml:space="preserve">Deep learning for language assessment closing event (DLLA Closing event 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UR 3967 - CLILLAC-ARP : Centre de Linguistique Inter-langues, de Lexicologie, de Linguistique Anglaise et de Corpus-Atelier de Recherche sur la Parole; UFR EILA de l’Université Paris Cité, Nov 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03670094v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04469367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un module MOODLE pour la collecte systématisée de corpus d’apprenants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gaillat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JECA 2022 : Journée d'étude autour des corpus d'apprenants - Constitution de corpus écrits d'apprenants en contexte universitaire : Pratiques, enjeux et perspectives acquisitionnelles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Grenoble Alpes, Mar 2022, Grenoble, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3726/978-3-653-05182-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03670070v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploring the use of dependency parsing in automatic erroneous collocation extraction in learner English</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jen-Yu Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gaillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élisabeth Richard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">LCR 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Padua, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03962631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le Corpus InterLangue, un corpus bilingue comparable</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Language learning analytics : designing and testing new functional complexity measures in L2 writings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gaillat</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Griselda Drouet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JECA 2022 : Journée d'étude autour des corpus d'apprenants - Constitution de corpus écrits d'apprenants en contexte universitaire : Pratiques, enjeux et perspectives acquisitionnelles</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">11th Workshop on Natural Language Processing for Computer-Assisted Language Learning (NLP4CALL 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2022, Louvain la Neuve, Belgium. pp.55-60, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3384/ecp190006⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03670081v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03888007v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Linguistic complexity metrics for learner English analytics</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">A dynamic architecture to structure and analyse comparable learner corpora: the case of the French and English Corpus InterLangue (CIL)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gaillat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DSI weekly seminar</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">CLARIN Café on Bilingual and Multilingual Corpora</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CLARIN, Apr 2022, Online, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03670212v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03670094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Table ronde &amp;quot;Le rôle des pratiques numériques dans la transformation pédagogique : apports et limites</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Le Corpus InterLangue, un corpus bilingue comparable</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gaillat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Élisabeth Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Françoise Bourvon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Griselda Drouet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque de clôture du projet DUNE-DESIR</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université Rennes 2, Jul 2021, Rennes, France</w:t>
+              <w:t xml:space="preserve">JECA 2022 : Journée d'étude autour des corpus d'apprenants - Constitution de corpus écrits d'apprenants en contexte universitaire : Pratiques, enjeux et perspectives acquisitionnelles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Grenoble Alpes, Mar 2022, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03343056v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03670081v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring linguistic complexity in learner English applied to business</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Linguistic complexity metrics for learner English analytics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gaillat</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Julie McAllister</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLIN Linguistic Day 2021</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">DSI weekly seminar</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Data Science Institute NUI Galway, Apr 2022, Galway, Ireland. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/s095834402100029x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03332503v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03670212v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Cross-platform Investigation of Complexity for Russian Learners of English</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Ballier</w:t>
+                <w:t xml:space="preserve">A data repository for the management of dynamic linguistic datasets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Gaillat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leonardo Contreras Roa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anton Buzanov</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Thomas Gaillat</w:t>
+                <w:t xml:space="preserve">Juvénal Attoumbre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EUROCALL2021</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sorbonne université, Aug 2021, Paris, France</w:t>
+              <w:t xml:space="preserve">CLARIN Annual Conference 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Madrid (online), Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03701425v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03343010v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A data repository for the management of dynamic linguistic datasets</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">A Cross-platform Investigation of Complexity for Russian Learners of English</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Ballier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anton Buzanov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vinogradova Olga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gaillat</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Juvénal Attoumbre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CLARIN Annual Conference 2021</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2021, Madrid (online), Spain</w:t>
+              <w:t xml:space="preserve">EUROCALL2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sorbonne université, Aug 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03343010v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03701425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards a Data Analytics Pipeline for the Visualisation of Complexity Metrics in L2 writings</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Table ronde &amp;quot;Le rôle des pratiques numériques dans la transformation pédagogique : apports et limites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gaillat</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Antoine Lafontaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16th Workshop on Innovative Use of NLP for Building Educational Applications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2021, Kiev, Ukraine</w:t>
+              <w:t xml:space="preserve">Colloque de clôture du projet DUNE-DESIR</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Rennes 2, Jul 2021, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03235010v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03343056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extraction of Standard collocations from British National Corpus</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Exploring linguistic complexity in learner English applied to business</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gaillat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Belan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie McAllister</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Europhras 2021</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2021, Louvain-la-Neuve, Belgium</w:t>
+              <w:t xml:space="preserve">PLIN Linguistic Day 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UCLouvain, May 2021, Louvain-la-Neuve, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03506561v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03332503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigating collocations in English essays written by different L1 learners across the proficiency spectrum</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Towards a Data Analytics Pipeline for the Visualisation of Complexity Metrics in L2 writings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gaillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Élisabeth Richard</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anas Knefati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Lafontaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GR4L2 - Building CEFR-graded resources for second and foreign language learning</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2021, Louvain-la-Neuve, Belgium</w:t>
+              <w:t xml:space="preserve">16th Workshop on Innovative Use of NLP for Building Educational Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2021, Kiev, Ukraine</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03576245v1</w:t>
+                <w:t xml:space="preserve">hal-03235010v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploitation de mesures de complexité linguistique pour la visualisation de textes d’apprenants d’anglais</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Extraction of Standard collocations from British National Corpus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jen-Yu Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gaillat</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Anas Knefati</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Perspectives de Recherches sur les Usages du Numérique dans l’Éducation (PRUNE II) 2021</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Poitiers et MSHS, Apr 2021, Poitiers, France</w:t>
+              <w:t xml:space="preserve">Europhras 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Louvain-la-Neuve, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03335940v1</w:t>
+                <w:t xml:space="preserve">hal-03506561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From Linguistic Research Projects to Language Technology Platforms: A Case Study in Learner Data</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Investigating collocations in English essays written by different L1 learners across the proficiency spectrum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jen-Yu Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gaillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Élisabeth Richard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">LREC2020</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European Language Resources Association (ELRA), May 2020, Marseille, France. pp.112-120</w:t>
+              <w:t xml:space="preserve">GR4L2 - Building CEFR-graded resources for second and foreign language learning</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2021, Louvain-la-Neuve, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02634745v1</w:t>
+                <w:t xml:space="preserve">hal-03576245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La boîte noire de la recherche collaborative : de la négociation à la production des savoirs ?</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Exploitation de mesures de complexité linguistique pour la visualisation de textes d’apprenants d’anglais</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gaillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Kathy Mccoll</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Lafontaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anas Knefati</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">88ème Congrès de l'ACFAS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Sherbrooke; Université Bishop's, May 2020, Sherbrooke, Canada</w:t>
+              <w:t xml:space="preserve">Colloque Perspectives de Recherches sur les Usages du Numérique dans l’Éducation (PRUNE II) 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Poitiers et MSHS, Apr 2021, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02496657v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03335940v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un système de diagnostique linguistique chez les apprenants d'anglais pour favoriser l'engagement et l'égalité des chances des étudiants dans le supérieur ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Un prototype en ligne pour la prédiction du niveau de compétence en anglais des productions écrites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Gaillat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Ballier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annanda Sousa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rana Challah</w:t>
+                <w:t xml:space="preserve">Manon Bouyé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Gaillat</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Andrew Simpkin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque International : Egalité des chances ou égalité des réussites dans l'enseignement supérieur ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université Paul Valéry Montpellier 3, Mar 2020, Montpellier, France</w:t>
+              <w:t xml:space="preserve">6e conférence conjointe Journées d'Études sur la Parole (JEP, 33e édition), Traitement Automatique des Langues Naturelles (TALN, 27e édition), Rencontre des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues (RÉCITAL, 22e édition). Volume 4 : Démonstrations et résumés d'articles internationaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2020, Nancy, France. pp.30-33</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02496629v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02768504v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un système de diagnostique linguistique chez les apprenants d'anglais pour favoriser l'engagement et l'égalité des chances des étudiants dans le supérieur ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rana Challah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gaillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Hamon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4206,2126 +4240,2342 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Lafontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anas Knefati</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque International : Egalité des chances ou égalité des réussites dans l'enseignement supérieur ?, Université Paul Valéry Montpellier 3, Mar 2020, Montpellier, France.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université Paul Valéry, Mar 2020, Montpellier, France</w:t>
+              <w:t xml:space="preserve">Colloque International : Egalité des chances ou égalité des réussites dans l'enseignement supérieur ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Paul Valéry Montpellier 3, Mar 2020, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04063585v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02496629v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring linguistic complexity in two varieties of learner English: ESP and applied languages</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Un système de diagnostique linguistique chez les apprenants d'anglais pour favoriser l'engagement et l'égalité des chances des étudiants dans le supérieur ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rana Challah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gaillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sophie Belan</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Hamon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Lafontaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anas Knefati</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les problématiques de la spécialisation des langues en LEA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, GERAS - Université de Nantes, Dec 2020, Nantes, France</w:t>
+              <w:t xml:space="preserve">Colloque International : Egalité des chances ou égalité des réussites dans l'enseignement supérieur ?, Université Paul Valéry Montpellier 3, Mar 2020, Montpellier, France.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Paul Valéry, Mar 2020, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03337126v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04063585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un prototype en ligne pour la prédiction du niveau de compétence en anglais des productions écrites</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Exploring linguistic complexity in two varieties of learner English: ESP and applied languages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gaillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Belan</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6e conférence conjointe Journées d'Études sur la Parole (JEP, 33e édition), Traitement Automatique des Langues Naturelles (TALN, 27e édition), Rencontre des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues (RÉCITAL, 22e édition). Volume 4 : Démonstrations et résumés d'articles internationaux</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2020, Nancy, France. pp.30-33</w:t>
+              <w:t xml:space="preserve">Les problématiques de la spécialisation des langues en LEA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GERAS - Université de Nantes, Dec 2020, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02768504v3</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03337126v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Supervised Learning Model for the Automatic Assessment of Language Levels Based on Learner Errors</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">From Linguistic Research Projects to Language Technology Platforms: A Case Study in Learner Data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annanda Sousa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Ballier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gaillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernardo Stearns</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manon Bouyé</w:t>
+                <w:t xml:space="preserve">Manel Zarrouk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EC-TEL 2019 - 14th European Conference on Technology Enhanced Learning</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">LREC2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Language Resources Association (ELRA), May 2020, Marseille, France. pp.112-120</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02496688v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02634745v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The implicit metalinguistic discourse of tagsets for English: retagging the Brown corpus</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">La boîte noire de la recherche collaborative : de la négociation à la production des savoirs ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rana Challah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gaillat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kathy Mccoll</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les discours métalinguistiques 3</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Paris 13, Nov 2019, Paris, France</w:t>
+              <w:t xml:space="preserve">88ème Congrès de l'ACFAS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Sherbrooke; Université Bishop's, May 2020, Sherbrooke, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02496556v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02496657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le Corpus d'Étude des Langues Vivantes Appliquées à une Spécialité (CELVA.Sp) source de visualisations linguistiques</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A Franco-Irish project for the automatic identification of criterial features in learners of English</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Ballier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Gaillat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manel Zarrouk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Gaillat</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Anas Knefati</w:t>
+                <w:t xml:space="preserve">Andrew Simpkin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Bouyé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PERL 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Paris Diderot, Dec 2019, Paris, France</w:t>
+              <w:t xml:space="preserve">EUROCALL 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Louvain la Neuve, Aug 2019, Louvain la Neuve, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02496713v2</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02496627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigating Criterial Features of Learner English and Predicting CEFR Levels in French Learners of English</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A Supervised Learning Model for the Automatic Assessment of Language Levels Based on Learner Errors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Ballier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Gaillat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Gaillat</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Andrew Simpkin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernardo Stearns</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Bouyé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EUROCALL 2019</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">EC-TEL 2019 - 14th European Conference on Technology Enhanced Learning</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EATEL, Sep 2019, Delft, Netherlands. pp.308-320, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-29736-7_23⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02496615v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02496688v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigating the scope of textual metrics for learner level discrimination and learner analytics</w:t>
+                <w:t xml:space="preserve">The implicit metalinguistic discourse of tagsets for English: retagging the Brown corpus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Ballier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Taylor Arnold</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Balvet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gaillat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Learner Corpus Research Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, University of Warsaw, Poland, Sep 2019, Varsaw, Poland</w:t>
+              <w:t xml:space="preserve">Les discours métalinguistiques 3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Paris 13, Nov 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02496571v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02496556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prototype de feedback visuel des productions écrites d'apprenants francophones de l'anglais sous Moodle</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Le Corpus d'Étude des Langues Vivantes Appliquées à une Spécialité (CELVA.Sp) source de visualisations linguistiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gaillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Janvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Dumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Lafontaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anas Knefati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environnements Informatiques pour l'Apprentissage Humain (EIAH'19)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, University of Paris Sorbonne, Jun 2019, Paris, France</w:t>
+              <w:t xml:space="preserve">PERL 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Paris Diderot, Dec 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02496651v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02496713v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Franco-Irish project for the automatic identification of criterial features in learners of English</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Investigating Criterial Features of Learner English and Predicting CEFR Levels in French Learners of English</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Gaillat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Ballier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manel Zarrouk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Gaillat</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Andrew Simpkin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Manon Bouyé</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernardo Stearns</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EUROCALL 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Université de Louvain la Neuve, Aug 2019, Louvain la Neuve, Belgium</w:t>
+              <w:t xml:space="preserve">, University of Louvain La Neuve, Aug 2019, Louvain la Neuve, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02496627v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02496615v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Ensemble Classifier for Error Detection and Recommendation in the Use of Articles by Learners of English</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Investigating the scope of textual metrics for learner level discrimination and learner analytics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Ballier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gaillat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11th International Conference on Innovation in Language Learning</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2018, Firenze, Italy</w:t>
+              <w:t xml:space="preserve">Learner Corpus Research Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University of Warsaw, Poland, Sep 2019, Varsaw, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02279957v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02496571v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The SSIX Corpora: Three Gold Standard Corpora for Sentiment Analysis in English, Spanish and German Financial Microblogs</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Prototype de feedback visuel des productions écrites d'apprenants francophones de l'anglais sous Moodle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Ballier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gaillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Brian Davis</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erin Pacquetet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">LREC: Language Resources and Evaluation‎ Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2018, Miyazaki, Japan. pp.2671-2675</w:t>
+              <w:t xml:space="preserve">Environnements Informatiques pour l'Apprentissage Humain (EIAH'19)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University of Paris Sorbonne, Jun 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02280345v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02496651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">FinSentiA: Sentiment Analysis in English Financial Microblogs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gaillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annanda Sousa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manel Zarrouk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brian Davis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence CORIA TALN 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Inria Rennes Bretagne-Atlantique; IRISA, May 2018, Rennes, France. pp.271-280</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02280169v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Predicting CEFRL levels in learner English on the basis of metrics and full texts</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">An Ensemble Classifier for Error Detection and Recommendation in the Use of Articles by Learners of English</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Krishnamoorthy, Kiruthikaa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gaillat</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Paula Lissón</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conference paper presented at Conférence sur l'Apprentissage Automatique (CAp) 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INSA Rouen, Jun 2018, Rouen, France</w:t>
+              <w:t xml:space="preserve">11th International Conference on Innovation in Language Learning</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Firenze, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02279948v1</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02279957v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Implicit and Explicit Aspect Extraction in Financial Microblogs</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">The SSIX Corpora: Three Gold Standard Corpora for Sentiment Analysis in English, Spanish and German Financial Microblogs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gaillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manel Zarrouk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Freitas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brian Davis</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1st Workshop on Economics and Natural Language Processing (ECONLP 2018)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">LREC: Language Resources and Evaluation‎ Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Miyazaki, Japan. pp.2671-2675</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02280371v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02280345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Classification d’apprenants francophones de l’anglais sur la base des métriques de complexité lexicale et syntaxique</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Predicting CEFRL levels in learner English on the basis of metrics and full texts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Taylor Arnold</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Ballier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gaillat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paula Lissón</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JEP-TALN-RECITAL 2016</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2016, Paris, France. pp.1-14</w:t>
+              <w:t xml:space="preserve">Conference paper presented at Conférence sur l'Apprentissage Automatique (CAp) 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INSA Rouen, Jun 2018, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01346222v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02279948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La professionnalisation des enseignements de langues commence avec la professionnalisation des (futurs) enseignants : le cas des étudiants en master FLE/ALE</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Implicit and Explicit Aspect Extraction in Financial Microblogs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gaillat</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernardo Stearns</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gopal Sridhar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ross Mcdermott</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manel Zarrouk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Professionnalisation des enseignements des langues en LANSAD à l'université</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">1st Workshop on Economics and Natural Language Processing (ECONLP 2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Melbourne, Australia. pp.55-61, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5281/zenodo.1326536⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02042308v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02280371v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparing corpora to identify learner-specific features of English: The case of this, that and it</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Classification d’apprenants francophones de l’anglais sur la base des métriques de complexité lexicale et syntaxique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Ballier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gaillat</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Ballier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Learner Corpus Research Conference (LCR 2015)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Radboud University, Sep 2015, Radboud, Netherlands. pp.68-69</w:t>
+              <w:t xml:space="preserve">JEP-TALN-RECITAL 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, Paris, France. pp.1-14</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01239837v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01346222v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Annotation automatique d'un corpus d'apprenants d'anglais avec un jeu d'étiquettes modifié du Penn Treebank</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">La professionnalisation des enseignements de langues commence avec la professionnalisation des (futurs) enseignants : le cas des étudiants en master FLE/ALE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Élisabeth Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benameur Cheick</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Chusseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gaillat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TALN-RECITAL 2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2013, France. pp.271-284</w:t>
+              <w:t xml:space="preserve">La Professionnalisation des enseignements des langues en LANSAD à l'université</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Rennes 2, Dec 2016, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00997255v1</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02042308v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Automated processing of an English learner corpus: the case of this and that</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Comparing corpora to identify learner-specific features of English: The case of this, that and it</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gaillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Sébillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Ballier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICAME332012 : Corpora at the centre and crossroads of English linguistics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, University of Leuven, May 2012, Louvain, Belgium</w:t>
+              <w:t xml:space="preserve">Learner Corpus Research Conference (LCR 2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Radboud University, Sep 2015, Radboud, Netherlands. pp.68-69</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01239864v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01239837v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Annotation automatique d'un corpus d'apprenants d'anglais avec un jeu d'étiquettes modifié du Penn Treebank</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Gaillat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TALN-RECITAL 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, France. pp.271-284</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00997255v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Automated processing of an English learner corpus: the case of this and that</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Gaillat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Sébillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Ballier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ICAME332012 : Corpora at the centre and crossroads of English linguistics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University of Leuven, May 2012, Louvain, Belgium</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01239864v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">This and that in native and learner {English}: {From} typology of use to tagset characterisation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gaillat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">First Learner corpus research conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université catholique de Louvain, Sep 2011, Louvain-la-Neuve, Belgium. pp.167-177</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02280367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6335,91 +6585,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vers une grammaire probabiliste de microsystèmes fonctionnels en L2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrielle Mallart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew Simpkin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Venant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Ballier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6438,51 +6688,51 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RéAL2: Grammaire(s) et acquisition des L2: Approches, trajectoires, interfaces,</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2023, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04249627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6492,154 +6742,154 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proceedings of the 13th Workshop on Natural Language Processing for Computer Assisted Language Learning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gaillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyriel Mallart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Griselda Drouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jen-Yu Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 13th Workshop on Natural Language Processing for Computer Assisted Language Learning</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2024, Rennes, France. LiU Electronic Press, 2024, Linköping electronic conference proceedings</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04948854v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6649,620 +6899,620 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les corpus numériques pour la didactique des langues : de la formation des enseignants à l’élaboration de dispositifs d’apprentissage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simona Ruggia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gaillat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les corpus numériques pour la didactique des langues : de la formation des enseignants à l'élaboration de dispositifs d'apprentissage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 24, 2023, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/corpus.8211⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04014807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Some metalinguistic assumptions behind tagsets for English: Evidence from THAT in different versions of the Brown corpus</w:t>
-[...59 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les technologies numériques et la transformation pédagogique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Tardif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rana Challah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Serreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Messina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Leboucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Modèles et modélisation en linguistique / Models and Modelisation in Linguistics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Transformations pédagogique et numérique dans l'enseignement supérieur. Quatre années pour changer les pratiques.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses des mines, 2022</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03812454v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03670138v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les technologies numériques et la transformation pédagogique</w:t>
-[...72 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Investigating the scopes of textual metrics for learner level discrimination and learner analytics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Gaillat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Agnieszka Leńko-Szymańska; Sandra Götz-Lehmann. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transformations pédagogique et numérique dans l'enseignement supérieur. Quatre années pour changer les pratiques.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Presses des mines, 2022</w:t>
+              <w:t xml:space="preserve">Complexity, Accuracy and Fluency in Learner Corpus Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, John Benjamins, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03670138v1</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03670165v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigating the scopes of textual metrics for learner level discrimination and learner analytics</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Some metalinguistic assumptions behind tagsets for English: Evidence from THAT in different versions of the Brown corpus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Ballier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Balvet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Taylor Arnold</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gaillat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Agnieszka Leńko-Szymańska; Sandra Götz-Lehmann. </w:t>
+              <w:t xml:space="preserve">Viviane Arigne; Christiane Rocq-Migette. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Complexity, Accuracy and Fluency in Learner Corpus Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Modèles et modélisation en linguistique / Models and Modelisation in Linguistics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Peter Lang Verlag, pp.27-81, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3726/b19804⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03670165v1</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03812454v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Automated classification of unexpected uses of this and that in a learner corpus of English</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gaillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Sébillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Ballier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Lieven Vandelanotte; Kristin Davidse; Caroline Gentens. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recent Advances in Corpus Linguistics: Developing and Exploiting Corpora</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 78, Brill, pp.309-324, 2014, Rodopi Language and Linguistics Special E-Book, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1163/9789401211130_015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01058760v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">This and that in native and learner English: From typology of use to tagset characterisation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gaillat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Granger Sylviane; Gilquin Gaëtanelle; Meunier Fanny. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Twenty years of learner research: looking back, moving ahead Proceedings of the First Learner Corpus Research Conference (LCR 2011)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses Universitaires de Louvain, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01171279v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7272,147 +7522,147 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CELVA.sp: A new learner language data set for the study of English for Specific Purposes at university level</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gaillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrielle Mallart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Venant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Ballier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyrielle Mallart</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Jen-Yu Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04968220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7422,126 +7672,126 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CELVA.Sp processed with A4LL metrics pipeline</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gaillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyriel Mallart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew J. Simpkin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.34847/nkl.3aba968r⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04991773v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7551,147 +7801,147 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessing the validity of new paradigmatic complexity measures as criterial features for proficiency in L2 writings in English</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyriel Mallart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew Simpkin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Ballier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrew Simpkin</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Paula Lissón</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Venant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04986995v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7701,151 +7951,151 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A language-learning analytics system&amp;quot; project DMP</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Ballier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Gaillat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jen-Yu Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyriel Mallart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Gaillat</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Andrew Simpkin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Opidor. 2025, https://dmp.opidor.fr/plans/13498</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (plan de gestion de données/data management plan)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04988173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7855,100 +8105,100 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">REFERENCE IN INTERLANGUAGE: THE CASE OF THIS AND THAT. From linguistic annotation to corpus interoperability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gaillat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Linguistics. Université Paris Diderot (Paris 7) Sorbonne Paris Cité, 2016. English. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01705743v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7958,293 +8208,293 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analytics for Language Learning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyriel Mallart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Venant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew Simpkin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Ballier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jen-Yu Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨swh:1:dir:d6ede95f5f25ec32fc400313c34d72a4fe12e9db;origin=https://gitlab.huma-num.fr/lidile/a4ll_mlpipeline.git;visit=swh:1:snp:a105a84ae8ae0f52445fc598870a45ed584c17e0;anchor=swh:1:rev:5c48738c7d9789988356711e248f300173ab95c6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Logiciel</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05026987v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CELVA.Sp corpus User Interface</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gaillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Venant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyriel Mallart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taylor Arnold</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anatole Fougère</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2018, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨swh:1:dir:7405005eae86eb3f53662e5649f10f5c4f92e11a;origin=https://gitlab.huma-num.fr/lidile/celva.sp-ui;visit=swh:1:snp:198c7b3333fa18b5a721d36e06e8a5a0648600e3;anchor=swh:1:rev:95c370947852a8fe6ef9254069ca7812fd901188⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Logiciel</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04991659v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId156"/>
+      <w:footerReference w:type="default" r:id="rId158"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -8391,51 +8641,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05224316v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Geremia" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gaillat" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ballier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Simpkin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.asw.2025.100951" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05222849v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyriel Mallart" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Liss&#243;n" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Venant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rmal.2025.100238" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-04127926v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Lafontaine" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anas Knefati" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1558/cj.19487" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03428636v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernardo Stearns" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annanda Sousa" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S095834402100029X" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-02496670v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Canu" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Petitjean" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Gasso" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Balhana" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/ijlcr.18012.bal" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-02280287v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01171271v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Schuwer" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Belan" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/apliut.4929" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-02279937v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/asp.3890" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01171858v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05247935v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05008931v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Mallart" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04948823v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04712737v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew J. Simpkin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05000925v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jen-Yu Li" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862076v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John P. Mc Crae" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04948803v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-04150115v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anatole Faug&#232;re" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04469395v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195781v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2023.bea-1.39" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04469367v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-04150070v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03888007v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3384/ecp190006" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03670094v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03670070v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/978-3-653-05182-7" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03962631v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lisabeth Richard" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03670081v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Fran&#231;oise Bourvon" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Griselda Drouet" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03670212v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s095834402100029x" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03343056v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03332503v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie McAllister" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701425v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Buzanov" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vinogradova Olga" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03343010v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Contreras Roa" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juv&#233;nal Attoumbre" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03235010v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03506561v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03576245v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335940v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02634745v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manel Zarrouk" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496657v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rana Challah" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathy Mccoll" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496629v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Hamon" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04063585v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03337126v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02768504v3" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Bouy&#233;" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-02496688v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-29736-7_23" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-02496556v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taylor Arnold" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Balvet" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-02496713v2" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Janvier" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Dumont" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-02496615v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496571v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-02496651v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erin Pacquetet" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-02496627v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-02279957v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krishnamoorthy, Kiruthikaa" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-02280345v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Freitas" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Davis" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-02280169v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-02279948v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-02280371v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gopal Sridhar" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ross Mcdermott" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.1326536" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01346222v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-02042308v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benameur Cheick" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Chusseau" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01239837v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale S&#233;billot" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-00997255v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01239864v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-02280367v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04249627v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04948854v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Moreau" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-04014807v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Ruggia" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/corpus.8211" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03812454v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/b19804" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03670138v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Tardif" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Serreau" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Messina" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Leboucher" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03670165v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01058760v2" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789401211130_015" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01171279v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04968220v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04991773v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34847/nkl.3aba968r" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04986995v2" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04988173v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01705743v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05026987v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:d6ede95f5f25ec32fc400313c34d72a4fe12e9db;origin=https://gitlab.huma-num.fr/lidile/a4ll_mlpipeline.git;visit=swh:1:snp:a105a84ae8ae0f52445fc598870a45ed584c17e0;anchor=swh:1:rev:5c48738c7d9789988356711e248f300173ab95c6" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04991659v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anatole Foug&#232;re" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:7405005eae86eb3f53662e5649f10f5c4f92e11a;origin=https://gitlab.huma-num.fr/lidile/celva.sp-ui;visit=swh:1:snp:198c7b3333fa18b5a721d36e06e8a5a0648600e3;anchor=swh:1:rev:95c370947852a8fe6ef9254069ca7812fd901188" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05222849v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyriel Mallart" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Simpkin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ballier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Liss&#243;n" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Venant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rmal.2025.100238" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05224316v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Geremia" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gaillat" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.asw.2025.100951" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-04127926v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Lafontaine" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anas Knefati" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1558/cj.19487" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03428636v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernardo Stearns" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annanda Sousa" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S095834402100029X" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-02496670v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Canu" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Petitjean" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Gasso" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Balhana" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/ijlcr.18012.bal" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-02280287v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01171271v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Schuwer" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Belan" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/apliut.4929" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-02279937v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/asp.3890" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01171858v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05247935v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05555054v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jen-Yu Li" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05555065v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05008931v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Mallart" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04948823v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04712737v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew J. Simpkin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05000925v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862076v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John P. Mc Crae" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04948803v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-04150070v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-04150115v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anatole Faug&#232;re" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04469395v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195781v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2023.bea-1.39" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04469367v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03670070v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/978-3-653-05182-7" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03962631v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lisabeth Richard" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03888007v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3384/ecp190006" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03670094v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03670081v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Fran&#231;oise Bourvon" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Griselda Drouet" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03670212v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s095834402100029x" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03343010v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Contreras Roa" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juv&#233;nal Attoumbre" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701425v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Buzanov" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vinogradova Olga" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03343056v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03332503v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie McAllister" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03235010v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03506561v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03576245v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335940v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02768504v3" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Bouy&#233;" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496629v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rana Challah" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Hamon" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04063585v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03337126v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02634745v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manel Zarrouk" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496657v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathy Mccoll" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-02496627v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-02496688v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-29736-7_23" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-02496556v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taylor Arnold" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Balvet" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-02496713v2" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Janvier" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Dumont" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-02496615v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496571v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-02496651v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erin Pacquetet" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-02280169v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Davis" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-02279957v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krishnamoorthy, Kiruthikaa" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-02280345v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Freitas" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-02279948v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-02280371v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gopal Sridhar" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ross Mcdermott" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.1326536" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01346222v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-02042308v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benameur Cheick" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Chusseau" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01239837v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale S&#233;billot" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-00997255v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01239864v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-02280367v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04249627v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04948854v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Moreau" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-04014807v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Ruggia" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/corpus.8211" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03670138v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Tardif" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Serreau" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Messina" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Leboucher" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03670165v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03812454v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/b19804" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01058760v2" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789401211130_015" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01171279v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04968220v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04991773v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34847/nkl.3aba968r" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04986995v2" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04988173v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01705743v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05026987v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:d6ede95f5f25ec32fc400313c34d72a4fe12e9db;origin=https://gitlab.huma-num.fr/lidile/a4ll_mlpipeline.git;visit=swh:1:snp:a105a84ae8ae0f52445fc598870a45ed584c17e0;anchor=swh:1:rev:5c48738c7d9789988356711e248f300173ab95c6" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04991659v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anatole Foug&#232;re" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:7405005eae86eb3f53662e5649f10f5c4f92e11a;origin=https://gitlab.huma-num.fr/lidile/celva.sp-ui;visit=swh:1:snp:198c7b3333fa18b5a721d36e06e8a5a0648600e3;anchor=swh:1:rev:95c370947852a8fe6ef9254069ca7812fd901188" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>