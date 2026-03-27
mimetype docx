--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -160,182 +160,182 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Divine Names on the Spot III</w:t>
+                <w:t xml:space="preserve">Entre le plomb et les pierres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Galoppin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Lebreton</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, 2025, Orbis Biblicus et Orientalis, 9789042955943</w:t>
+                <w:t xml:space="preserve">Les Editions du Cerf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 978-2-2041-6178-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05410466v1</w:t>
+                <w:t xml:space="preserve">hal-05408407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Entre le plomb et les pierres</w:t>
+                <w:t xml:space="preserve">Divine Names on the Spot III</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Galoppin</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Lebreton</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les Editions du Cerf</w:t>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 978-2-2041-6178-7</w:t>
+                <w:t xml:space="preserve">Peeters</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, Orbis Biblicus et Orientalis, 9789042955943</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05408407v1</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05410466v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les bestiaires des mages</w:t>
               </w:r>
@@ -558,51 +558,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Max Luaces</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Galoppin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Lebreton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thomas Galoppin Elodie Guillon Max Luaces Asuman Lätzer-Lasar Sylvain Lebreton Fabio Porzia Jörg Rüpke Emiliano Rubens Urciuoli and Corinne Bonnet. </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -1334,378 +1334,378 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03930764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Dessine-moi… » une prière. Gemmes magiques et écriture des noms divins en images dans le monde romain</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Que fait le genre aux dénominations divines, entre mondes grecs et sémitiques ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Galoppin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Grand-Clément</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue de l'histoire des religions</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 238, pp.641-671. </w:t>
+              <w:t xml:space="preserve">Archimède : archéologie et histoire ancienne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Archimède. Archéologie et histoire ancienne, 8, pp.1-16. </w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/rhr.11472⟩</w:t>
+                <w:t xml:space="preserve">⟨10.47245/archimede.0008.ds1.01⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03836303v1</w:t>
+                <w:t xml:space="preserve">halshs-03279514v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La magie entre Antiquité et Moyen Âge : traditions, innovations, autorités Avant-propos</w:t>
+                <w:t xml:space="preserve">L’écoute des dieux epékooi en Égypte et dans les îles de l’Égée à l’époque hellénistique : sanctuaires et agents</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Galoppin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Lebreton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue de l'histoire des religions</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 238, pp.603-616. </w:t>
+              <w:t xml:space="preserve">Cahiers du Centre d'Etudes Chypriotes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 51, pp.121-140. </w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/rhr.11464⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/cchyp.734⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03836305v1</w:t>
+                <w:t xml:space="preserve">hal-03808085v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’écoute des dieux epékooi en Égypte et dans les îles de l’Égée à l’époque hellénistique : sanctuaires et agents</w:t>
+                <w:t xml:space="preserve">« Dessine-moi… » une prière. Gemmes magiques et écriture des noms divins en images dans le monde romain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Galoppin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Lebreton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cahiers du Centre d'Etudes Chypriotes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 51, pp.121-140. </w:t>
+              <w:t xml:space="preserve">Revue de l'histoire des religions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 238, pp.641-671. </w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/cchyp.734⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/rhr.11472⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03808085v1</w:t>
+                <w:t xml:space="preserve">hal-03836303v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Que fait le genre aux dénominations divines, entre mondes grecs et sémitiques ?</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La magie entre Antiquité et Moyen Âge : traditions, innovations, autorités Avant-propos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Galoppin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Adeline Grand-Clément</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archimède : archéologie et histoire ancienne</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, Archimède. Archéologie et histoire ancienne, 8, pp.1-16. </w:t>
+              <w:t xml:space="preserve">Revue de l'histoire des religions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 238, pp.603-616. </w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.47245/archimede.0008.ds1.01⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/rhr.11464⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03279514v1</w:t>
+                <w:t xml:space="preserve">hal-03836305v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mapping ancient gods</w:t>
               </w:r>
@@ -1743,51 +1743,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Galoppin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élodie Guillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Lebreton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mediterranean Historical Review</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 34 (2), pp.207-220. </w:t>
@@ -2560,51 +2560,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Galoppin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Guillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Lebreton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Max Luaces</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2666,212 +2666,212 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03984542v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Animals in Graeco-Egyptian Magical Practice</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Dunamis, energeia, ousia. Puissance(s) et rituels dans les « papyrus grecs magiques »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Galoppin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Coulon, Jean-Charles; Dosoo, Korshi. </w:t>
+              <w:t xml:space="preserve">Adrien Lecerf; Philippe Hoffmann; Ghislain Casas. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Magikon Zoôn. Animal et magie dans l'Antiquité et au Moyen Âge - Magikon Zoon: Animal and Magic from Antiquity to the Middle Ages</w:t>
+              <w:t xml:space="preserve">Essence, puissance, activité dans la philosophie et les savoirs grecs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...10 lines deleted...]
-              <w:t xml:space="preserve">, pp.203-256, 2022, Bibliothèque d'Histoire des Textes 2, 9782493209078</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Classiques Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.263-289, 2022, Kaïnon – Anthropologie de la pensée ancienne 21, 978-2-406-13129-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03836459v1</w:t>
+                <w:t xml:space="preserve">halshs-05410916v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dunamis, energeia, ousia. Puissance(s) et rituels dans les « papyrus grecs magiques »</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Animals in Graeco-Egyptian Magical Practice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Korshi Dosoo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Galoppin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Adrien Lecerf; Philippe Hoffmann; Ghislain Casas. </w:t>
+              <w:t xml:space="preserve">Coulon, Jean-Charles; Dosoo, Korshi. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Essence, puissance, activité dans la philosophie et les savoirs grecs</w:t>
+              <w:t xml:space="preserve">Magikon Zoôn. Animal et magie dans l'Antiquité et au Moyen Âge - Magikon Zoon: Animal and Magic from Antiquity to the Middle Ages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Classiques Garnier</w:t>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">, pp.263-289, 2022, Kaïnon – Anthropologie de la pensée ancienne 21, 978-2-406-13129-8</w:t>
+                <w:t xml:space="preserve">Institut de recherche et d'histoire des textes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.203-256, 2022, Bibliothèque d'Histoire des Textes 2, 9782493209078</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-05410916v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03836459v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des animaux merveilleux dans la fabrique gréco-romaine de la magie</w:t>
               </w:r>
@@ -2884,51 +2884,51 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Galoppin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Coulon, Jean-Charles; Dosoo, Korshi. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Magikon Zoôn. Animal et magie dans l'Antiquité et au Moyen Âge - Magikon Zoon: Animal and Magic from Antiquity to the Middle Ages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Institut de recherche et d'histoire des textes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.257-276, 2022, Bibliothèque d'Histoire des Textes 2, 9782493209078</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2943,51 +2943,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Animals in Graeco-Egyptian Magical Practice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Korshi Dosoo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Galoppin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3028,195 +3028,200 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03913142v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toutes les faces de la Lune</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Que peuvent les pierres ? Entrée en matière</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Guillaume-Pey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Galoppin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Noms de dieux. Portraits de divinités antiques</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, pp.56-83, 2021, 979-10-279-0408-2</w:t>
+              <w:t xml:space="preserve">Ce que peuvent les pierres. Vie et puissance des matières lithiques entre rites et savoirs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Liège, pp.9-29, 2021, Religions. Comparatisme - Histoire – Anthropologie, 978-2-87562-273-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03182090v1</w:t>
+                <w:t xml:space="preserve">hal-03512348v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Que peuvent les pierres ? Entrée en matière</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cécile Guillaume-Pey</w:t>
+                <w:t xml:space="preserve">Divine names on the spot: Towards a dynamic approach of divine denominations in Greek and Semitic contexts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Galoppin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ce que peuvent les pierres. Vie et puissance des matières lithiques entre rites et savoirs</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Divine names on the spot: Towards a dynamic approach of divine denominations in Greek and Semitic contexts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Orbis Biblicus et Orientalis (293), Peeters, pp.1-17, 2021, Divine names on the spot: Towards a dynamic approach of divine denominations in Greek and Semitic contexts, 9789042947269. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2307/j.ctv28bqkvn.4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03512348v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03715798v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Euryopa, &amp;quot;maître en accomplissement&amp;quot;. Polysémie et portée relationnelle d'un attribut onomastique de Zeus</w:t>
               </w:r>
@@ -3241,51 +3246,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Bianco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Galoppin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Lebreton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Grand-Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3321,191 +3326,186 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03417426v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Divine names on the spot: Towards a dynamic approach of divine denominations in Greek and Semitic contexts</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La justice du sol. Les noms divins dans les malédictions attiques au IVe-IIIe siècle avant notre ère</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Galoppin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Galoppin, Thomas; Bonnet, Corinne. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Divine names on the spot: Towards a dynamic approach of divine denominations in Greek and Semitic contexts</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Divine Names on the Spot: Towards a Dynamic Approach of Divine Denominations in Greek and Semitic Contexts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Peeters, pp.138-161, 2021, Orbis Biblicus et Orientalis 293, 978-90-429-4726-9</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03715798v1</w:t>
+                <w:t xml:space="preserve">hal-03836319v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La justice du sol. Les noms divins dans les malédictions attiques au IVe-IIIe siècle avant notre ère</w:t>
+                <w:t xml:space="preserve">Toutes les faces de la Lune</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Galoppin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Galoppin, Thomas; Bonnet, Corinne. </w:t>
+              <w:t xml:space="preserve">Corinne Bonnet. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Divine Names on the Spot: Towards a Dynamic Approach of Divine Denominations in Greek and Semitic Contexts</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Peeters, pp.138-161, 2021, Orbis Biblicus et Orientalis 293, 978-90-429-4726-9</w:t>
+              <w:t xml:space="preserve">Noms de dieux. Portraits de divinités antiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anacharsis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.56-83, 2021, 979-10-279-0408-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03836319v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03182090v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Que peuvent les pierres ? Entrée en matière</w:t>
               </w:r>
@@ -3640,199 +3640,199 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05410882v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Magie », malédictions et pouvoir dans le monde romain de la deuxième guerre punique à la fin des Sévères</w:t>
+                <w:t xml:space="preserve">Les logoi des pratiques “magiques” de l’Antiquité tardive : puissance de la parole et innovations du langage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Galoppin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Nicole Belayche; Sylvia Estienne. </w:t>
+              <w:t xml:space="preserve">Philippe Hoffmann; Andrei Timotin. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Religions et pouvoir dans le monde romain. L'autel et la toge. De la deuxième guerre punique à la fin des Sévères</w:t>
+              <w:t xml:space="preserve">Théories et pratiques de la prière à la fin de l'Antiquité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Presses universitaires de Rennes</w:t>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">, pp.253-276, 2020, 978-2-7535-7868-5</w:t>
+                <w:t xml:space="preserve">Brepols</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 978-2-503-58903-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02563411v1</w:t>
+                <w:t xml:space="preserve">hal-02563422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les logoi des pratiques “magiques” de l’Antiquité tardive : puissance de la parole et innovations du langage</w:t>
+                <w:t xml:space="preserve">« Magie », malédictions et pouvoir dans le monde romain de la deuxième guerre punique à la fin des Sévères</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Galoppin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Philippe Hoffmann; Andrei Timotin. </w:t>
+              <w:t xml:space="preserve">Nicole Belayche; Sylvia Estienne. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Théories et pratiques de la prière à la fin de l'Antiquité</w:t>
+              <w:t xml:space="preserve">Religions et pouvoir dans le monde romain. L'autel et la toge. De la deuxième guerre punique à la fin des Sévères</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brepols</w:t>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 978-2-503-58903-9</w:t>
+                <w:t xml:space="preserve">Presses universitaires de Rennes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.253-276, 2020, 978-2-7535-7868-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02563422v1</w:t>
+                <w:t xml:space="preserve">hal-02563411v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un lézard au coin de l’œil : la puissance guérisseuse d’un animal ou de son image à l’époque romaine</w:t>
               </w:r>
@@ -4521,51 +4521,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Galoppin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élodie Guillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Lebreton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -4780,51 +4780,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="8B65C6FC"/>
+    <w:nsid w:val="438AB199"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5011,51 +5011,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/thomas-galoppin" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/192405268" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05410466v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Galoppin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Lebreton" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peeters-leuven.be/detail.php?id=9759" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05408407v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsducerf.fr/librairie/livre/21055/Entre-le-plomb-et-les-pierres" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05408206v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13oiy" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820618v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Birouste" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Brignon" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Constans" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Schneller Lorenzoni" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03984548v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Bonnet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Guillon" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Luaces" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.degruyter.com/document/doi/10.1515/9783110798432/html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03265222v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Guillaume-Pey" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03715791v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05410476v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rhr.11462" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04800831v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Grand-Cl&#233;ment" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05408185v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05427672v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Loriol" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20318/arys.2024.7920" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836518v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mondesanciens.3880" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03930764v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/hms.6324" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836303v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rhr.11472" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836305v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rhr.11464" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03808085v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cchyp.734" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03279514v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.47245/archimede.0008.ds1.01" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389802v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Bianco" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09518967.2019.1664524" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01990135v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Laurent" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02111958v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.editionsehess.4681" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05411041v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05538750v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05411002v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://schwabe.ch/religions-et-interactions-religieuses-dans-l-empire-romain-tardo-antique-978-3-7965-5310-3" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820608v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05410980v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Audureau" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.degruyterbrill.com/document/doi/10.1515/9783111326511-033/html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783111326511-033" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03984542v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Guillon" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110798432-001" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836459v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Korshi Dosoo" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/irht/537" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05410916v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/essence-puissance-activite-dans-la-philosophie-et-les-savoirs-grecs-dunamis-energeia-ousia.html" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836474v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03913142v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.irht.704" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03182090v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-anacharsis.com/Noms-de-dieux" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03512348v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03417426v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03715798v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/j.ctv28bqkvn.4" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836319v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03758467v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05410882v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02563411v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=4973" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02563422v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.brepols.net/Pages/ShowProduct.aspx?prod_id=IS-9782503589039-1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05410855v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02563506v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.cths.5119" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01619184v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04315398v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05410949v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05410771v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/14lxo" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03152402v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01700653v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miriam Bianco" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02099662v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015EPHE5056" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/thomas-galoppin" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/192405268" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05408407v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Galoppin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsducerf.fr/librairie/livre/21055/Entre-le-plomb-et-les-pierres" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05410466v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Lebreton" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peeters-leuven.be/detail.php?id=9759" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05408206v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13oiy" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820618v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Birouste" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Brignon" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Constans" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Schneller Lorenzoni" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03984548v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Bonnet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Guillon" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Luaces" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.degruyter.com/document/doi/10.1515/9783110798432/html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03265222v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Guillaume-Pey" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03715791v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05410476v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rhr.11462" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04800831v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Grand-Cl&#233;ment" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05408185v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05427672v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Loriol" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20318/arys.2024.7920" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836518v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mondesanciens.3880" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03930764v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/hms.6324" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03279514v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.47245/archimede.0008.ds1.01" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03808085v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cchyp.734" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836303v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rhr.11472" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836305v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rhr.11464" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389802v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Bianco" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09518967.2019.1664524" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01990135v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Laurent" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02111958v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.editionsehess.4681" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05411041v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05538750v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05411002v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://schwabe.ch/religions-et-interactions-religieuses-dans-l-empire-romain-tardo-antique-978-3-7965-5310-3" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820608v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05410980v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Audureau" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.degruyterbrill.com/document/doi/10.1515/9783111326511-033/html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783111326511-033" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03984542v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Guillon" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110798432-001" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05410916v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/essence-puissance-activite-dans-la-philosophie-et-les-savoirs-grecs-dunamis-energeia-ousia.html" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836459v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Korshi Dosoo" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/irht/537" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836474v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03913142v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.irht.704" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03512348v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03715798v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/j.ctv28bqkvn.4" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03417426v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836319v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03182090v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-anacharsis.com/Noms-de-dieux" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03758467v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05410882v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02563422v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.brepols.net/Pages/ShowProduct.aspx?prod_id=IS-9782503589039-1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02563411v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=4973" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05410855v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02563506v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.cths.5119" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01619184v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04315398v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05410949v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05410771v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/14lxo" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03152402v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01700653v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miriam Bianco" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02099662v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015EPHE5056" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>