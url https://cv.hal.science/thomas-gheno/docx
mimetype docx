--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -1251,278 +1251,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03659709v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Screening for Al2O3 failure in MCrAlY APS coatings using short-term oxidation at high temperature</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Alumina Failure and Post-failure Oxidation in the NiCoCrAlY Alloy System at High Temperature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Gheno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Rio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Ecochard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Texier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Corrosion Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.corsci.2021.109334⟩</w:t>
+              <w:t xml:space="preserve">Oxidation of Metals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 96 (5-6), pp.487-517. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11085-021-10060-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03196688v1</w:t>
+                <w:t xml:space="preserve">hal-03288006v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alumina Failure and Post-failure Oxidation in the NiCoCrAlY Alloy System at High Temperature</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Screening for Al2O3 failure in MCrAlY APS coatings using short-term oxidation at high temperature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Texier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Ecochard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gheno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Monceau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehdi Salem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Oxidation of Metals</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 96 (5-6), pp.487-517. </w:t>
+              <w:t xml:space="preserve">Corrosion Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 184, pp.1-15/109334. </w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11085-021-10060-9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.corsci.2021.109334⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03288006v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03196688v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the role of surface deformation in the oxidation of NiCr alloys at 340–600 °C</w:t>
               </w:r>
@@ -4373,51 +4373,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05059579v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Salsi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lesseur" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Monceau" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Desgranges" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gheno" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2025.121022" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05223322v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Gautier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Puydoyeux" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrica Epifano" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.commatsci.2025.114197" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04709031v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid Djedaa" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11085-024-10311-5" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677286v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Gautier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Conn&#233;table" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.corsci.2024.112330" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668514v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11085-024-10275-6" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04268192v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Rio" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Rimpot" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Mercier" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11085-023-10187-x" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03821874v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11661-022-06814-y" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792936v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Szczepan" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.commatsci.2022.111785" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-03659709v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Kalush" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Texier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Ecochard" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Sirvin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Choquet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfcoat.2022.128483" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-03196688v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Salem" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.corsci.2021.109334" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03288006v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11085-021-10060-9" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02899636v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Martinelli" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.corsci.2020.108805" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02860033v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Bacos" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Ceccacci" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Monchoux" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Davoine" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11085-020-09973-8" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350066v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Jomard" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtla.2019.100283" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679209v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.J. Ross" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.K. Ray" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.J. Kramer" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X.L. Liu" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tca.2018.08.011" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01978273v2" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Greta Lindwall" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11085-018-9877-y" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350036v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtla.2018.08.004" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01941933v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Gleeson" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954754v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11085-016-9669-1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01986837v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bi-Cheng Zhou" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Austin Ross" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuan Liu" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11085-016-9706-0" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678999v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zi-Kui Liu" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.calphad.2015.12.007" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03787202v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1468-6996/16/5/055001" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01956143v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11085-016-9649-5" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678957v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuan L Liu" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bonnie B Lindahl" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0121386" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01963863v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11085-015-9588-6" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01982750v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerald H Meier" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11085-015-9550-7" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678978v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryam Zahiri Azar" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Heuer" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.corsci.2015.08.029" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997332v2" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David J. Young" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.corsci.2013.08.008" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020028v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Young" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.corsci.2012.07.024" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00726316v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianqiang Zhang" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.corsci.2011.05.013" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03565646v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djar Oquab" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Cadoret" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11085-009-9164-z" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/A4EDE8952760BD30BBF173D5E8C7A251D5704EF9/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04659007v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04736603v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7490/f1000research.1119888.1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01918978v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04245380v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2012INPT0060" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05059579v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Salsi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lesseur" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Monceau" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Desgranges" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gheno" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2025.121022" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05223322v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Gautier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Puydoyeux" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrica Epifano" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.commatsci.2025.114197" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04709031v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid Djedaa" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11085-024-10311-5" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677286v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Gautier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Conn&#233;table" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.corsci.2024.112330" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668514v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11085-024-10275-6" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04268192v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Rio" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Rimpot" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Mercier" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11085-023-10187-x" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03821874v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11661-022-06814-y" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792936v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Szczepan" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.commatsci.2022.111785" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-03659709v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Kalush" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Texier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Ecochard" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Sirvin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Choquet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfcoat.2022.128483" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03288006v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11085-021-10060-9" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-03196688v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Salem" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.corsci.2021.109334" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02899636v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Martinelli" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.corsci.2020.108805" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02860033v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Bacos" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Ceccacci" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Monchoux" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Davoine" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11085-020-09973-8" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350066v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Jomard" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtla.2019.100283" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679209v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.J. Ross" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.K. Ray" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.J. Kramer" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X.L. Liu" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tca.2018.08.011" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01978273v2" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Greta Lindwall" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11085-018-9877-y" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350036v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtla.2018.08.004" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01941933v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Gleeson" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954754v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11085-016-9669-1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01986837v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bi-Cheng Zhou" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Austin Ross" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuan Liu" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11085-016-9706-0" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678999v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zi-Kui Liu" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.calphad.2015.12.007" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03787202v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1468-6996/16/5/055001" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01956143v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11085-016-9649-5" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678957v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuan L Liu" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bonnie B Lindahl" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0121386" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01963863v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11085-015-9588-6" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01982750v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerald H Meier" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11085-015-9550-7" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678978v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryam Zahiri Azar" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Heuer" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.corsci.2015.08.029" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997332v2" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David J. Young" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.corsci.2013.08.008" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020028v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Young" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.corsci.2012.07.024" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00726316v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianqiang Zhang" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.corsci.2011.05.013" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03565646v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djar Oquab" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Cadoret" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11085-009-9164-z" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/A4EDE8952760BD30BBF173D5E8C7A251D5704EF9/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04659007v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04736603v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7490/f1000research.1119888.1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01918978v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04245380v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2012INPT0060" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>