--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -66,4283 +66,4417 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (30)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Micronekton indicators evolution based on biophysically defined provinces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Albernhe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Gorgues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Titaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Lehodey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Menkes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">State of the Planet </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 9th edition of the Copernicus Ocean State Report (OSR9), 6 (9), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/sp-6-osr9-4-2025⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05538826v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Global characterization of modelled micronekton in biophysically defined provinces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Albernhe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Gorgues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Lehodey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Menkes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Titaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Progress in Oceanography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 229, pp.103370. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.pocean.2024.103370⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05274721v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Contrasted Trends in Chlorophyll‐ a Satellite Products</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Pauthenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Gorgues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joana Roussillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Drumetz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 51 (14), pp.1-10. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2024GL108916⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04672609v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Model exploration of microplastic effects on zooplankton grazing reveal potential impacts on the global carbon cycle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Richon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Gorgues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthew Cole</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ika Paul-Pont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Maes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Environmental Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 19 (7), pp.074031. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1748-9326/ad5195⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04628031v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Ocean's Meridional oxygen transport</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esther Portela</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Kolodziejczyk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Gorgues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan Zika</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coralie Perruche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Geophysical Research. Oceans</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 129 (3), pp.e2023JC020259. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2023jc020259⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04731256v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Author Correction: Pathways to sustaining tuna-dependent Pacific Island economies during climate change</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johann D Bell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inna Senina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timothy Adams</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Aumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beatriz Calmettes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nature Sustainability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 6 (10), pp.1288-1288. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41893-023-01171-z⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04624499v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Global decline of pelagic fauna in a warmer ocean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alejandro Ariza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Lengaigne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Menkes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Lebourges-Dhaussy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Receveur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nature Climate Change</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12, pp.928 - 934. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41558-022-01479-2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03815394v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diazotrophy as a key driver of the response of marine net primary productivity to climate change</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bopp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Aumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lester Kwiatkowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Clerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léonard Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Biogeosciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 19 (17), pp.4267-4285. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/bg-19-4267-2022⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03811137v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pathways to sustaining tuna-dependent Pacific Island economies during climate change</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johann D. Bell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inna Senina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timothy Adams</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Aumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beatriz Calmettes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nature Sustainability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41893-021-00745-z⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03317932v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corrigendum: Reconstructing Global Chlorophyll-a Variations Using a Non-linear Statistical Approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Gorgues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Lengaigne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clement Fontana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaëlle Sauzède</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Frontiers in Marine Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 7, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmars.2020.618249⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03145846v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reconstructing Global Chlorophyll-a Variations Using a Non-linear Statistical Approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Gorgues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Lengaigne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clement Fontana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaëlle Sauzède</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Frontiers in Marine Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 7, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmars.2020.00464⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02941302v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Neural Network Approaches to Reconstruct Phytoplankton Time-Series in the Global Ocean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anouar Brini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Gorgues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Drumetz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joana Roussillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 12 (24), pp.4156. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/rs12244156⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03227823v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monitoring the Influence of the Mesoscale Ocean Dynamics on Phytoplanktonic Plumes around the Marquesas Islands Using Multi-Satellite Missions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angelina Cassianides</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Maes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Carton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Gorgues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 12 (16), 2520 (10p.). </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/rs12162520⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04202641v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simulated Changes in the Particulate Carbon Export Efficiency due to Diel Vertical Migration of Zooplankton in the North Atlantic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Gorgues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Aumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Mémery</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 46 (10), pp.5387-5395. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2018GL081748⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02399583v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Impact of Inorganic Particles of Sedimentary Origin on Global Dissolved Iron and Phytoplankton Distribution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Houda Beghoura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Gorgues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Aumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Planquette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Tagliabue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Geophysical Research. Oceans</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 12 (12), pp.3869-3883. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2019JC015119⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02407864v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modelling N&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; fixation related to &amp;lt;em&amp;gt;Trichodesmium&amp;lt;/em&amp;gt; sp.: driving processes and impacts on primary production in the tropical Pacific Ocean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Dutheil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Aumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Gorgues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Lorrain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Biogeosciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 15 (14), pp.4333 - 4352. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/bg-15-4333-2018⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01860661v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tidal cycle control of biogeochemical and ecological properties of a macrotidal ecosystem</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Cadier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Gorgues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane L'Helguen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Sourisseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Mémery</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 44 (16), pp.8453-8462. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/2017GL074173⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02315168v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assessing spatial and temporal variability of phytoplankton communities' composition in the Iroise Sea ecosystem (Brittany, France): A 3D modeling approach Part 2: Linking summer mesoscale distribution of phenotypic diversity to hydrodynamism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Cadier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Sourisseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Gorgues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher A. Edwards</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Mémery</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Marine Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 169, pp.111-126. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jmarsys.2017.01.004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02572319v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assessing spatial and temporal variability of phytoplankton communities' composition in the Iroise Sea ecosystem (Brittany, France): A 3D modeling approach. Part 1: Biophysical control over plankton functional types succession and distribution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Cadier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Gorgues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Sourisseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher A. Edwards</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Aumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Marine Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 165, pp.47-68. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jmarsys.2016.09.009⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01483129v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Net primary productivity estimates and environmental variables in the Arctic Ocean: An assessment of coupled physical-biogeochemical models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Younjoo J. Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia A. Matrai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjorie A. M. Friedrichs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Saba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Aumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Geophysical Research. Oceans</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 121 (12), pp.8635 - 8669. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/2016JC011993⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01414033v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">What drives the spatial variability of primary productivity and matter fluxes in the north-west African upwelling system? A modelling approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Amaël Auger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Gorgues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Machu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Aumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Brehmer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Biogeosciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 13 (23), pp.6419 - 6440. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/bg-13-6419-2016⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01429759v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comparative study of potential transfer of natural and anthropogenic cadmium to plankton communities in the North-West African upwelling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. A. Auger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Machu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Gorgues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Grima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Waeles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 505, pp.870-888. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2014.10.045⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01132347v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">An innovative approach of the surface layer sampling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Gorgues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Ménage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Terre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Gaillard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal des Sciences Halieutique et Aquatique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 4, pp.105-109</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00690782v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Revisiting the La Niña 1998 phytoplankton blooms in the equatorial Pacific</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Gorgues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe E. Menkès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lia Slemons</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Aumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Dandonneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Deep Sea Research Part I: Oceanographic Research Papers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 57 (4), pp.567-576. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.dsr.2009.12.008⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00489895v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Biogeochemical impact of a model western iron source in the Pacific Equatorial Undercurrent.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lia Slemons</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Gorgues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Aumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe E. Menkès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">James W. Murray</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Deep Sea Research Part I: Oceanographic Research Papers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 56 (12), pp.2115-2128. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.dsr.2009.08.005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00454486v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Decadal variations in equatorial Pacific ecosystems and ferrocline/pycnocline decoupling.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Keith B. Rodgers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Aumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe E. Menkès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Gorgues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Global Biogeochemical Cycles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 22, pp.GB2019. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2006GB002919⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00388077v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Indonesian throughflow control of the eastern equatorial Pacific biogeochemistry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Gorgues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe E. Menkès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Aumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Dandonneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gurvan Madec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 34, pp.L05609. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2006GL028210⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00153326v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Concentration of floating biogenic material in convergence zones</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Dandonneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe E. Menkès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olaf Duteil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Gorgues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Marine Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 69, pp.226-232. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jmarsys.2006.02.016⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00193692v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Influence of the oceanic biology on the tropical Pacific climate in a coupled general circulation model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Lengaigne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe E. Menkès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Aumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Gorgues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bopp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Climate Dynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 28 (5), pp.503-516. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00382-006-0200-2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00154018v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Biogeochemical impact of tropical instability waves in the equatorial Pacific</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Gorgues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe E. Menkès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Aumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Vialard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Dandonneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 32, pp.L24615. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2005GL024110⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00122343v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Autre publication scientifique (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corrigendum: Reconstructing global chlorophyll-a variations using a non-linear statistical approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élodie Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gorgues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Lengaigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaëlle Sauzède</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Christophe Menkes</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe E. Menkès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3389/fmars.2024.1419611⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04650259v1</w:t>
-              </w:r>
-[...3838 lines deleted...]
-                <w:t xml:space="preserve">hal-00122343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spatial multi-modality as a way to improve both performance and interpretability of deep learning models to reconstruct phytoplankton time-series in the global ocean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joana Roussillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Fablet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gorgues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Drumetz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Martinez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU General Assembly 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Vienna, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04231217v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sedimentary particulate iron : the missing micronutrients ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Houda Beghoura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gorgues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Aumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Planquette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19th EGU General Assembly, EGU2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2017, Vienna, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02099102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4352,91 +4486,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamique de la biogéochimie marine : apport de la modélisation.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gorgues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences de l'environnement. Université de bretagne occidentale, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-05274236v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4446,539 +4580,539 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution of mathematical modeling to the ecosystem approach to fisheries management and the marine environment (EAMME) : the AWA experience</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothée Brochier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Amaël Auger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Estrade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aliou Ba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Koné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICAWA : International Conference AWA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2017, Mindelo, Cape Verde. pp.39-40</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02776531v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spatial and temporal variability of primary production in the north-west African upwelling : a modelling approach [résumé]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Amaël Auger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gorgues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Machu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothée Brochier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Brehmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICAWA : International Conference AWA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2018, Lanzarote, Spain. pp.120</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02778768v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How abiotic sedimentary particulate iron may impact the dissolved iron distribution and may change our understanding on global ocean biogeochemical cycles ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Houda Beghoura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gorgues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Aumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Planquette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Tagliabue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ASLO 2019 Aquatic Sciences Meeting, Planet Water challenges and successes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2019, Puerto - Rico, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02099104v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oxygen variability over the continental shelf of southern Senegal [résumé]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Machu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Capet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gorgues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P.A. Auger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alban Lazar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PREFACE-PIRATA-CLIVAR Tropical Atlantic Variability Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2015, Cape Town, South Africa. p. 67</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04644575v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId156"/>
+      <w:footerReference w:type="default" r:id="rId161"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -5125,51 +5259,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650259v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Martinez" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gorgues" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Lengaigne" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Sauz&#232;de" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Menkes" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2024.1419611" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04672609v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Pauthenet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Martinez" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana Roussillon" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Drumetz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024GL108916" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05274721v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Albernhe" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lehodey" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Menkes" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Titaud" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pocean.2024.103370" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04628031v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Richon" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Cole" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ika Paul-Pont" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Maes" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-9326/ad5195" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04731256v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Portela" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Kolodziejczyk" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Zika" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Perruche" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023jc020259" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04624499v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann D Bell" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inna Senina" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy Adams" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Aumont" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Calmettes" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41893-023-01171-z" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03815394v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Ariza" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lebourges-Dhaussy" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Receveur" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41558-022-01479-2" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03811137v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bopp" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lester Kwiatkowski" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Clerc" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onard Dupont" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-19-4267-2022" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03317932v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann D. Bell" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41893-021-00745-z" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03145846v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Fontana" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2020.618249" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02941302v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2020.00464" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03227823v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouar Brini" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs12244156" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04202641v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelina Cassianides" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Carton" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs12162520" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02399583v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent M&#233;mery" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2018GL081748" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407864v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houda Beghoura" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Planquette" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Tagliabue" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2019JC015119" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01860661v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Dutheil" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lorrain" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bonnet" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-15-4333-2018" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02572319v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Cadier" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Sourisseau" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher A. Edwards" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmarsys.2017.01.004" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02315168v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane L'Helguen" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2017GL074173" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01483129v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmarsys.2016.09.009" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01429759v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Ama&#235;l Auger" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Machu" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Brehmer" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-13-6419-2016" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01414033v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Younjoo J. Lee" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia A. Matrai" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie A. M. Friedrichs" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Saba" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2016JC011993" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01132347v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. A. Auger" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Machu" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Gorgues" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Grima" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Waeles" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2014.10.045" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00690782v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier M&#233;nage" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Terre" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Gaillard" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00489895v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe E. Menk&#232;s" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lia Slemons" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Dandonneau" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dsr.2009.12.008" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HQ19NP75-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00454486v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James W. Murray" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dsr.2009.08.005" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3BNB6B2C-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00388077v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keith B. Rodgers" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2006GB002919" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00154018v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00382-006-0200-2" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-D6G3FLWC-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00193692v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olaf Duteil" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmarsys.2006.02.016" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00153326v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gurvan Madec" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2006GL028210" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00122343v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Vialard" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2005GL024110" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04231217v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Fablet" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02099102v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05274236v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02776531v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Brochier" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Estrade" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliou Ba" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Kon&#233;" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02778768v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02099104v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04644575v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Capet" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.A. Auger" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Lazar" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05538826v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Albernhe" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gorgues" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Titaud" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Lehodey" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Menkes" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/sp-6-osr9-4-2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05274721v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Albernhe" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lehodey" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Menkes" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Titaud" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pocean.2024.103370" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04672609v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Pauthenet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Martinez" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana Roussillon" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Drumetz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024GL108916" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04628031v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Richon" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Cole" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ika Paul-Pont" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Maes" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-9326/ad5195" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04731256v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Portela" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Kolodziejczyk" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Zika" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Perruche" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023jc020259" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04624499v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann D Bell" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inna Senina" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy Adams" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Aumont" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Calmettes" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41893-023-01171-z" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03815394v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Ariza" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Lengaigne" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lebourges-Dhaussy" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Receveur" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41558-022-01479-2" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03811137v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bopp" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lester Kwiatkowski" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Clerc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onard Dupont" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-19-4267-2022" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03317932v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann D. Bell" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41893-021-00745-z" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03145846v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Fontana" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Sauz&#232;de" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2020.618249" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02941302v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2020.00464" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03227823v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouar Brini" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs12244156" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04202641v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelina Cassianides" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Carton" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs12162520" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02399583v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent M&#233;mery" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2018GL081748" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407864v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houda Beghoura" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Planquette" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Tagliabue" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2019JC015119" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01860661v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Dutheil" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lorrain" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bonnet" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-15-4333-2018" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02315168v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Cadier" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane L'Helguen" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Sourisseau" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2017GL074173" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02572319v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher A. Edwards" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmarsys.2017.01.004" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01483129v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmarsys.2016.09.009" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01414033v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Younjoo J. Lee" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia A. Matrai" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie A. M. Friedrichs" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Saba" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2016JC011993" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01429759v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Ama&#235;l Auger" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Machu" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Brehmer" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-13-6419-2016" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01132347v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. A. Auger" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Machu" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Gorgues" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Grima" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Waeles" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2014.10.045" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00690782v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier M&#233;nage" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Terre" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Gaillard" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00489895v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe E. Menk&#232;s" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lia Slemons" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Dandonneau" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dsr.2009.12.008" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HQ19NP75-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00454486v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James W. Murray" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dsr.2009.08.005" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3BNB6B2C-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00388077v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keith B. Rodgers" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2006GB002919" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00153326v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gurvan Madec" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2006GL028210" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00193692v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olaf Duteil" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmarsys.2006.02.016" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00154018v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00382-006-0200-2" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-D6G3FLWC-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00122343v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Vialard" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2005GL024110" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650259v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Martinez" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2024.1419611" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04231217v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Fablet" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02099102v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05274236v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02776531v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Brochier" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Estrade" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliou Ba" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Kon&#233;" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02778768v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02099104v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04644575v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Capet" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.A. Auger" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Lazar" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>