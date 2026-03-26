--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -315,213 +315,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05500831v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Copper substitution in lanthanum-deficient LaFeO3 perovskites for enhanced photoelectrochemical solar hydrogen production</w:t>
+                <w:t xml:space="preserve">Improving magnetic properties of Mn- and Zn-doped core–shell iron oxide nanoparticles by tuning their size</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Guigoz</w:t>
+                <w:t xml:space="preserve">Dounia Louaguef</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghouti Medjahdi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphanie Bruyère</w:t>
+                <w:t xml:space="preserve">Sébastien Diliberto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvie Migot</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Raphaël Schneider</w:t>
+                <w:t xml:space="preserve">Klaus Seemann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gries</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Hydrogen Energy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijhydene.2025.150072⟩</w:t>
+              <w:t xml:space="preserve">Beilstein Journal of Nanotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 16, pp.2285-2295. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3762/bjnano.16.157⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05124597v1</w:t>
+                <w:t xml:space="preserve">hal-05417240v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Porous nitrogen-doped TiO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;/graphene oxide derived from H&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;N-MIL-125(Ti)/graphene oxide composites as highly efficient visible light active photocatalysts for the degradation of dyes and carbamazepine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Askar Bakhadur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Halima Alem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Carré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -530,344 +534,340 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lavinia Balan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Surface Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 714, pp.164466. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.apsusc.2025.164466⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05231793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ammonia cracking by microwave plasma under reduced pressure</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Copper substitution in lanthanum-deficient LaFeO3 perovskites for enhanced photoelectrochemical solar hydrogen production</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Guigoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Awaji</w:t>
+                <w:t xml:space="preserve">Stéphanie Bruyère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Pentecoste-Cuynet</w:t>
+                <w:t xml:space="preserve">Sylvie Migot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Noël</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Raphaël Schneider</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Gries</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Hydrogen Energy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 119, pp.377-385. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijhydene.2025.03.118⟩</w:t>
+              <w:t xml:space="preserve">, In press, 148, pp.150072. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijhydene.2025.150072⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05140670v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05124597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improving magnetic properties of Mn- and Zn-doped core–shell iron oxide nanoparticles by tuning their size</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ammonia cracking by microwave plasma under reduced pressure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Awaji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Pentecoste-Cuynet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dounia Louaguef</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Ghouti Medjahdi</w:t>
+                <w:t xml:space="preserve">C. Noël</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Diliberto</w:t>
+                <w:t xml:space="preserve">T. Gries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Klaus Seemann</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Thomas Gries</w:t>
+                <w:t xml:space="preserve">M. Belmahi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Beilstein Journal of Nanotechnology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 16, pp.2285-2295. </w:t>
+              <w:t xml:space="preserve">International Journal of Hydrogen Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 119, pp.377-385. </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3762/bjnano.16.157⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijhydene.2025.03.118⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05417240v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05140670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microwave-assisted synthesis of highly photoluminescent core/shell CuInZnSe/ZnS quantum dots as photovoltaic absorbers</w:t>
               </w:r>
@@ -981,680 +981,680 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04974482v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">0D/1D CuO-Cu2O/ZnO p-n heterojunction with high photocatalytic activity for the degradation of dyes and Naproxen</w:t>
+                <w:t xml:space="preserve">Synthesis and growth mechanism of Bi2O2CO3 nanosheets by pulsed discharges in liquids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mouna Ibn Mahrsi</w:t>
+                <w:t xml:space="preserve">Anna Nominé Nominé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bilel Chouchene</w:t>
+                <w:t xml:space="preserve">M. Nazarov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Ghouti Medjahdi</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Noel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jaâfar Ghanbaja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Environmental Chemical Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jece.2024.113072⟩</w:t>
+              <w:t xml:space="preserve">Applied Surface Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 674, pp.160844. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.apsusc.2024.160844⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04577127v1</w:t>
+                <w:t xml:space="preserve">hal-04669983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ZnMgO Thin Films by Ultrasonic Spray Pyrolysis: Modulation of Optical and Electrical Properties by Post‐annealing and Magnesium Composition</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Voltage-Driven Fluorine Motion for Novel Organic Spintronic Memristor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Boulet</w:t>
+                <w:t xml:space="preserve">Abir Nachawaty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Victor Colas</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Thomas Gries</w:t>
+                <w:t xml:space="preserve">Tongxin Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatima Ibrahim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuchen Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yafei Hao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physica Status Solidi A (applications and materials science)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/pssa.202400015⟩</w:t>
+              <w:t xml:space="preserve">Advanced Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, Advanced Materials, 36 (33), pp.2401611. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/adma.202401611⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04625064v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04614360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Voltage-Driven Fluorine Motion for Novel Organic Spintronic Memristor</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">TiO2 coated complex 3D Foams: Physical properties and photocurrent generation mechanisms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yuchen Wang</w:t>
+                <w:t xml:space="preserve">Loris Chavée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Gries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yafei Hao</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Stéphane Lucas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emile Haye</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/adma.202401611⟩</w:t>
+              <w:t xml:space="preserve">Surfaces and Interfaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 49, pp.104392. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.surfin.2024.104392⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04614360v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04751566v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">TiO2 coated complex 3D Foams: Physical properties and photocurrent generation mechanisms</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Loris Chavée</w:t>
+                <w:t xml:space="preserve">ZnMgO Thin Films by Ultrasonic Spray Pyrolysis: Modulation of Optical and Electrical Properties by Post‐annealing and Magnesium Composition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wafae El Berjali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sidi Ould Saad Hamady</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Boulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Colas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Surfaces and Interfaces</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.surfin.2024.104392⟩</w:t>
+              <w:t xml:space="preserve">Physica Status Solidi A (applications and materials science)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 221 (14), pp.2400015. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/pssa.202400015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04751566v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04625064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis and growth mechanism of Bi2O2CO3 nanosheets by pulsed discharges in liquids</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">M. Nazarov</w:t>
+                <w:t xml:space="preserve">0D/1D CuO-Cu2O/ZnO p-n heterojunction with high photocatalytic activity for the degradation of dyes and Naproxen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mouna Ibn Mahrsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bilel Chouchene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jaâfar Ghanbaja</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Carré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghouti Medjahdi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Surface Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 674, pp.160844. </w:t>
+              <w:t xml:space="preserve">Journal of Environmental Chemical Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 12 (3), pp.113072. </w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.apsusc.2024.160844⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jece.2024.113072⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04669983v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04577127v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ternary ZnS/ZnO/Graphitic Carbon Nitride Heterojunction for Photocatalytic Hydrogen Production</w:t>
               </w:r>
@@ -1666,51 +1666,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Asset Bolatov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alida Manjovelo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bilel Chouchene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lavinia Balan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1768,295 +1768,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04721684v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Novel ZnO/Ag nanohybrids prepared from Ag+-doped layered zinc hydroxides as highly active photocatalysts for the degradation of dyes and Ciprofloxacin</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mixing gold and iron in nanoparticles by electrical discharges in liquid: A new approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilien Girot</w:t>
+                <w:t xml:space="preserve">A.V. Nominé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Gries</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Noël</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Ghanbaja</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Bruyere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloids and Surfaces A: Physicochemical and Engineering Aspects</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.colsurfa.2023.131643⟩</w:t>
+              <w:t xml:space="preserve">Nano-Structures &amp; Nano-Objects</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 35, pp.100996. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nanoso.2023.100996⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04098478v1</w:t>
+                <w:t xml:space="preserve">hal-04137130v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mixing gold and iron in nanoparticles by electrical discharges in liquid: A new approach</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Cédric Noël</w:t>
+                <w:t xml:space="preserve">Novel ZnO/Ag nanohybrids prepared from Ag+-doped layered zinc hydroxides as highly active photocatalysts for the degradation of dyes and Ciprofloxacin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mouna Ibn Mahrsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bilel Chouchene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Gries</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Carré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Ghanbaja</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">S. Bruyere</w:t>
+                <w:t xml:space="preserve">Emilien Girot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nano-Structures &amp; Nano-Objects</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 35, pp.100996. </w:t>
+              <w:t xml:space="preserve">Colloids and Surfaces A: Physicochemical and Engineering Aspects</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 671, pp.131643. </w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.nanoso.2023.100996⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.colsurfa.2023.131643⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04137130v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04098478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Submerged Discharges in Liquids for Nanoobject Synthesis: Expectations and Capabilities</w:t>
               </w:r>
@@ -2068,64 +2068,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Belmonte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A V Nominé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Noël</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Gries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Nominé,</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2189,77 +2189,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Selected I-III-VI 2 Semiconductors: Synthesis, Properties and Applications in Photovoltaic Cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shubham Shishodia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bilel Chouchene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Schneider</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nanomaterials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 13, pp.2889. </w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2421,334 +2421,334 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04553441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the correlation between the TiN thin film properties and the energy flux of neutral sputtered atoms in direct current magnetron discharge</w:t>
+                <w:t xml:space="preserve">Bismuth oxybromide/reduced graphene oxide heterostructure sensitized with Zn-tetracarboxyphthalocyanine as a highly efficient photocatalyst for the degradation of Orange II and phenol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abderzak El Farsy</w:t>
+                <w:t xml:space="preserve">Seydou Ouedraogo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bilel Chouchene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Gries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-François Pierson</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Christophe Desmarets</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lavinia Balan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-6463/ac9daa⟩</w:t>
+              <w:t xml:space="preserve">Journal of Environmental Chemical Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 10 (2), pp.107332. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jece.2022.107332⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03832707v1</w:t>
+                <w:t xml:space="preserve">hal-03563552v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bismuth oxybromide/reduced graphene oxide heterostructure sensitized with Zn-tetracarboxyphthalocyanine as a highly efficient photocatalyst for the degradation of Orange II and phenol</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">On the correlation between the TiN thin film properties and the energy flux of neutral sputtered atoms in direct current magnetron discharge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abderzak El Farsy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Pierson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Gries</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seydou Ouedraogo</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Thomas Gries</w:t>
+                <w:t xml:space="preserve">Ludovic de Poucques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Desmarets</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jamal Bougdira</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Environmental Chemical Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 10 (2), pp.107332. </w:t>
+              <w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jece.2022.107332⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1361-6463/ac9daa⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03563552v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03832707v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heterostructured Photocatalysts Associating ZnO Nanorods and Ag-In-Zn-S Quantum Dots for the Visible Light-Driven Photocatalytic Degradation of the Acid Orange 7 Dye</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maroua Mrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bilel Chouchene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tahar Ben Chaabane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2819,425 +2819,425 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03885865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elaboration of high-transparency ZnO thin films by ultrasonic spray pyrolysis with fast growth rate</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Study by Optical Spectroscopy of Bismuth Emission in a Nanosecond-Pulsed Discharge Created in Liquid Nitrogen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Nominé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sourav Bose</w:t>
+                <w:t xml:space="preserve">Cédric Noel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Gries</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Nominé,</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christyves Chevallier</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Jean-François Pierson</w:t>
+                <w:t xml:space="preserve">Valentin Milichko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Superlattices and Microstructures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.spmi.2021.106945⟩</w:t>
+              <w:t xml:space="preserve">Molecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 26 (23), pp.7403. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/molecules26237403⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03247120v1</w:t>
+                <w:t xml:space="preserve">hal-03468388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enhanced photoelectrocatalytic hydrogen evolution using off-stoichiometry La 0.43 FeO y films</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Guigoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bruyère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Migot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Schneider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Alloys and Compounds</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 893, pp.162238. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jallcom.2021.162238⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03372674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study by Optical Spectroscopy of Bismuth Emission in a Nanosecond-Pulsed Discharge Created in Liquid Nitrogen</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anna Nominé</w:t>
+                <w:t xml:space="preserve">Elaboration of high-transparency ZnO thin films by ultrasonic spray pyrolysis with fast growth rate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sourav Bose</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cédric Noel</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Nominé,</w:t>
+                <w:t xml:space="preserve">Christyves Chevallier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sidi Ould Saad Hamady</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valentin Milichko</w:t>
+                <w:t xml:space="preserve">David Horwat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Pierson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecules</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 26 (23), pp.7403. </w:t>
+              <w:t xml:space="preserve">Superlattices and Microstructures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 156, pp.106945. </w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/molecules26237403⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.spmi.2021.106945⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03468388v1</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03247120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis of nanomaterials by electrode erosion using discharges in liquids</w:t>
               </w:r>
@@ -3249,51 +3249,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna V. Nominé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Noel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Nominé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3357,51 +3357,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Graphitic carbon nitride/SmFeO 3 composite Z-scheme photocatalyst with high visible light activity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bilel Chouchene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3409,51 +3409,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lavinia Balan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghouti Medjahdi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Schneider</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nanotechnology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 31 (46), pp.465704. </w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3500,51 +3500,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heterostructured g-CN/TiO 2 Photocatalysts Prepared by Thermolysis of g-CN/MIL-125(Ti) Composites for Efficient Pollutant Degradation and Hydrogen Production</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Batukhan Tatykayev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bilel Chouchene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lavinia Balan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3621,90 +3621,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heterostructured thin LaFeO3/g-C3N4 films for efficient photoelectrochemical hydrogen evolution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Guigoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lavinia Balan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelhay Aboulaich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Schneider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3803,51 +3803,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Migot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.F. Pierson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Gries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Acta Materialia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 181, pp.78-86. </w:t>
@@ -3898,90 +3898,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Core/shell rGO/BiOBr particles with visible photocatalytic activity towards water pollutants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lakhdar Allagui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bilel Chouchene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghouti Medjahdi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilien Girot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Surface Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 490, pp.580-591. </w:t>
@@ -4032,51 +4032,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">One pot synthesis of bismuth oxide/graphitic carbon nitride composites with high photocatalytic activity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malek Ben Abdelaziz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bilel Chouchene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lavinia Balan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4192,51 +4192,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Imam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Pilloud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Ghanbaja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Miska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4300,51 +4300,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Growth of ZnO Nanorods on Graphitic Carbon Nitride gCN Sheets for the Preparation of Photocatalysts with High Visible-Light Activity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hatem Moussa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bilel Chouchene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4434,64 +4434,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Copper octacarboxyphthalocyanine as sensitizer of graphitic carbon nitride for efficient dye degradation under visible light irradiation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seydou Ouédraogo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bilel Chouchene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Desmarets</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4549,921 +4549,921 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01832500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis of RuO 2 Nanowires by Alkali-Assisted Oxidation of Ruthenium in Plasma Afterglow at Atmospheric Pressure</w:t>
+                <w:t xml:space="preserve">Fast synthesis of ultrathin ZnO nanowires by oxidation of Cu/Zn stacks in low-pressure afterglow</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D Kuete Saa</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">T. Gries</w:t>
+                <w:t xml:space="preserve">A Altaweel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S Migot-Choux</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId83" w:history="1">
+                <w:t xml:space="preserve">A Imam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Ghanbaja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Pascal Boulet</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Mangin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Miska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Nanotechnology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TNANO.2017.2699861⟩</w:t>
+              <w:t xml:space="preserve">Nanotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 28 (8), pp.085602. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-6528/28/8/085602⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02106036v1</w:t>
+                <w:t xml:space="preserve">hal-02106043v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fast synthesis of ultrathin ZnO nanowires by oxidation of Cu/Zn stacks in low-pressure afterglow</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Synthesis of RuO 2 Nanowires by Alkali-Assisted Oxidation of Ruthenium in Plasma Afterglow at Atmospheric Pressure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Imam</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId83" w:history="1">
+                <w:t xml:space="preserve">D Kuete Saa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Gries</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Migot-Choux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Ghanbaja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">P. Miska</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Boulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanotechnology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 28 (8), pp.085602. </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Nanotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, </w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1361-6528/28/8/085602⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TNANO.2017.2699861⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02106043v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02106036v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sub-micro a-C:H patterning of silicon surfaces assisted by atmospheric-pressure plasma-enhanced chemical vapor deposition</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Nanostructures design by plasma afterglow-assisted oxidation of iron–copper thin films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Imam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexis Boileau</w:t>
-[...53 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A. Boileau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Gries</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Ghanbaja</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Mangin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/0022-3727/49/44/445306⟩</w:t>
+              <w:t xml:space="preserve">Journal of Crystal Growth</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 442, pp.52-61. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jcrysgro.2016.02.032⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02113592v1</w:t>
+                <w:t xml:space="preserve">hal-02113601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Localised growth of CuO nanowires by micro-afterglow oxidation at atmospheric pressure: Investigation of the role of stress</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Interaction of (3-Aminopropyl)triethoxysilane with Pulsed Ar-O 2 Afterglow: Application to Nanoparticles Synthesis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. M. Gueye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Gries</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Noel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Altaweel</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">S. Migot</w:t>
+                <w:t xml:space="preserve">S. Migot-Choux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Boulet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">A. Mézin</w:t>
+                <w:t xml:space="preserve">S. Bulou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Surface and Coatings Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.surfcoat.2016.08.001⟩</w:t>
+              <w:t xml:space="preserve">Plasma Chemistry and Plasma Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 36, pp.1031-1050. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11090-016-9708-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02113594v1</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02113599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interaction of (3-Aminopropyl)triethoxysilane with Pulsed Ar-O 2 Afterglow: Application to Nanoparticles Synthesis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Localised growth of CuO nanowires by micro-afterglow oxidation at atmospheric pressure: Investigation of the role of stress</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Altaweel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Gries</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Migot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Boulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. M. Gueye</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">S. Bulou</w:t>
+                <w:t xml:space="preserve">A. Mézin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plasma Chemistry and Plasma Processing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11090-016-9708-3⟩</w:t>
+              <w:t xml:space="preserve">Surface and Coatings Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 305, pp.254-263. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.surfcoat.2016.08.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02113599v1</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02113594v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nanostructures design by plasma afterglow-assisted oxidation of iron–copper thin films</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">A. Imam</w:t>
+                <w:t xml:space="preserve">Sub-micro a-C:H patterning of silicon surfaces assisted by atmospheric-pressure plasma-enhanced chemical vapor deposition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Boileau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Gries</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Noel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodrigo Perito Cardoso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Boileau</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Thierry Belmonte</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Crystal Growth</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 442, pp.52-61. </w:t>
+              <w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 49 (44), pp.445306. </w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jcrysgro.2016.02.032⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/0022-3727/49/44/445306⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02113601v1</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02113592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis of RuO 2 nanowires from Ru thin films by atmospheric pressure micro-post-discharge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Kuete Saa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Gries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Migot-Choux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Ghanbaja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Mangin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Surface and Coatings Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 295, pp.13-19. </w:t>
@@ -5527,51 +5527,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magamou Gueye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Noel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Migot-Choux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5648,90 +5648,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plasma afterglow-assisted oxidation of iron–copper bilayers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Imam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Gries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Sezen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Amati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Mangin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nano-Structures &amp; Nano-Objects</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 7, pp.41-48. </w:t>
@@ -5769,64 +5769,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Theoretical background of optical emission spectroscopy for analysis of atmospheric pressure plasmas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Belmonte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Noël</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5893,436 +5893,436 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03612173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Local Modification of the Microstructure and Electrical Properties of Multifunctional Au-YSZ Nanocomposite Thin Films by Laser Interference Patterning</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Growth of ruthenium dioxide nanostructures by micro-afterglow oxidation at atmospheric pressure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Kuete Saa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. P. Cardoso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Kosior</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Al Taweel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gries</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jose-Luis Endrino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 6 (16), pp.13707-13715. </w:t>
+              <w:t xml:space="preserve">Surface and Coatings Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 255, pp.3-7. </w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/am503160w⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.surfcoat.2013.10.040⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01283893v1</w:t>
+                <w:t xml:space="preserve">hal-01285342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Controlled growth of copper oxide nanostructures by atmospheric pressure micro-afterglow</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Altaweel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Filipic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Belmonte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Crystal Growth</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 407, pp.17-24. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jcrysgro.2014.08.029⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01285337v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Growth of ruthenium dioxide nanostructures by micro-afterglow oxidation at atmospheric pressure</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">R. P. Cardoso</w:t>
+                <w:t xml:space="preserve">Local Modification of the Microstructure and Electrical Properties of Multifunctional Au-YSZ Nanocomposite Thin Films by Laser Interference Patterning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Gries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francis Kosior</w:t>
+                <w:t xml:space="preserve">Rodolphe Catrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Migot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Al Taweel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Thomas Gries</w:t>
+                <w:t xml:space="preserve">Flavio Soldera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jose-Luis Endrino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Surface and Coatings Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.surfcoat.2013.10.040⟩</w:t>
+              <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 6 (16), pp.13707-13715. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/am503160w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01285342v1</w:t>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01283893v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Determining electron temperature and electron density in moderate pressure H-2/CH4 microwave plasma</w:t>
               </w:r>
@@ -6451,64 +6451,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plasma-surface interaction in heptane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Hamdan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Kosior</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Noel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Henrion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6566,332 +6566,332 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01284948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular beam mass spectrometry and kinetic modelling of CH4–CO2–H2O plasmas for syngas production</w:t>
+                <w:t xml:space="preserve">Localized Growth of Silicon Oxide Nanowires by Micro-Afterglow Oxidation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Vandenbulcke</w:t>
+                <w:t xml:space="preserve">Gregory Arnoult</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Gries</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Henrion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Migot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. de Persis</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Vincent Fournée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Taiwan Institute of Chemical Engineers</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Plasma Processes and Polymers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 9 (11-12), pp.1125-1131. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ppap.201100191⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jtice.2012.03.006⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02326636v1</w:t>
+                <w:t xml:space="preserve">hal-02190517v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Localized Growth of Silicon Oxide Nanowires by Micro-Afterglow Oxidation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Molecular beam mass spectrometry and kinetic modelling of CH4–CO2–H2O plasmas for syngas production</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Vandenbulcke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gregory Arnoult</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Migot</w:t>
+                <w:t xml:space="preserve">S. de Persis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Gries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Fournée</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">J.L. Delfau</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plasma Processes and Polymers</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 9 (11-12), pp.1125-1131. </w:t>
+              <w:t xml:space="preserve">Journal of the Taiwan Institute of Chemical Engineers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 43 (5), pp.724-729. </w:t>
             </w:r>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/ppap.201100191⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jtice.2012.03.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02190517v1</w:t>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02326636v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of laser interference patterning on microstructure and friction behavior of gold/yttria-stabilized zirconia nanocomposite thin films</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Catrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6899,51 +6899,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Raillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frank Mücklich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Migot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Materials Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 27 (6), pp.879-885. </w:t>
@@ -6975,302 +6975,302 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02326654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chemical vapour deposition enhanced by atmospheric microwave plasmas: a large-scale industrial process or the next nanomanufacturing tool?</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">T. Gries</w:t>
+                <w:t xml:space="preserve">Nanoscience with non-equilibrium plasmas at atmospheric pressure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Belmonte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Cardoso</w:t>
+                <w:t xml:space="preserve">G Arnoult</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G Arnoult</w:t>
+                <w:t xml:space="preserve">G Henrion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Kosior</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">T Gries</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plasma Sources Science and Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 20 (2), pp.024004. </w:t>
+              <w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 44 (36), pp.363001. </w:t>
             </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/0963-0252/20/2/024004⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/0022-3727/44/36/363001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02190534v1</w:t>
+                <w:t xml:space="preserve">hal-00651636v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nanoscience with non-equilibrium plasmas at atmospheric pressure</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId248" w:history="1">
+                <w:t xml:space="preserve">Chemical vapour deposition enhanced by atmospheric microwave plasmas: a large-scale industrial process or the next nanomanufacturing tool?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Belmonte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Gries</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Cardoso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G Arnoult</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId253" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T Gries</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">F. Kosior</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 44 (36), pp.363001. </w:t>
+              <w:t xml:space="preserve">Plasma Sources Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 20 (2), pp.024004. </w:t>
             </w:r>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/0022-3727/44/36/363001⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/0963-0252/20/2/024004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00651636v1</w:t>
+                <w:t xml:space="preserve">hal-02190534v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nonequilibrium Atmospheric Plasma Deposition</w:t>
               </w:r>
@@ -7282,51 +7282,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Belmonte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Henrion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Gries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Thermal Spray Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 20 (4), pp.744-759. </w:t>
             </w:r>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7399,51 +7399,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Belmonte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Henrion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Gries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Tixhon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7490,77 +7490,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Molecular beam mass spectrometry and modelling of CH4–CO2 plasmas in relation with polycrystalline and nanocrystalline diamond deposition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Vandenbulcke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Gries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. de Persis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Met</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7636,90 +7636,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diagnostics in dusty C–H–O plasmas with diamond and graphitic nanoparticle generation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Gries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Vandenbulcke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Rouzaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. de Persis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plasma Sources Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 19 (2), pp.025015. </w:t>
             </w:r>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7765,103 +7765,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental and kinetic studies of C–H–O plasmas for polycrystalline and nano-smooth diamond deposition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Gries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. de Persis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Vandenbulcke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Met</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.L. Delfau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Diamond and Related Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 18 (5-8), pp.730-733. </w:t>
@@ -7911,64 +7911,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nanodiamonds in dusty low-pressure plasmas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Vandenbulcke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Gries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.N. Rouzaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8015,103 +8015,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diagnostics and modeling of CH[sub 4]–CO[sub 2] plasmas for nanosmooth diamond deposition: Comparison to experimental data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Gries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Vandenbulcke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. de Persis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Aubry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.L. Delfau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Vacuum Science &amp; Technology B Microelectronics and Nanometer Structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 27 (5), pp.2309. </w:t>
             </w:r>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
@@ -8145,64 +8145,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anisotropic biaxial stresses in diamond films by polarized Raman spectroscopy of cubic polycrystals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Gries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Vandenbulcke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8262,64 +8262,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polarized micro-Raman spectroscopy for studying stresses in as-grown and tensile-tested diamond films</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Gries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Vandenbulcke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8391,64 +8391,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stresses in textured and polycrystalline cubic films by Raman spectroscopy: application to diamond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Gries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Vandenbulcke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Canizares</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8540,103 +8540,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High quality ZnMgAlO thin films by ultrasonic spray pyrolysis: tuning of optoelectronic properties for use as TCO, window layer, and buffer layer in all-oxide solar cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wafae El Berjali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sidi Ould Saad Hamady</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Boulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Horwat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Oxide-based Materials and Devices XV</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 12887, SPIE, pp.42, 2024, </w:t>
@@ -8813,51 +8813,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compositional engineering of highly emissive and widely tunable I-III-VI based quantum dots (QDs) for photovoltaic applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shubham Shishodia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Schneider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8934,51 +8934,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin A. Milichko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Nominé,</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Noël</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9115,51 +9115,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Graphitic carbon nitride/SmFeO3 composite Z-scheme photocatalyst with high visible light activity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bilel Chouchene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9351,316 +9351,316 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04168804v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photoproduction d’hydrogène à partir de nitrure de carbone poreux et fonctionnalisé</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Effect of the precursor concentration on structural properties of ZnO thin films by ultrasonic spray pyrolysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sourav Bose</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christyves Chevallier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sidi Ould Saad Hamady</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Horwat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Pierson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Energie du CNRS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2021, Paris, France</w:t>
+              <w:t xml:space="preserve">European Materials Research Society (E-MRS) Spring Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2021, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03471997v1</w:t>
+                <w:t xml:space="preserve">hal-03247128v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of the precursor concentration on structural properties of ZnO thin films by ultrasonic spray pyrolysis</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Photoproduction d’hydrogène à partir de nitrure de carbone poreux et fonctionnalisé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nouhaila Rochdi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bilel Chouchene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Gries</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Schneider</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Materials Research Society (E-MRS) Spring Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2021, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">Colloque Energie du CNRS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId307" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03247128v1</w:t>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03471997v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ultrathin metallic oxide nanostructures synthesized by microwave plasma afterglow for photocatalysis applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Noël</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Belmonte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the X International Workshop on Microwave Discharges: Fundamentals and Applications (MD-10)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Zvenigorod, Russia. pp.135-142</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9717,90 +9717,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improving magnetic properties of Mn and Zn doped polyhedral core/shell iron oxide nanoparticles by tuning their size</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dounia Louaguef</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghouti Medjahdi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Diliberto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Klaus Seemann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9925,51 +9925,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="257FD77E"/>
+    <w:nsid w:val="654EC190"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10156,51 +10156,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/thomas-gries" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4601-2675" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/132212609" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05500831v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sher Mohd" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lavinia Balan" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gries" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Halima Alem" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghouti Medjahdi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d5cy00926j" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05124597v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Guigoz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bruy&#232;re" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Migot" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Schneider" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2025.150072" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05231793v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Askar Bakhadur" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Carr&#233;" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2025.164466" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05140670v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Awaji" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Pentecoste-Cuynet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. No&#235;l" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Gries" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Belmahi" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2025.03.118" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05417240v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dounia Louaguef" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Diliberto" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaus Seemann" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3762/bjnano.16.157" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04974482v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shubham Shishodia" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Rinnert" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordane Jasniewski" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bruyere" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4na00893f" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04577127v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouna Ibn Mahrsi" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bilel Chouchene" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jece.2024.113072" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04625064v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafae El Berjali" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidi Ould Saad Hamady" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Boulet" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Colas" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssa.202400015" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04614360v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abir Nachawaty" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tongxin Chen" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Ibrahim" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuchen Wang" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yafei Hao" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.202401611" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04751566v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loris Chav&#233;e" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Lucas" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emile Haye" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfin.2024.104392" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04669983v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Nomin&#233; Nomin&#233;" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Nazarov" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Noel" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ja&#226;far Ghanbaja" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2024.160844" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04721684v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asset Bolatov" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alida Manjovelo" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma17194877" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04098478v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Girot" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2023.131643" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04137130v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.V. Nomin&#233;" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric No&#235;l" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ghanbaja" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nanoso.2023.100996" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04156074v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Belmonte" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A V Nomin&#233;" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Nomin&#233;," TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11090-023-10349-4" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04265974v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano13212889" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04553441v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Nomin&#233;" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ekaterina Gunina" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Semyon Bachinin" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Solomonov" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail Rybin" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3NR05117J" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03832707v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderzak El Farsy" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Pierson" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic de Poucques" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamal Bougdira" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6463/ac9daa" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03563552v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seydou Ouedraogo" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Desmarets" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jece.2022.107332" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03885865v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maroua Mrad" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tahar Ben Chaabane" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/catal12121585" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03247120v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sourav Bose" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christyves Chevallier" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Horwat" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spmi.2021.106945" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03372674v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2021.162238" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03468388v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Noel" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Milichko" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules26237403" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03409669v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna V. Nomin&#233;" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Nomin&#233;" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin A. Milichko" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0040587" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02924123v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6528/abadc7" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02900959v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Batukhan Tatykayev" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano10071387" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02884612v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhay Aboulaich" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2020.04.267" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02326746v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Borroto" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bruy&#232;re" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Migot" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Pierson" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2019.09.036" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03088840v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lakhdar Allagui" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2019.06.091" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01953554v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malek Ben Abdelaziz" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mcat.2018.12.004" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02144871v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. P&#233;rez" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Imam" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Pilloud" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Miska" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/ab1238" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01932305v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hatem Moussa" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Mozet" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cctc.201801206" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01832500v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seydou Ou&#233;draogo" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcata.2018.06.036" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02106036v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Kuete Saa" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Migot-Choux" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNANO.2017.2699861" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02106043v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Altaweel" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Imam" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Mangin" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6528/28/8/085602" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02113592v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Boileau" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Perito Cardoso" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Belmonte" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0022-3727/49/44/445306" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02113594v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Altaweel" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Boulet" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. M&#233;zin" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfcoat.2016.08.001" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PT1N835G-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02113599v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. M. Gueye" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Noel" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Migot-Choux" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bulou" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11090-016-9708-3" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02113601v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Boileau" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcrysgro.2016.02.032" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02113600v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Kuete Saa" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfcoat.2015.12.005" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02113596v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magamou Gueye" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Migot-Choux" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Bulou" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ppap.201500201" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02113598v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Sezen" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Amati" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nanoso.2016.06.003" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03612173v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Martin" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Henrion" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0963-0252/24/6/064003" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283893v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Catrin" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavio Soldera" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose-Luis Endrino" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/am503160w" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01285337v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Filipic" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcrysgro.2014.08.029" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9XW1QDSF-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01285342v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. P. Cardoso" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Kosior" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Al Taweel" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfcoat.2013.10.040" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7B36Z1WF-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01285330v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Derkaoui" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rond" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gicquel" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0022-3727/47/20/205201" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01284948v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hamdan" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-N Audinot" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4809766" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02326636v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Vandenbulcke" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. de Persis" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Delfau" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtice.2012.03.006" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2SBMQR30-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190517v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Arnoult" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Fourn&#233;e" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ppap.201100191" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-3NX2P523-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02326654v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Raillard" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank M&#252;cklich" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1557/jmr.2011.443" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190534v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Cardoso" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Arnoult" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Kosior" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0963-0252/20/2/024004" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/EC6ADB974F34059E817BE8BD331653E33B194BCF/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00651636v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Henrion" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Gries" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0022-3727/44/36/363001" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/55A0A9D386144E47D639773FD452BDC0CF95205F/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190527v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Henrion" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11666-011-9642-0" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190540v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.P. Cardoso" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Tixhon" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3294966" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02326620v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Met" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Aubry" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.diamond.2010.03.018" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KJH7C2NT-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02326613v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Rouzaud" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0963-0252/19/2/025015" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/D20FA495845755034258AA612485DA6B7BD119AD/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02326561v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.diamond.2009.01.032" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BK2GBHQ1-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02326530v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.N. Rouzaud" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3075604" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02326596v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1116/1.3231447" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00311739v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Simon" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Canizares" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2959338" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00194734v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Simon" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfcoat.2007.08.050" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-86KFQR9V-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00194158v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2798940" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04625058v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3002565" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03246657v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04612342v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04253474v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04326820v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Grosdidier" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Guitton" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04038768v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Balan Lavinia" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Schneider" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04168804v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Heinzelmeier" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Marsigny" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03471997v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nouhaila Rochdi" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03247128v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02346805v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037169v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/thomas-gries" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4601-2675" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/132212609" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05500831v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sher Mohd" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lavinia Balan" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gries" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Halima Alem" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghouti Medjahdi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d5cy00926j" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05417240v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dounia Louaguef" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Diliberto" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaus Seemann" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3762/bjnano.16.157" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05231793v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Askar Bakhadur" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Carr&#233;" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2025.164466" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05124597v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Guigoz" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bruy&#232;re" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Migot" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Schneider" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2025.150072" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05140670v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Awaji" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Pentecoste-Cuynet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. No&#235;l" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Gries" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Belmahi" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2025.03.118" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04974482v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shubham Shishodia" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Rinnert" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordane Jasniewski" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bruyere" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4na00893f" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04669983v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Nomin&#233; Nomin&#233;" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Nazarov" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Noel" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ja&#226;far Ghanbaja" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2024.160844" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04614360v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abir Nachawaty" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tongxin Chen" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Ibrahim" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuchen Wang" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yafei Hao" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.202401611" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04751566v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loris Chav&#233;e" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Lucas" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emile Haye" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfin.2024.104392" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04625064v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafae El Berjali" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidi Ould Saad Hamady" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Boulet" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Colas" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssa.202400015" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04577127v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouna Ibn Mahrsi" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bilel Chouchene" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jece.2024.113072" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04721684v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asset Bolatov" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alida Manjovelo" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma17194877" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04137130v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.V. Nomin&#233;" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric No&#235;l" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ghanbaja" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nanoso.2023.100996" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04098478v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Girot" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2023.131643" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04156074v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Belmonte" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A V Nomin&#233;" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Nomin&#233;," TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11090-023-10349-4" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04265974v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano13212889" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04553441v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Nomin&#233;" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ekaterina Gunina" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Semyon Bachinin" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Solomonov" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail Rybin" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3NR05117J" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03563552v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seydou Ouedraogo" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Desmarets" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jece.2022.107332" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03832707v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderzak El Farsy" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Pierson" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic de Poucques" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamal Bougdira" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6463/ac9daa" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03885865v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maroua Mrad" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tahar Ben Chaabane" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/catal12121585" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03468388v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Noel" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Milichko" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules26237403" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03372674v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2021.162238" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03247120v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sourav Bose" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christyves Chevallier" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Horwat" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spmi.2021.106945" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03409669v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna V. Nomin&#233;" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Nomin&#233;" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin A. Milichko" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0040587" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02924123v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6528/abadc7" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02900959v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Batukhan Tatykayev" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano10071387" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02884612v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhay Aboulaich" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2020.04.267" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02326746v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Borroto" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bruy&#232;re" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Migot" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Pierson" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2019.09.036" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03088840v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lakhdar Allagui" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2019.06.091" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01953554v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malek Ben Abdelaziz" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mcat.2018.12.004" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02144871v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. P&#233;rez" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Imam" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Pilloud" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Miska" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/ab1238" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01932305v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hatem Moussa" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Mozet" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cctc.201801206" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01832500v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seydou Ou&#233;draogo" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcata.2018.06.036" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02106043v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Altaweel" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Imam" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Mangin" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6528/28/8/085602" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02106036v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Kuete Saa" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Migot-Choux" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNANO.2017.2699861" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02113601v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Boileau" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcrysgro.2016.02.032" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02113599v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. M. Gueye" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Noel" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Migot-Choux" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bulou" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11090-016-9708-3" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02113594v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Altaweel" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Boulet" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. M&#233;zin" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfcoat.2016.08.001" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PT1N835G-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02113592v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Boileau" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Perito Cardoso" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Belmonte" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0022-3727/49/44/445306" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02113600v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Kuete Saa" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfcoat.2015.12.005" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02113596v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magamou Gueye" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Migot-Choux" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Bulou" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ppap.201500201" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02113598v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Sezen" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Amati" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nanoso.2016.06.003" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03612173v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Martin" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Henrion" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0963-0252/24/6/064003" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01285342v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. P. Cardoso" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Kosior" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Al Taweel" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfcoat.2013.10.040" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7B36Z1WF-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01285337v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Filipic" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcrysgro.2014.08.029" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9XW1QDSF-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283893v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Catrin" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavio Soldera" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose-Luis Endrino" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/am503160w" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01285330v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Derkaoui" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rond" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gicquel" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0022-3727/47/20/205201" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01284948v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hamdan" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-N Audinot" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4809766" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190517v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Arnoult" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Fourn&#233;e" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ppap.201100191" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-3NX2P523-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02326636v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Vandenbulcke" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. de Persis" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Delfau" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtice.2012.03.006" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2SBMQR30-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02326654v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Raillard" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank M&#252;cklich" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1557/jmr.2011.443" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00651636v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Arnoult" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Henrion" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Gries" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0022-3727/44/36/363001" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/55A0A9D386144E47D639773FD452BDC0CF95205F/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190534v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Cardoso" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Kosior" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0963-0252/20/2/024004" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/EC6ADB974F34059E817BE8BD331653E33B194BCF/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190527v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Henrion" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11666-011-9642-0" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190540v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.P. Cardoso" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Tixhon" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3294966" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02326620v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Met" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Aubry" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.diamond.2010.03.018" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KJH7C2NT-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02326613v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Rouzaud" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0963-0252/19/2/025015" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/D20FA495845755034258AA612485DA6B7BD119AD/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02326561v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.diamond.2009.01.032" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BK2GBHQ1-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02326530v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.N. Rouzaud" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3075604" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02326596v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1116/1.3231447" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00311739v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Simon" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Canizares" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2959338" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00194734v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Simon" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfcoat.2007.08.050" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-86KFQR9V-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00194158v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2798940" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04625058v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3002565" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03246657v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04612342v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04253474v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04326820v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Grosdidier" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Guitton" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04038768v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Balan Lavinia" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Schneider" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04168804v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Heinzelmeier" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Marsigny" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03247128v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03471997v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nouhaila Rochdi" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02346805v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037169v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>