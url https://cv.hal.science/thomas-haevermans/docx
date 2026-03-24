--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:116.01208459215px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Thomas Haevermans </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">thomas-haevermans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-8934-4544</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">078085462</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ResearcherID : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://www.researcherid.com/rid/V-5068-2017</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (46)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phylogenomics and the rise of the angiosperms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Zuntini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tom Carruthers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Maurin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Bailey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Leempoel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 629, pp.843-850. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41586-024-07324-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04560060v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Musa species in mainland Southeast Asia: From wild to domesticate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Jenny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Sachter-Smith</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Breton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Rivallan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Jacquemoud-Collet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 19 (10), pp.e0307592. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0307592⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04764194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolutionary history, traits, and weediness in Digitaria (Poaceae: Panicoideae)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sami Touafchia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Maurin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boonchuang Boonsuk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trevor Hodkinson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pranom Chantaranothai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Botanical Journal of the Linnean Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 203 (1), pp.1-19. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/botlinnean/boad014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04245277v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New insights into intergeneric relationships of Hickeliinae (Poaceae: Bambusoideae) revealed by complete plastid genomes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rivontsoa Rakotonasolo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soejatmi Dransfield</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Haevermans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helene Ralimanana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Vorontsova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Diversity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.pld.2022.06.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mnhn-03978677v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conamomum vietnamense (Zingiberaceae), a new species from Tay Nguyen, Vietnam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ngoc-Sam Ly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thanh-Son Hoang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oudomphone Insisiengmay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Haevermans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark Newman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytotaxa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 531 (2), pp.129-135. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.11646/phytotaxa.531.2.5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04037557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taxonomic changes and new species in Malagasy Euphorbia (Euphorbiaceae)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Haevermans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wilbert Hetterscheid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytotaxa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 492 (1), pp.1-61. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.11646/phytotaxa.492.1.1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mnhn-04038300v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new name for Euphorbia linguiformis Hett., Haev. & Spannring (Euphorbiaceae)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Haevermans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wilbert L.A. Hetterscheid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytotaxa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 497 (2), pp.172-172. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.11646/phytotaxa.497.2.10⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mnhn-04038294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Description of five new species of the Madagascan flagship plant genus Ravenala (Strelitziaceae)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Haevermans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annette Hladik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude-Marcel Hladik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Razanatsoa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agathe Haevermans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 11 (1), </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-021-01161-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03426408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High evolutionary and functional distinctiveness of endemic monocots in world islands</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Veron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Kondratyeva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Robuchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Grandcolas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafaël Govaerts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biodiversity and Conservation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10531-021-02272-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03329183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">&amp;lt;strong&amp;gt;Novelties in Malagasy &amp;lt;em&amp;gt;Euphorbia&amp;lt;/em&amp;gt; (Euphorbiaceae)&amp;lt;/strong&amp;gt;</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Haevermans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wilbert Hetterscheid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytotaxa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 488 (1), pp.1-63. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.11646/phytotaxa.488.1.1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mnhn-04038305v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discovery of the first succulent bamboo (Poaceae, Bambusoideae) in a new genus from Laos’ karst areas, with a unique adaptation to seasonal drought</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Haevermans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dulce Mantuano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meng-Yuan Zhou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vichith Lamxay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agathe Haevermans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PhytoKeys</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 156, pp.125 - 137. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3897/phytokeys.156.51636⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mnhn-03027685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">World Flora Online: Placing taxonomists at the heart of a definitive and comprehensive global resource on the world's plants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Borsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walter Berendsohn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eduardo Dalcin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maïté Delmas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebsebe Demissew</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Taxon, the journal of the International Association for Plant Taxonomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 69 (6), pp.1311-1341. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/tax.12373⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mnhn-03094287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distribution and relative age of endemism across islands worldwide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Veron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Haevermans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafaël Govaerts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud Mouchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roseli Pellens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 9, pp.11693. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-019-47951-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02276030v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tracking the Origin of Island Diversity: Insights from Divergence with the Continental Pool in Monocots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Veron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud Mouchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Grandcolas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafaël Govaerts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Haevermans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 9 (14471), </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1101/678300⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03822758v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On Islands, Evolutionary but Not Functional Originality Is Rare</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Veron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Pellens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Kondratyeva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Grandcolas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafaël Govaerts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BioRxiv</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1101/822064⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03822759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Typification of names in Kaempferia (Zingiberaceae) in the flora of Cambodia, Laos and Vietnam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oudomphone Insisiengmay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Haevermans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark F Newman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PhytoKeys</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 122, pp.97 - 102. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3897/phytokeys.122.32160⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mnhn-03052106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vulnerability to climate change of islands worldwide and its impact on the tree of life</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Veron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud Mouchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafaël Govaerts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Haevermans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roseli Pellens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 9 (1), </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-019-51107-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02344486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Typification and an emended description of Musa splendida (Musaceae)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ngọc-Sâm Lý</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Porter P. Lowry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Haevermans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytotaxa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 351 (4), pp.281. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.11646/phytotaxa.351.4.4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02907110v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">(2581) Proposal to conserve the name Kaempferia rotunda (Zingiberaceae) with a conserved type</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oudomphone Insisiengmay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark Newman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Haevermans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Taxon, the journal of the International Association for Plant Taxonomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 67 (1), pp.207-208. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.12705/671.19⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04038318v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Negative correlation between rates of molecular evolution and flowering cycles in temperate woody bamboos revealed by plastid phylogenomics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peng-Fei Ma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria S Vorontsova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olinirina Prisca Nanjarisoa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Razanatsoa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhen-Hua Guo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Plant Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 17, pp.260. </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12870-017-1199-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01684059v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The French Muséum national d'histoire naturelle vascular plant herbarium collection dataset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaël L Le Bras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc P Pignal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc L. Jeanson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge P Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Aupic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Data </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 4, pp.170016. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/sdata.2017.16⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01496460v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a complete generic‐level plastid phylogeny of the paleotropical woody bamboos (Poaceae: Bambusoideae)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meng-Yuan Zhou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yu-Xiao Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Haevermans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De-Zhu Li</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Taxon, the journal of the International Association for Plant Taxonomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 66 (3), pp.539-553. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.12705/663.2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04038320v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aspidistra quangngaiensis, a new species of Asparagaceae from Vietnam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ngọc-Sâm Lý</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Haevermans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans-Juergen Tillich</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytotaxa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 312 (1), pp.123. </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.11646/phytotaxa.312.1.11⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mnhn-04039237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vietnamocasia, a new genus from Central Vietnam belonging to the Alocasia-Colocasia clade (Araceae)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lý Ngoc-Sâm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wong Sin Yeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Haevermans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nguyễn Văn Dư</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Boyce</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytotaxa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 303 (3), pp.253. </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.11646/phytotaxa.303.3.5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mnhn-04039249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taxonomic notes on Musella lasiocarpa (Franch.) C.Y.Wu ex H.W. Li (Musaceae) in Vietnam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ngọc-Sâm Lý</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ba-Vuong Truong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Van-Son Dang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mai-Huong Nguyen Thi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agathe Haevermans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tạp chí Công nghệ Sinh học / Journal of biotechnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mnhn-03186086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First record of an Icacinaceae Miers fossil flower from Le Quesnoy (Ypresian, France) amber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric del Rio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Haevermans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dario de Franceschi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 7, pp.11099 - 11099. </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-017-11536-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01585332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The ancestral flower of angiosperms and its early diversification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria von Balthazar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susana Magallón</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Doyle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Endress</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 8 (1), pp.16047. </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/ncomms16047⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02615511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Growth Patterns and Different Arrangements of Vascular Tissues in Succulent Leaves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gladys Melo-De-Pinna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Hernandes-Lopes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Siqueira Ogura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ligia Keiko Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delmira Costa Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Plant Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 177 (8), pp.643-660. </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1086/688258⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mnhn-04039264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Molecular phylogenetics of Sarcolaenaceae (Malvales), Madagascar's largest endemic plant family</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Aubriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaëlle Soulebeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Haevermans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">George E Schatz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Cruaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Botanical Journal of the Linnean Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 182 (4), pp.729-743. </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/boj.12485⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03864979v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The hypothesis of adaptive radiation in evolutionary biology: hard facts about a hazy concept</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaëlle Soulebeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Aubriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Gaudeul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germinal Rouhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Hennequin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Organisms Diversity and Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 15, pp.747 - 761. </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s13127-015-0220-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03865004v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Genus &amp;lt;I&amp;gt;Sartidia&amp;lt;/I&amp;gt; (Poaceae: Aristidoideae) in Madagascar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Vorontsova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Haevermans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agathe Haevermans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Razanatsoa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjorie Lundgren</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Systematic Botany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 40 (2), pp.448-453. </w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1600/036364415X688367⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mnhn-04039258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taxonomic revision of the Malagasy endemic and enigmatic Euphorbia section Pachysanthae (Euphorbiaceae)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Aubriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Porter P. Lowry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Haevermans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytotaxa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 159 (3), pp.221. </w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.11646/phytotaxa.159.3.5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03865415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Insights on the evolution of plant succulence from a remarkable radiation in Madagascar (Euphorbia)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaret Evans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Aubriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Hearn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Lanciaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Lavergne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Systematic Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 63 (5), pp.697 - 711. </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/sysbio/syu035⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03865026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DNA barcoding in a biodiversity hot spot: potential value for the identification of Malagasy $E uphorbia$ L. listed in CITES A ppendices I and II</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Aubriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Porter P. Lowry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Cruaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Couloux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Haevermans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Ecology Resources</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 13 (1), pp.57-65. </w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/1755-0998.12028⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03865482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phylogenetics, morphological evolution, and classification of &amp;lt;I&amp;gt;Euphorbia&amp;lt;/I&amp;gt; subgenus &amp;lt;I&amp;gt;Euphorbia&amp;lt;/I&amp;gt;</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brian L Dorsey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Haevermans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Aubriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeffery J Morawetz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ricarda Riina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Taxon, the journal of the International Association for Plant Taxonomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 62 (2), pp.291-315. </w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.12705/622.1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03865472v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clearing up Vietnamosasa (Poaceae, Bambusoideae): typification and nomenclature of a distinctive paleotropical bamboo genus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Haevermans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bich Loan Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Gurgand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agathe Haevermans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soejatmi Dransfield</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytotaxa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 137 (1), pp.57. </w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.11646/phytotaxa.137.1.7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mnhn-04039275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A distinctive new species of wild banana (&amp;lt;i&amp;gt;Musa&amp;lt;/i&amp;gt;, Musaceae) from northern Vietnam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ngọc-Sâm Lý</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Công-Kiệt Lê</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiến-Dũng Triệu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agathe Haevermans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Porter P. Lowry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytotaxa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 75 (1), pp.33-42. </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.11646/phytotaxa.75.1.3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mnhn-04039270v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Molecular phylogenetics and classification of Euphorbia subgenus Chamaesyce (Euphorbiaceae)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ya Yang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ricarda Riina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeffery J Morawetz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Haevermans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Aubriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Taxon, the journal of the International Association for Plant Taxonomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 61 (4), pp.764-789. </w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/tax.614005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03866099v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phylogeny, evolutionary trends and classification of the Spathelia-Ptaeroxylon clade: morphological and molecular insights.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. S. Appelhans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Smets</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. G. Razafimandimbison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Haevermans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. J. van Marle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Botany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 107 (8), pp.1259-77. </w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/aob/mcr076⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pasteur-00835568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implications of a molecular phylogenetic study of the Malagasy genus Cedrelopsis and its relatives (Ptaeroxylaceae).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain G Razafimandimbison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc S Appelhans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harison Rabarison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Haevermans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andriarimalala Rakotondrafara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Phylogenetics and Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 57 (1), pp.258-65. </w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ympev.2010.06.023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pasteur-00836484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiple colonizations from Madagascar and converged acquisition of dioecy in the Mascarene Dombeyoideae (Malvaceae) as inferred from chloroplast and nuclear DNA sequence analyses.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timothée Le Péchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-Y. Dubuisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Haevermans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Cruaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Couloux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Botany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 106 (2), pp.343-357. </w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/aob/mcq116⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00628977v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaos revisited: nomenclature and typification of the Malagasy endemic Euphorbia subgenus Lacanthis (Raf.) M.G.Gilbert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Haevermans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germinal Rouhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wilbert Hetterscheid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Teissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Belarbi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Adansonia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 31 (2), pp.279-299. </w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5252/a2009n2a5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03867076v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phylogenetic Placement of Rhopalobrachium fragrans (Rubiaceae): Evidence from Molecular (rps16 and trnT-F) and Morphological Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mouly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain R. Razafimandimbison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Achille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Haevermans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Birgitta Bremer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Systematic Botany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 32 (4), pp.872-882</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00456341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phylogenetic Placement of Rhopalobrachium fragrans (Rubiaceae): Evidence from Molecular (rps16 and trnT-F) and Morphological Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mouly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain G Razafimandimbison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Achille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Haevermans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Birgitta Bremer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Systematic Botany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 32 (4), pp.872-882. </w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1043/06-38.1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mnhn-03978662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taxonomy of the Euphorbia pyrifolia clade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Haevermans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Euphorbia World</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 2 (2), pp.21-24</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mnhn-03978605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Synoptic Revision of the Malagasy Endemic Euphorbia pervilleana Group</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Haevermans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Noël Labat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Systematic Botany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 29 (1), pp.118-124. </w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1600/036364404772974266⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mnhn-03978598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">World Flora Online: a global resource for botanical information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visotheary Ung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Haevermans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark Watson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EBHL Paris 13th-17th May 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Botanical and Horticultural Libraries Group, May 2025, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05272531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Predicting plant endemicity based on herbarium data : application to French data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Tressou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liliane Bel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Haevermans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">50. Journées de Statistique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Saclay, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01820565v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Predicting Plant Threat Based on Herbarium Data: Application to French Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Tressou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Haevermans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liliane Bel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference of the International Society for Non-Parametric Statistics - ISPN2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Salerno, Italy. </w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-57306-5_44⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03323799v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First occurrence of Icacinaceae fossil flower in amber of Le Quesnoy site (Ypresian, France).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Del Rio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Haevermans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dario De Franceschi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIXth International Botanical Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Shenzhen, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03736582v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Illustrating the roles of botanical gardens in plant conservation: The Muséum national d’histoire naturelle: contribution to the Global Strategy for Plant Conservation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Achille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Bardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Bonnea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maïté Delmas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Di Simone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pullaiah T. &amp; Galbraith D. A. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Botanical Gardens and Their Role in Plant Conservation European and American Botanical Gardens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 3 (5), CRC Press, Taylor &amp; Francis group, pp.91-120, 2024, 978-1-032-25222-3. </w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1201/9781003282556⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04765129v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utilisation des grands jeux de données naturalistes pour répondre aux enjeux scientifiques et sociétaux actuels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Christine Monnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Haevermans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Archambeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Grandcolas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roseli Pellens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les collections naturalistes dans la science du XXIe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ISTE Group, pp.289-310, 2021, </w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.51926/ISTE.9049.ch18⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03489396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Screening of Wild Seedy Musa Balbisiana Biodiversity to Fill up Phylogenetic Gaps and Fuel Future Breeding Programs. PE 1108</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Line Caruana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ngoc-Sam Ly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Haevermans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Jenny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Perrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Livre Des Résumés Des 17 Ème Rencontres de Virologie Végétale. INRA, CIRAD, CNRS, SFP, SFV. Aussois.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, R\'esum\'e 87, CIRAD AGRITROP, pp.28, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03838228v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conservation of Phylogenetic Diversity in Madagascar’s Largest Endemic Plant Family, Sarcolaenaceae</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaëlle Soulebeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roseli Pellens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Porter P. Lowry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Aubriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaret E K Evans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Roseli Pellens; Philippe Grandcolas. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biodiversity Conservation and Phylogenetic Systematics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 14, Springer, pp.355 - 374, 2016, Topics in Biodiversity and Conservation, 978-3-319-22460-2. </w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-22461-9_18⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03866200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Global Plant Extinction Risk Assessment Inform Novel Biodiversity Hotspots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Haevermans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Tressou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joon Kwon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roseli Pellens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Dubéarnès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04217346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Two new species of Kaempferia L. (Zingiberaceae) from Cambodia and Lao PDR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oudomphone Insisiengmay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark Fleming Newman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Haevermans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Taxonomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 339 (712), Springer International Publishing, pp.493-502, 2020, Springer Proceedings in Mathematics &amp; Statistics, </w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5852/ejt.2020.712⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mnhn-04038314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId255"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:116.01208459215px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Thomas Haevermans </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">thomas-haevermans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-8934-4544</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">078085462</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ResearcherID : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://www.researcherid.com/rid/V-5068-2017</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (46)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phylogenomics and the rise of the angiosperms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Zuntini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tom Carruthers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Maurin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Bailey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Leempoel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 629, pp.843-850. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41586-024-07324-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04560060v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Musa species in mainland Southeast Asia: From wild to domesticate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Jenny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Sachter-Smith</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Breton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Rivallan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Jacquemoud-Collet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 19 (10), pp.e0307592. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0307592⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04764194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolutionary history, traits, and weediness in Digitaria (Poaceae: Panicoideae)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sami Touafchia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Maurin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boonchuang Boonsuk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trevor Hodkinson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pranom Chantaranothai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Botanical Journal of the Linnean Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 203 (1), pp.1-19. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/botlinnean/boad014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04245277v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New insights into intergeneric relationships of Hickeliinae (Poaceae: Bambusoideae) revealed by complete plastid genomes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rivontsoa Rakotonasolo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soejatmi Dransfield</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Haevermans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helene Ralimanana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Vorontsova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Diversity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.pld.2022.06.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mnhn-03978677v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conamomum vietnamense (Zingiberaceae), a new species from Tay Nguyen, Vietnam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ngoc-Sam Ly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thanh-Son Hoang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oudomphone Insisiengmay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Haevermans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark Newman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytotaxa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 531 (2), pp.129-135. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.11646/phytotaxa.531.2.5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04037557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taxonomic changes and new species in Malagasy Euphorbia (Euphorbiaceae)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Haevermans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wilbert Hetterscheid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytotaxa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 492 (1), pp.1-61. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.11646/phytotaxa.492.1.1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mnhn-04038300v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new name for Euphorbia linguiformis Hett., Haev. & Spannring (Euphorbiaceae)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Haevermans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wilbert L.A. Hetterscheid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytotaxa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 497 (2), pp.172-172. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.11646/phytotaxa.497.2.10⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mnhn-04038294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Description of five new species of the Madagascan flagship plant genus Ravenala (Strelitziaceae)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Haevermans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annette Hladik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude-Marcel Hladik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Razanatsoa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agathe Haevermans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 11 (1), </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-021-01161-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03426408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High evolutionary and functional distinctiveness of endemic monocots in world islands</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Veron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Kondratyeva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Robuchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Grandcolas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafaël Govaerts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biodiversity and Conservation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10531-021-02272-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03329183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">&amp;lt;strong&amp;gt;Novelties in Malagasy &amp;lt;em&amp;gt;Euphorbia&amp;lt;/em&amp;gt; (Euphorbiaceae)&amp;lt;/strong&amp;gt;</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Haevermans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wilbert Hetterscheid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytotaxa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 488 (1), pp.1-63. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.11646/phytotaxa.488.1.1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mnhn-04038305v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discovery of the first succulent bamboo (Poaceae, Bambusoideae) in a new genus from Laos’ karst areas, with a unique adaptation to seasonal drought</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Haevermans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dulce Mantuano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meng-Yuan Zhou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vichith Lamxay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agathe Haevermans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PhytoKeys</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 156, pp.125 - 137. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3897/phytokeys.156.51636⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mnhn-03027685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">World Flora Online: Placing taxonomists at the heart of a definitive and comprehensive global resource on the world's plants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Borsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walter Berendsohn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eduardo Dalcin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maïté Delmas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebsebe Demissew</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Taxon, the journal of the International Association for Plant Taxonomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 69 (6), pp.1311-1341. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/tax.12373⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mnhn-03094287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tracking the Origin of Island Diversity: Insights from Divergence with the Continental Pool in Monocots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Veron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud Mouchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Grandcolas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafaël Govaerts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Haevermans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 9 (14471), </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1101/678300⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03822758v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distribution and relative age of endemism across islands worldwide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Veron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Haevermans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafaël Govaerts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud Mouchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roseli Pellens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 9, pp.11693. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-019-47951-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02276030v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On Islands, Evolutionary but Not Functional Originality Is Rare</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Veron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Pellens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Kondratyeva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Grandcolas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafaël Govaerts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BioRxiv</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1101/822064⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03822759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Typification of names in Kaempferia (Zingiberaceae) in the flora of Cambodia, Laos and Vietnam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oudomphone Insisiengmay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Haevermans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark F Newman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PhytoKeys</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 122, pp.97 - 102. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3897/phytokeys.122.32160⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mnhn-03052106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vulnerability to climate change of islands worldwide and its impact on the tree of life</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Veron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud Mouchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafaël Govaerts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Haevermans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roseli Pellens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 9 (1), </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-019-51107-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02344486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Typification and an emended description of Musa splendida (Musaceae)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ngọc-Sâm Lý</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Porter P. Lowry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Haevermans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytotaxa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 351 (4), pp.281. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.11646/phytotaxa.351.4.4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02907110v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">(2581) Proposal to conserve the name Kaempferia rotunda (Zingiberaceae) with a conserved type</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oudomphone Insisiengmay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark Newman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Haevermans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Taxon, the journal of the International Association for Plant Taxonomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 67 (1), pp.207-208. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.12705/671.19⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04038318v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Negative correlation between rates of molecular evolution and flowering cycles in temperate woody bamboos revealed by plastid phylogenomics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peng-Fei Ma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria S Vorontsova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olinirina Prisca Nanjarisoa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Razanatsoa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhen-Hua Guo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Plant Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 17, pp.260. </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12870-017-1199-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01684059v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The French Muséum national d'histoire naturelle vascular plant herbarium collection dataset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaël L Le Bras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc P Pignal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc L. Jeanson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge P Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Aupic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Data </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 4, pp.170016. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/sdata.2017.16⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01496460v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a complete generic‐level plastid phylogeny of the paleotropical woody bamboos (Poaceae: Bambusoideae)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meng-Yuan Zhou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yu-Xiao Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Haevermans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De-Zhu Li</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Taxon, the journal of the International Association for Plant Taxonomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 66 (3), pp.539-553. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.12705/663.2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04038320v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aspidistra quangngaiensis, a new species of Asparagaceae from Vietnam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ngọc-Sâm Lý</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Haevermans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans-Juergen Tillich</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytotaxa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 312 (1), pp.123. </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.11646/phytotaxa.312.1.11⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mnhn-04039237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vietnamocasia, a new genus from Central Vietnam belonging to the Alocasia-Colocasia clade (Araceae)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lý Ngoc-Sâm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wong Sin Yeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Haevermans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nguyễn Văn Dư</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Boyce</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytotaxa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 303 (3), pp.253. </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.11646/phytotaxa.303.3.5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mnhn-04039249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taxonomic notes on Musella lasiocarpa (Franch.) C.Y.Wu ex H.W. Li (Musaceae) in Vietnam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ngọc-Sâm Lý</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ba-Vuong Truong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Van-Son Dang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mai-Huong Nguyen Thi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agathe Haevermans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tạp chí Công nghệ Sinh học / Journal of biotechnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mnhn-03186086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The ancestral flower of angiosperms and its early diversification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Sauquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria von Balthazar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susana Magallón</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Doyle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Endress</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 8 (1), pp.16047. </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/ncomms16047⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02615511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First record of an Icacinaceae Miers fossil flower from Le Quesnoy (Ypresian, France) amber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric del Rio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Haevermans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dario de Franceschi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 7, pp.11099 - 11099. </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-017-11536-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01585332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Molecular phylogenetics of Sarcolaenaceae (Malvales), Madagascar's largest endemic plant family</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Aubriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaëlle Soulebeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Haevermans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">George E Schatz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Cruaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Botanical Journal of the Linnean Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 182 (4), pp.729-743. </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/boj.12485⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03864979v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Growth Patterns and Different Arrangements of Vascular Tissues in Succulent Leaves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gladys Melo-De-Pinna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Hernandes-Lopes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Siqueira Ogura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ligia Keiko Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delmira Costa Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Plant Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 177 (8), pp.643-660. </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1086/688258⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mnhn-04039264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The hypothesis of adaptive radiation in evolutionary biology: hard facts about a hazy concept</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaëlle Soulebeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Aubriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Gaudeul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germinal Rouhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Hennequin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Organisms Diversity and Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 15, pp.747 - 761. </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s13127-015-0220-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03865004v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Genus &amp;lt;I&amp;gt;Sartidia&amp;lt;/I&amp;gt; (Poaceae: Aristidoideae) in Madagascar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Vorontsova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Haevermans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agathe Haevermans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Razanatsoa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjorie Lundgren</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Systematic Botany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 40 (2), pp.448-453. </w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1600/036364415X688367⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mnhn-04039258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taxonomic revision of the Malagasy endemic and enigmatic Euphorbia section Pachysanthae (Euphorbiaceae)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Aubriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Porter P. Lowry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Haevermans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytotaxa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 159 (3), pp.221. </w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.11646/phytotaxa.159.3.5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03865415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Insights on the evolution of plant succulence from a remarkable radiation in Madagascar (Euphorbia)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaret Evans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Aubriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Hearn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Lanciaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Lavergne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Systematic Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 63 (5), pp.697 - 711. </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/sysbio/syu035⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03865026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DNA barcoding in a biodiversity hot spot: potential value for the identification of Malagasy $E uphorbia$ L. listed in CITES A ppendices I and II</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Aubriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Porter P. Lowry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Cruaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Couloux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Haevermans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Ecology Resources</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 13 (1), pp.57-65. </w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/1755-0998.12028⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03865482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phylogenetics, morphological evolution, and classification of &amp;lt;I&amp;gt;Euphorbia&amp;lt;/I&amp;gt; subgenus &amp;lt;I&amp;gt;Euphorbia&amp;lt;/I&amp;gt;</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brian L Dorsey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Haevermans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Aubriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeffery J Morawetz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ricarda Riina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Taxon, the journal of the International Association for Plant Taxonomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 62 (2), pp.291-315. </w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.12705/622.1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03865472v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clearing up Vietnamosasa (Poaceae, Bambusoideae): typification and nomenclature of a distinctive paleotropical bamboo genus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Haevermans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bich Loan Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Gurgand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agathe Haevermans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soejatmi Dransfield</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytotaxa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 137 (1), pp.57. </w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.11646/phytotaxa.137.1.7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mnhn-04039275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A distinctive new species of wild banana (&amp;lt;i&amp;gt;Musa&amp;lt;/i&amp;gt;, Musaceae) from northern Vietnam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ngọc-Sâm Lý</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Công-Kiệt Lê</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiến-Dũng Triệu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agathe Haevermans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Porter P. Lowry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytotaxa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 75 (1), pp.33-42. </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.11646/phytotaxa.75.1.3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mnhn-04039270v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Molecular phylogenetics and classification of Euphorbia subgenus Chamaesyce (Euphorbiaceae)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ya Yang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ricarda Riina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeffery J Morawetz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Haevermans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Aubriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Taxon, the journal of the International Association for Plant Taxonomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 61 (4), pp.764-789. </w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/tax.614005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03866099v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phylogeny, evolutionary trends and classification of the Spathelia-Ptaeroxylon clade: morphological and molecular insights.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. S. Appelhans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Smets</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. G. Razafimandimbison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Haevermans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. J. van Marle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Botany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 107 (8), pp.1259-77. </w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/aob/mcr076⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pasteur-00835568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implications of a molecular phylogenetic study of the Malagasy genus Cedrelopsis and its relatives (Ptaeroxylaceae).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain G Razafimandimbison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc S Appelhans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harison Rabarison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Haevermans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andriarimalala Rakotondrafara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Phylogenetics and Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 57 (1), pp.258-65. </w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ympev.2010.06.023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pasteur-00836484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiple colonizations from Madagascar and converged acquisition of dioecy in the Mascarene Dombeyoideae (Malvaceae) as inferred from chloroplast and nuclear DNA sequence analyses.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timothée Le Péchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-Y. Dubuisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Haevermans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Cruaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Couloux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Botany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 106 (2), pp.343-357. </w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/aob/mcq116⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00628977v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaos revisited: nomenclature and typification of the Malagasy endemic Euphorbia subgenus Lacanthis (Raf.) M.G.Gilbert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Haevermans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germinal Rouhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wilbert Hetterscheid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Teissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Belarbi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Adansonia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 31 (2), pp.279-299. </w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5252/a2009n2a5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03867076v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phylogenetic Placement of Rhopalobrachium fragrans (Rubiaceae): Evidence from Molecular (rps16 and trnT-F) and Morphological Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mouly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain R. Razafimandimbison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Achille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Haevermans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Birgitta Bremer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Systematic Botany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 32 (4), pp.872-882</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00456341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phylogenetic Placement of Rhopalobrachium fragrans (Rubiaceae): Evidence from Molecular (rps16 and trnT-F) and Morphological Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mouly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain G Razafimandimbison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Achille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Haevermans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Birgitta Bremer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Systematic Botany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 32 (4), pp.872-882. </w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1043/06-38.1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mnhn-03978662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taxonomy of the Euphorbia pyrifolia clade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Haevermans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Euphorbia World</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 2 (2), pp.21-24</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mnhn-03978605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Synoptic Revision of the Malagasy Endemic Euphorbia pervilleana Group</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Haevermans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Noël Labat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Systematic Botany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 29 (1), pp.118-124. </w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1600/036364404772974266⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mnhn-03978598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">World Flora Online: a global resource for botanical information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visotheary Ung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Haevermans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark Watson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EBHL Paris 13th-17th May 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Botanical and Horticultural Libraries Group, May 2025, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05272531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Predicting plant endemicity based on herbarium data : application to French data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Tressou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liliane Bel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Haevermans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">50. Journées de Statistique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Saclay, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01820565v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Predicting Plant Threat Based on Herbarium Data: Application to French Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Tressou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Haevermans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liliane Bel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference of the International Society for Non-Parametric Statistics - ISPN2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Salerno, Italy. </w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-57306-5_44⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03323799v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First occurrence of Icacinaceae fossil flower in amber of Le Quesnoy site (Ypresian, France).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Del Rio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Haevermans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dario De Franceschi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIXth International Botanical Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Shenzhen, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03736582v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Illustrating the roles of botanical gardens in plant conservation: The Muséum national d’histoire naturelle: contribution to the Global Strategy for Plant Conservation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Achille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Bardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Bonnea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maïté Delmas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Di Simone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pullaiah T. &amp; Galbraith D. A. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Botanical Gardens and Their Role in Plant Conservation European and American Botanical Gardens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 3 (5), CRC Press, Taylor &amp; Francis group, pp.91-120, 2024, 978-1-032-25222-3. </w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1201/9781003282556⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04765129v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utilisation des grands jeux de données naturalistes pour répondre aux enjeux scientifiques et sociétaux actuels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Christine Monnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Haevermans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Archambeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Grandcolas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roseli Pellens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les collections naturalistes dans la science du XXIe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ISTE Group, pp.289-310, 2021, </w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.51926/ISTE.9049.ch18⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03489396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Screening of Wild Seedy Musa Balbisiana Biodiversity to Fill up Phylogenetic Gaps and Fuel Future Breeding Programs. PE 1108</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Line Caruana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ngoc-Sam Ly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Haevermans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Jenny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Perrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Livre Des Résumés Des 17 Ème Rencontres de Virologie Végétale. INRA, CIRAD, CNRS, SFP, SFV. Aussois.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, R\'esum\'e 87, CIRAD AGRITROP, pp.28, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03838228v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conservation of Phylogenetic Diversity in Madagascar’s Largest Endemic Plant Family, Sarcolaenaceae</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaëlle Soulebeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roseli Pellens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Porter P. Lowry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Aubriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaret E K Evans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Roseli Pellens; Philippe Grandcolas. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biodiversity Conservation and Phylogenetic Systematics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 14, Springer, pp.355 - 374, 2016, Topics in Biodiversity and Conservation, 978-3-319-22460-2. </w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-22461-9_18⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03866200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Global Plant Extinction Risk Assessment Inform Novel Biodiversity Hotspots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Haevermans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Tressou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joon Kwon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roseli Pellens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Dubéarnès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04217346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Two new species of Kaempferia L. (Zingiberaceae) from Cambodia and Lao PDR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oudomphone Insisiengmay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark Fleming Newman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Haevermans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Taxonomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 339 (712), Springer International Publishing, pp.493-502, 2020, Springer Proceedings in Mathematics &amp; Statistics, </w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5852/ejt.2020.712⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mnhn-04038314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId255"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="4498B8B1"/>
+    <w:nsid w:val="4B3B86A4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/thomas-haevermans" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8934-4544" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/078085462" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/V-5068-2017" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04560060v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Zuntini" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Carruthers" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Maurin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Bailey" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Leempoel" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-024-07324-0" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04764194v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jenny" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Sachter-Smith" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Breton" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Rivallan" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Jacquemoud-Collet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0307592" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04245277v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Touafchia" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boonchuang Boonsuk" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trevor Hodkinson" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pranom Chantaranothai" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/botlinnean/boad014" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03978677v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rivontsoa Rakotonasolo" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soejatmi Dransfield" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Haevermans" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Ralimanana" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Vorontsova" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pld.2022.06.001" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04037557v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc-Sam Ly" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh-Son Hoang" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oudomphone Insisiengmay" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Newman" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/phytotaxa.531.2.5" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04038300v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilbert Hetterscheid" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/phytotaxa.492.1.1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04038294v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilbert L.A. Hetterscheid" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/phytotaxa.497.2.10" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03426408v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette Hladik" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude-Marcel Hladik" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Razanatsoa" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Haevermans" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-01161-1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03329183v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Veron" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Kondratyeva" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Robuchon" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Grandcolas" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafa&#235;l Govaerts" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10531-021-02272-x" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04038305v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/phytotaxa.488.1.1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03027685v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dulce Mantuano" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meng-Yuan Zhou" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vichith Lamxay" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/phytokeys.156.51636" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03094287v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Borsch" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walter Berendsohn" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Dalcin" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;t&#233; Delmas" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebsebe Demissew" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/tax.12373" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02276030v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Mouchet" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roseli Pellens" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-47951-6" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03822758v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/678300" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03822759v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Veron" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Pellens" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kondratyeva" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Grandcolas" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/822064" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03052106v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark F Newman" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/phytokeys.122.32160" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02344486v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-51107-x" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02907110v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ng&#7885;c-S&#226;m L&#253;" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Porter P. Lowry" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/phytotaxa.351.4.4" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04038318v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12705/671.19" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01684059v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peng-Fei Ma" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria S Vorontsova" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olinirina Prisca Nanjarisoa" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhen-Hua Guo" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12870-017-1199-8" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01496460v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l L Le Bras" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc P Pignal" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc L. Jeanson" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge P Muller" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Aupic" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sdata.2017.16" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04038320v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu-Xiao Zhang" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=De-Zhu Li" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12705/663.2" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04039237v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans-Juergen Tillich" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/phytotaxa.312.1.11" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04039249v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#253; Ngoc-S&#226;m" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wong Sin Yeng" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nguy&#7877;n V&#259;n D&#432;" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Boyce" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/phytotaxa.303.3.5" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03186086v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ba-Vuong Truong" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Van-Son Dang" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mai-Huong Nguyen Thi" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01585332v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric del Rio" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dario de Franceschi" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-11536-y" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02615511v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Sauquet" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria von Balthazar" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Magall&#243;n" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Doyle" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Endress" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms16047" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04039264v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gladys Melo-De-Pinna" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Hernandes-Lopes" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Siqueira Ogura" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ligia Keiko Santos" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delmira Costa Silva" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/688258" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864979v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Aubriot" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#235;lle Soulebeau" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George E Schatz" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Cruaud" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/boj.12485" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865004v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Gaudeul" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germinal Rouhan" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Hennequin" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13127-015-0220-z" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04039258v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Lundgren" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1600/036364415X688367" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865415v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/phytotaxa.159.3.5" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865026v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaret Evans" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Hearn" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Lanciaux" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Lavergne" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/sysbio/syu035" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865482v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Couloux" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.12028" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865472v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian L Dorsey" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffery J Morawetz" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricarda Riina" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12705/622.1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04039275v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bich Loan Nguyen" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Gurgand" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/phytotaxa.137.1.7" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04039270v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#244;ng-Ki&#7879;t L&#234;" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ti&#7871;n-D&#361;ng Tri&#7879;u" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/phytotaxa.75.1.3" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03866099v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ya Yang" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/tax.614005" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://riip.hal.science/pasteur-00835568v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. S. Appelhans" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Smets" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. G. Razafimandimbison" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Haevermans" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. J. van Marle" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/aob/mcr076" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://riip.hal.science/pasteur-00836484v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain G Razafimandimbison" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc S Appelhans" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harison Rabarison" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andriarimalala Rakotondrafara" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ympev.2010.06.023" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00628977v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Le P&#233;chon" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-Y. Dubuisson" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Couloux" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/aob/mcq116" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03867076v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Teissier" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Belarbi" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5252/a2009n2a5" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00456341v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Mouly" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain R. Razafimandimbison" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Achille" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Birgitta Bremer" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03978662v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1043/06-38.1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03978605v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03978598v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Labat" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1600/036364404772974266" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05272531v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Visotheary Ung" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Watson" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01820565v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Tressou" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliane Bel" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323799v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-57306-5_44" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03736582v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Del Rio" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dario De Franceschi" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765129v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bardin" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Bonnea" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Di Simone" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/9781003282556" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03489396v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Christine Monnet" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Archambeau" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51926/ISTE.9049.ch18" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03838228v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Line Caruana" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Perrier" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03866200v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaret E K Evans" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-22461-9_18" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04217346v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joon Kwon" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Dub&#233;arn&#232;s" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04038314v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Fleming Newman" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5852/ejt.2020.712" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/thomas-haevermans" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8934-4544" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/078085462" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/V-5068-2017" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04560060v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Zuntini" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Carruthers" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Maurin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Bailey" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Leempoel" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-024-07324-0" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04764194v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jenny" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Sachter-Smith" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Breton" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Rivallan" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Jacquemoud-Collet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0307592" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04245277v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Touafchia" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boonchuang Boonsuk" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trevor Hodkinson" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pranom Chantaranothai" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/botlinnean/boad014" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03978677v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rivontsoa Rakotonasolo" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soejatmi Dransfield" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Haevermans" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Ralimanana" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Vorontsova" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pld.2022.06.001" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04037557v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc-Sam Ly" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh-Son Hoang" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oudomphone Insisiengmay" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Newman" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/phytotaxa.531.2.5" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04038300v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilbert Hetterscheid" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/phytotaxa.492.1.1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04038294v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilbert L.A. Hetterscheid" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/phytotaxa.497.2.10" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03426408v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette Hladik" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude-Marcel Hladik" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Razanatsoa" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Haevermans" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-01161-1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03329183v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Veron" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Kondratyeva" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Robuchon" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Grandcolas" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafa&#235;l Govaerts" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10531-021-02272-x" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04038305v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/phytotaxa.488.1.1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03027685v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dulce Mantuano" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meng-Yuan Zhou" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vichith Lamxay" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/phytokeys.156.51636" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03094287v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Borsch" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walter Berendsohn" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Dalcin" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;t&#233; Delmas" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebsebe Demissew" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/tax.12373" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03822758v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Mouchet" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/678300" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02276030v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roseli Pellens" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-47951-6" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03822759v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Veron" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Pellens" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kondratyeva" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Grandcolas" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/822064" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03052106v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark F Newman" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/phytokeys.122.32160" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02344486v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-51107-x" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02907110v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ng&#7885;c-S&#226;m L&#253;" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Porter P. Lowry" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/phytotaxa.351.4.4" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04038318v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12705/671.19" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01684059v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peng-Fei Ma" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria S Vorontsova" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olinirina Prisca Nanjarisoa" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhen-Hua Guo" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12870-017-1199-8" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01496460v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l L Le Bras" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc P Pignal" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc L. Jeanson" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge P Muller" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Aupic" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sdata.2017.16" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04038320v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu-Xiao Zhang" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=De-Zhu Li" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12705/663.2" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04039237v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans-Juergen Tillich" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/phytotaxa.312.1.11" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04039249v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#253; Ngoc-S&#226;m" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wong Sin Yeng" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nguy&#7877;n V&#259;n D&#432;" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Boyce" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/phytotaxa.303.3.5" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03186086v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ba-Vuong Truong" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Van-Son Dang" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mai-Huong Nguyen Thi" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02615511v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Sauquet" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria von Balthazar" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Magall&#243;n" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Doyle" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Endress" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms16047" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01585332v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric del Rio" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dario de Franceschi" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-11536-y" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864979v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Aubriot" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#235;lle Soulebeau" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George E Schatz" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Cruaud" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/boj.12485" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04039264v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gladys Melo-De-Pinna" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Hernandes-Lopes" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Siqueira Ogura" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ligia Keiko Santos" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delmira Costa Silva" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/688258" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865004v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Gaudeul" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germinal Rouhan" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Hennequin" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13127-015-0220-z" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04039258v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Lundgren" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1600/036364415X688367" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865415v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/phytotaxa.159.3.5" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865026v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaret Evans" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Hearn" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Lanciaux" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Lavergne" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/sysbio/syu035" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865482v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Couloux" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.12028" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865472v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian L Dorsey" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffery J Morawetz" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricarda Riina" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12705/622.1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04039275v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bich Loan Nguyen" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Gurgand" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/phytotaxa.137.1.7" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04039270v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#244;ng-Ki&#7879;t L&#234;" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ti&#7871;n-D&#361;ng Tri&#7879;u" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/phytotaxa.75.1.3" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03866099v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ya Yang" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/tax.614005" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://riip.hal.science/pasteur-00835568v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. S. Appelhans" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Smets" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. G. Razafimandimbison" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Haevermans" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. J. van Marle" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/aob/mcr076" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://riip.hal.science/pasteur-00836484v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain G Razafimandimbison" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc S Appelhans" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harison Rabarison" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andriarimalala Rakotondrafara" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ympev.2010.06.023" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00628977v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Le P&#233;chon" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-Y. Dubuisson" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Couloux" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/aob/mcq116" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03867076v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Teissier" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Belarbi" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5252/a2009n2a5" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00456341v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Mouly" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain R. Razafimandimbison" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Achille" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Birgitta Bremer" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03978662v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1043/06-38.1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03978605v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03978598v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Labat" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1600/036364404772974266" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05272531v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Visotheary Ung" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Watson" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01820565v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Tressou" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliane Bel" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323799v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-57306-5_44" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03736582v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Del Rio" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dario De Franceschi" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765129v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bardin" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Bonnea" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Di Simone" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/9781003282556" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03489396v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Christine Monnet" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Archambeau" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51926/ISTE.9049.ch18" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03838228v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Line Caruana" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Perrier" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03866200v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaret E K Evans" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-22461-9_18" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04217346v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joon Kwon" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Dub&#233;arn&#232;s" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04038314v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Fleming Newman" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5852/ejt.2020.712" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>