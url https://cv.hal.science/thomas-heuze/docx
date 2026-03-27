--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -1135,321 +1135,321 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03651590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two-scale analysis of transient diffusion problems through a homogenized enriched continuum</w:t>
+                <w:t xml:space="preserve">An entropy-stable Smooth Particle Hydrodynamics algorithm for large strain thermo-elasticity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abdullah Waseem</w:t>
+                <w:t xml:space="preserve">Ataollah Ghavamian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chun Hean Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio J Gil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Javier Bonet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Heuzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Mechanics - A/Solids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.euromechsol.2021.104212⟩</w:t>
+              <w:t xml:space="preserve">Computer Methods in Applied Mechanics and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 379, pp.113736. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cma.2021.113736⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03164888v1</w:t>
+                <w:t xml:space="preserve">hal-03165085v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An entropy-stable Smooth Particle Hydrodynamics algorithm for large strain thermo-elasticity</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Two-scale analysis of transient diffusion problems through a homogenized enriched continuum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chun Hean Lee</w:t>
+                <w:t xml:space="preserve">Abdullah Waseem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Heuzé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Stainier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antonio J Gil</w:t>
+                <w:t xml:space="preserve">M.G.D. G D Geers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Javier Bonet</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">V.G. G Kouznetsova</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer Methods in Applied Mechanics and Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 379, pp.113736. </w:t>
+              <w:t xml:space="preserve">European Journal of Mechanics - A/Solids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 87, pp.104212. </w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cma.2021.113736⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.euromechsol.2021.104212⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03165085v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03164888v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Data-driven Reduced Homogenization for Transient Diffusion Problems with Emergent History Effects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdullah Waseem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Heuzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1639,51 +1639,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enriched continuum for multi-scale transient diffusion coupled to mechanics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdullah Waseem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Heuzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2302,51 +2302,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Model reduction in computational homogenization for transient heat conduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdullah Waseem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Heuzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4372,51 +4372,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Variationally consistent computational homogenization of transient heat conduction using Craig-Bampton mode synthesis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdullah Waseem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Heuzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4582,364 +4582,364 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02279949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Discontinuous Galerkin Material Point Method for the simulation of impact problems in solid mechanics</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Simulation d'impacts sur des solides élastique-viscoplastiques avec la méthode des volumes finis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Heuzé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th International Conference on Computational Methods in Structural Dynamics and Earthquake Engineering Methods in Structural Dynamics and Earthquake Engineering (COMPDYN 2017)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">13e colloque national en calcul des structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Paris-Saclay, May 2017, Giens, Var, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01913197v1</w:t>
+                <w:t xml:space="preserve">hal-01899360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La Méthode des Points Matériels en Galerkin Discontinue pour la simulation d'impact sur des solides</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Adrien Renaud</w:t>
+                <w:t xml:space="preserve">Variational h-adaption for problems in multiphysics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rohit Pethe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Stainier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Heuzé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13e colloque national en calcul des structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Paris-Saclay, May 2017, Giens, Var, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01899330v1</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01899354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Variational h-adaption for problems in multiphysics</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Laurent Stainier</w:t>
+                <w:t xml:space="preserve">A Discontinuous Galerkin Material Point Method for the simulation of impact problems in solid mechanics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Renaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Heuzé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13e colloque national en calcul des structures</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">6th International Conference on Computational Methods in Structural Dynamics and Earthquake Engineering Methods in Structural Dynamics and Earthquake Engineering (COMPDYN 2017)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Rhodes Island, Greece. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7712/120117.5678.17188⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01899354v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01913197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulation d'impacts sur des solides élastique-viscoplastiques avec la méthode des volumes finis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La Méthode des Points Matériels en Galerkin Discontinue pour la simulation d'impact sur des solides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Renaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Heuzé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13e colloque national en calcul des structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Paris-Saclay, May 2017, Giens, Var, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01899360v1</w:t>
+                <w:t xml:space="preserve">hal-01899330v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of algorithmic strategies for numerical simulation of coupled mechanical-diffusion problems based on variational formulations</w:t>
               </w:r>
@@ -5299,122 +5299,135 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02279968v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Variational Approach for thermal mesh adaptation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rohit Pethe</w:t>
+                <w:t xml:space="preserve">Direct-impact Hopkinson tests on the Ti-6Al-4V alloy at very high strain rate and inverse identification of elastic-viscoplastic constitutive models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaoli Guo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Heuzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Laurent Stainier</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Racineux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ramzi Othman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12e Colloque national en calcul des structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CSMA; GeM; LaSIE; LBMS; LIMatB; LAMPA; LGCGM, May 2015, Giens, France</w:t>
+              <w:t xml:space="preserve">22e Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2015, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01402914v1</w:t>
+                <w:t xml:space="preserve">hal-02279962v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification numérique d'un modèle de comportement thermique hors-équilibre</w:t>
               </w:r>
@@ -5476,135 +5489,122 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01516637v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Direct-impact Hopkinson tests on the Ti-6Al-4V alloy at very high strain rate and inverse identification of elastic-viscoplastic constitutive models</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Xiaoli Guo</w:t>
+                <w:t xml:space="preserve">Variational Approach for thermal mesh adaptation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rohit Pethe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Heuzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Ramzi Othman</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Stainier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">22e Congrès Français de Mécanique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2015, Lyon, France</w:t>
+              <w:t xml:space="preserve">12e Colloque national en calcul des structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CSMA; GeM; LaSIE; LBMS; LIMatB; LAMPA; LGCGM, May 2015, Giens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02279962v1</w:t>
+                <w:t xml:space="preserve">hal-01402914v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Variational Approach for thermo-mechanical mesh adaptation</w:t>
               </w:r>
@@ -5774,243 +5774,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02280012v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Direct-impact Hopkinson tests on the Ti-6Al-4V alloy at very high strain rate and inverse identification of the Johnson-Cook constitutive model</w:t>
+                <w:t xml:space="preserve">Direct-impact Hopkinson tests on the Ti-6Al-4V alloy at very high strain rate and inverse identification of elastic-viscoplastic constitutive models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiaoli Guo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Racineux</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Heuze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Racineux Guillaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ramzi Othman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MECAMAT</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2015, Aussois, France</w:t>
+              <w:t xml:space="preserve">CFM 2015 - 22ème Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2015, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02279965v1</w:t>
+                <w:t xml:space="preserve">hal-03446175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Direct-impact Hopkinson tests on the Ti-6Al-4V alloy at very high strain rate and inverse identification of elastic-viscoplastic constitutive models</w:t>
+                <w:t xml:space="preserve">Direct-impact Hopkinson tests on the Ti-6Al-4V alloy at very high strain rate and inverse identification of the Johnson-Cook constitutive model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiaoli Guo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Racineux Guillaume</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Heuzé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Racineux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ramzi Othman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CFM 2015 - 22ème Congrès Français de Mécanique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2015, Lyon, France</w:t>
+              <w:t xml:space="preserve">MECAMAT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2015, Aussois, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03446175v1</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02279965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation paramétrique d'un inducteur de magnétoformage par la Proper Generalized Decomposition</w:t>
               </w:r>
@@ -6475,51 +6475,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Correction to: Model reduction in computational homogenization for transient heat conduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdullah Waseem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Heuzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7148,51 +7148,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="840D4120"/>
+    <w:nsid w:val="47E0FE94"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7379,51 +7379,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/thomas-heuze" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6721-1003" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/165247622" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05532192v2" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Lagain" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Heuz&#233;" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Racineux" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Arrigoni" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Bergey" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2026.113925" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316548v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dt.2025.07.024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05324919v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Favrie" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2024.117480" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180423v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Arrigoni" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adem.202300728" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04178029v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Le Mentec" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheick Tidiane Sow" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Rozycki" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/met13081382" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-04114165v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2023.112290" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04216506v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alaa Lakiss" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhael Tannous" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Stainier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nme.7365" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03651590v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2022.114893" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03164888v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdullah Waseem" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.G.D. G D Geers" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.G. G Kouznetsova" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechsol.2021.104212" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03165085v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ataollah Ghavamian" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chun Hean Lee" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio J Gil" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Bonet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2021.113736" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03189901v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc G.D. Geers" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Varvara G Kouznetsova" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2021.113773" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02985027v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge de Anda Salazar" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00161-020-00931-y" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02880508v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Geers" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Varvara Kouznetsova" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40323-020-00149-2" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02914607v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Renaud" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2020.104064" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02555676v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2020.112987" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02878777v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheikh Tidiane Sow" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Bazin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12289-020-01547-y" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02932403v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rohit Pethe" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.finel.2020.103435" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379535v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/EC-05-2019-0243" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02293230v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. G. D. Geers" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Kouznetsova" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00466-019-01767-3" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02279637v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2019.06.050" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02378909v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nme.6239" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01913188v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2018.05.001" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01790480v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40323-018-0101-z" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01790248v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2017.06.027" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01790318v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Leygue" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12289-014-1212-9" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667116v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;baptiste Leblond" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;michel Bergheau" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.camwa.2014.03.013" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01155471v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoli Guo" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramzi Othman" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/str.12114" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-M8FQTQ26-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667115v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hussein Amin El Sayed" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.camwa.2014.02.010" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02279711v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Rech" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dumont" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Leblond" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Bergheau" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1179/1362171811Y.0000000072" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02279747v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Feulvarch" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ejcm.19.293-304" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02279737v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/meca/2011113" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00449157v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Cr&#233;ac'Hcadec" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Cognard" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th. Heuz&#233;" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/156856108X305741" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313007v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djim&#233;do Kondo" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313008v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04610967v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Heuze" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03717726v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02897868v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Sow" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bazin" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02279631v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02279999v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V G Kouznetsova" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M G D Geers" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02279949v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01913197v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7712/120117.5678.17188" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01899330v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01899354v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01899360v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02279992v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02279799v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280009v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02279968v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheikh-Tidiane Sow" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chady Khalil" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01402914v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01516637v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02279962v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03444692v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280012v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02279965v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03446175v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Racineux Guillaume" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01524597v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Chinesta" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02387437v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.B. Leblond" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01413223v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02279979v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-71919-1_9" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739846v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00466-021-02040-2" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02874627v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Billaud Friess" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00610711v2" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04183008v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02448292v2" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cel.hal.science/cel-02059317v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/thomas-heuze" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6721-1003" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/165247622" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05532192v2" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Lagain" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Heuz&#233;" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Racineux" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Arrigoni" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Bergey" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2026.113925" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316548v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dt.2025.07.024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05324919v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Favrie" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2024.117480" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180423v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Arrigoni" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adem.202300728" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04178029v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Le Mentec" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheick Tidiane Sow" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Rozycki" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/met13081382" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-04114165v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2023.112290" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04216506v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alaa Lakiss" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhael Tannous" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Stainier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nme.7365" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03651590v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2022.114893" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03165085v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ataollah Ghavamian" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chun Hean Lee" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio J Gil" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Bonet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2021.113736" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03164888v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdullah Waseem" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.G.D. G D Geers" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.G. G Kouznetsova" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechsol.2021.104212" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03189901v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc G.D. Geers" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Varvara G Kouznetsova" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2021.113773" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02985027v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge de Anda Salazar" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00161-020-00931-y" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02880508v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Geers" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Varvara Kouznetsova" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40323-020-00149-2" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02914607v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Renaud" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2020.104064" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02555676v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2020.112987" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02878777v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheikh Tidiane Sow" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Bazin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12289-020-01547-y" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02932403v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rohit Pethe" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.finel.2020.103435" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379535v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/EC-05-2019-0243" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02293230v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. G. D. Geers" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Kouznetsova" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00466-019-01767-3" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02279637v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2019.06.050" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02378909v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nme.6239" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01913188v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2018.05.001" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01790480v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40323-018-0101-z" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01790248v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2017.06.027" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01790318v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Leygue" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12289-014-1212-9" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667116v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;baptiste Leblond" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;michel Bergheau" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.camwa.2014.03.013" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01155471v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoli Guo" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramzi Othman" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/str.12114" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-M8FQTQ26-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667115v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hussein Amin El Sayed" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.camwa.2014.02.010" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02279711v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Rech" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dumont" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Leblond" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Bergheau" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1179/1362171811Y.0000000072" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02279747v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Feulvarch" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ejcm.19.293-304" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02279737v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/meca/2011113" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00449157v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Cr&#233;ac'Hcadec" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Cognard" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th. Heuz&#233;" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/156856108X305741" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313007v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djim&#233;do Kondo" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313008v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04610967v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Heuze" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03717726v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02897868v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Sow" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bazin" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02279631v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02279999v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V G Kouznetsova" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M G D Geers" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02279949v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01899360v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01899354v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01913197v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7712/120117.5678.17188" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01899330v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02279992v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02279799v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280009v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02279968v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheikh-Tidiane Sow" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chady Khalil" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02279962v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01516637v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01402914v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03444692v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280012v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03446175v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Racineux Guillaume" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02279965v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01524597v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Chinesta" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02387437v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.B. Leblond" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01413223v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02279979v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-71919-1_9" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739846v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00466-021-02040-2" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02874627v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Billaud Friess" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00610711v2" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04183008v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02448292v2" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cel.hal.science/cel-02059317v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>