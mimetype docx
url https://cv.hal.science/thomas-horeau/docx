--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -786,303 +786,303 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04779335v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Table Ronde</w:t>
+                <w:t xml:space="preserve">Écoute, regard, participation – les formes d’engagement des publics de jazz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Horeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d’études : Écrire, lire et représenter</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Romain Jobez; Comédie de Caen, Mar 2022, Caen, France</w:t>
+              <w:t xml:space="preserve">Séminaire d'histoire culturelle #4 Jazz &amp; Pop music !</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jean-Baptiste Bonnard; François Bordes; Typhaine Haziza; Thomas Hippler; Anna Trespeuch-Berthelot, Feb 2022, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04779341v1</w:t>
+                <w:t xml:space="preserve">hal-04779352v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Écoute, regard, participation – les formes d’engagement des publics de jazz</w:t>
+                <w:t xml:space="preserve">Table Ronde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Horeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire d'histoire culturelle #4 Jazz &amp; Pop music !</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jean-Baptiste Bonnard; François Bordes; Typhaine Haziza; Thomas Hippler; Anna Trespeuch-Berthelot, Feb 2022, Caen, France</w:t>
+              <w:t xml:space="preserve">Journée d’études : Écrire, lire et représenter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Romain Jobez; Comédie de Caen, Mar 2022, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04779352v1</w:t>
+                <w:t xml:space="preserve">hal-04779341v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corps marionnettique et « genre utopique »</w:t>
+                <w:t xml:space="preserve">Autour de l’ouvrage Le Jazz et la Scène (Presses universitaires de Vincennes)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Horeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire intersites Lectures du genre. Journée d’étude : Performance musicale, genre et liberté</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Vincent Cotro; Sophie Large; Mónica Zapata, Dec 2021, Tours, France</w:t>
+              <w:t xml:space="preserve">Journée d'études Théâtre et institutions XIXe – XXe siècles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Florence Filippi; Stéphanie Loncle, Feb 2021, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04779362v1</w:t>
+                <w:t xml:space="preserve">hal-04779347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Autour de l’ouvrage Le Jazz et la Scène (Presses universitaires de Vincennes)</w:t>
+                <w:t xml:space="preserve">Corps marionnettique et « genre utopique »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Horeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d'études Théâtre et institutions XIXe – XXe siècles</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Florence Filippi; Stéphanie Loncle, Feb 2021, Rouen, France</w:t>
+              <w:t xml:space="preserve">Séminaire intersites Lectures du genre. Journée d’étude : Performance musicale, genre et liberté</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Vincent Cotro; Sophie Large; Mónica Zapata, Dec 2021, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04779347v1</w:t>
+                <w:t xml:space="preserve">hal-04779362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ARBF et Hmadcha : une quête de transcendance</w:t>
               </w:r>
@@ -2785,51 +2785,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04901675v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Vignaux" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Horeau" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767326v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Jaudon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12iw7" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777324v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana Desplat-Roger" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Hubert" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777305v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basile Bayoux" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Tchamitchian" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777287v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779325v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779335v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779341v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779352v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779362v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779347v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779371v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779384v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779394v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779417v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779406v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779425v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779429v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05513686v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12ivx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05512593v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Grangeat" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/thepu.254.0059" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05512586v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12vks" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779441v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Rouet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779449v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fred Hock&#233;" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779453v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Cl&#233;ren" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777333v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/doublejeu.2733" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777369v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/doublejeu.2333" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777363v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779320v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779305v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777237v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/puv.horea.2019.01" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04901675v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Vignaux" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Horeau" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767326v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Jaudon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12iw7" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777324v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana Desplat-Roger" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Hubert" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777305v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basile Bayoux" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Tchamitchian" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777287v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779325v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779335v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779352v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779341v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779347v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779362v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779371v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779384v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779394v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779417v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779406v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779425v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779429v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05513686v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12ivx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05512593v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Grangeat" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/thepu.254.0059" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05512586v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12vks" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779441v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Rouet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779449v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fred Hock&#233;" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779453v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Cl&#233;ren" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777333v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/doublejeu.2733" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777369v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/doublejeu.2333" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777363v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779320v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779305v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777237v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/puv.horea.2019.01" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>