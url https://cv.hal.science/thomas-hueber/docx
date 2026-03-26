--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -311,51 +311,51 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Hueber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computer Speech and Language</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2026, 99, pp.101922. </w:t>
+              <w:t xml:space="preserve">, 2026, 99 (July), pp.101922. </w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.csl.2025.101922⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
@@ -1392,177 +1392,147 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01651198v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biosignal-Based Spoken Communication: A Survey</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Extending the Cascaded Gaussian Mixture Regression Framework for Cross-Speaker Acoustic-Articulatory Mapping</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Girin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Hueber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tanja Schultz</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Xavier Alameda-Pineda</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE/ACM Transactions on Audio, Speech and Language Processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 25 (12), pp.2257 - 2271. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TASLP.2017.2752365⟩</w:t>
+              <w:t xml:space="preserve">, 2017, 25 (3), pp.662-673. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TASLP.2017.2651398⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01652757v1</w:t>
+                <w:t xml:space="preserve">hal-01485540v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Automatic animation of an articulatory tongue model from ultrasound images of the vocal tract</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diandra Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1571,272 +1541,302 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Hueber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Girin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Alameda-Pineda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Badin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Speech Communication</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 93, pp.63 - 75. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.specom.2017.08.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01578315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extending the Cascaded Gaussian Mixture Regression Framework for Cross-Speaker Acoustic-Articulatory Mapping</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laurent Girin</w:t>
+                <w:t xml:space="preserve">Biosignal-Based Spoken Communication: A Survey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tanja Schultz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Hueber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Wand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dean J. Krusienski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Herff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE/ACM Transactions on Audio, Speech and Language Processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 25 (3), pp.662-673. </w:t>
+              <w:t xml:space="preserve">, 2017, 25 (12), pp.2257 - 2271. </w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TASLP.2017.2651398⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TASLP.2017.2752365⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01485540v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01652757v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction to the Special Issue on Biosignal-Based Spoken Communication</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tanja Schultz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Hueber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dean J. Krusienski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan S. Brumberg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2007,290 +2007,290 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01484978v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Real-Time Control of an Articulatory-Based Speech Synthesizer for Brain Computer Interfaces</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Statistical Conversion of Silent Articulation into Audible Speech using Full-Covariance HMM</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Hueber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florent Bocquelet</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Blaise Yvert</w:t>
+                <w:t xml:space="preserve">Gérard Bailly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Computational Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pcbi.1005119⟩</w:t>
+              <w:t xml:space="preserve">Computer Speech and Language</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 36, pp.274-293. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.csl.2015.03.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01459706v1</w:t>
+                <w:t xml:space="preserve">hal-01228885v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Statistical Conversion of Silent Articulation into Audible Speech using Full-Covariance HMM</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Real-Time Control of an Articulatory-Based Speech Synthesizer for Brain Computer Interfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Bocquelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Hueber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Girin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gérard Bailly</w:t>
+                <w:t xml:space="preserve">Christophe Savariaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blaise Yvert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer Speech and Language</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.csl.2015.03.005⟩</w:t>
+              <w:t xml:space="preserve">PLoS Computational Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 12 (11), pp.e1005119. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pcbi.1005119⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01228885v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01459706v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Key considerations in designing a speech brain-computer interface</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Bocquelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Hueber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2298,51 +2298,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Girin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephan Chabardès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blaise Yvert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physiology - Paris</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 110 (4, Part A), pp.392-401. </w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2402,64 +2402,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Hueber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Girin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Alameda-Pineda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Bailly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE/ACM Transactions on Audio, Speech and Language Processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 23 (12), pp.2246-2259. </w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2506,51 +2506,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silent speech interfaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruce Denby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tanja Schultz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kiyoshi Honda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3273,55 +3273,55 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Marvin Lavechin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Hueber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the 2025 Conference on Empirical Methods in Natural Language Processing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2025, Suzhou, France. pp.23863-23874, </w:t>
+              <w:t xml:space="preserve">EMNLP 2025 - Conference on Empirical Methods in Natural Language Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2025, Suzhou, China. pp.23863-23874, </w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.18653/v1/2025.emnlp-main.1217⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
@@ -3360,98 +3360,98 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sanjana Sankar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Lenglet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Bailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Beautemps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Hueber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICASSP 2025 - IEEE International Conference on Acoustics, Speech and Signal Processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Apr 2025, Hyderabad (IN), India</w:t>
+              <w:t xml:space="preserve">, Apr 2025, Hyderabad, India</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04875292v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
@@ -3946,287 +3946,287 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04126530v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Repeat after Me: Self-Supervised Learning of Acoustic-to-Articulatory Mapping by Vocal Imitation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marc-Antoine Georges</w:t>
+                <w:t xml:space="preserve">Les auto-encodeurs variationnels dynamiques et leur application à la modélisation de spectrogrammes de parole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Girin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Diard</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jean-Luc Schwartz</w:t>
+                <w:t xml:space="preserve">Xiaoyu Bie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Leglaive</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Hueber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Alameda-Pineda</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICASSP 2022 - IEEE International Conference on Acoustics, Speech and Signal Processing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ICASSP43922.2022.9747804⟩</w:t>
+              <w:t xml:space="preserve">JEP 2022 - 34e Journées d’Études sur la Parole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Nantes, Jun 2022, Noirmoutier, France. pp.655-663, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21437/JEP.2022-69⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03688189v1</w:t>
+                <w:t xml:space="preserve">hal-03978396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les auto-encodeurs variationnels dynamiques et leur application à la modélisation de spectrogrammes de parole</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Repeat after Me: Self-Supervised Learning of Acoustic-to-Articulatory Mapping by Vocal Imitation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc-Antoine Georges</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Diard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Girin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Simon Leglaive</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Hueber</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Xavier Alameda-Pineda</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JEP 2022 - 34e Journées d’Études sur la Parole</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Nantes, Jun 2022, Noirmoutier, France. pp.655-663, </w:t>
+              <w:t xml:space="preserve">ICASSP 2022 - IEEE International Conference on Acoustics, Speech and Signal Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Singapour, Singapore. pp.8252-8256, </w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.21437/JEP.2022-69⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/ICASSP43922.2022.9747804⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03978396v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03688189v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multistream neural architectures for cued-speech recognition using a pre-trained visual feature extractor and constrained CTC decoding</w:t>
               </w:r>
@@ -4310,785 +4310,785 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03578503v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Self-supervised speech unit discovery from articulatory and acoustic features using VQ-VAE</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-Luc Schwartz</w:t>
+                <w:t xml:space="preserve">BERT, can HE predict contrastive focus? Predicting and controlling prominence in neural TTS using a language model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brooke Stephenson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Besacier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Girin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Hueber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Interspeech 2022 - 23rd Annual Conference of the International Speech Communication Association</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Sep 2022, Incheon, South Korea. pp.774-778, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.21437/Interspeech.2022-10876⟩</w:t>
+              <w:t xml:space="preserve">, Sep 2022, Incheon, South Korea. pp.3383-3387, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21437/Interspeech.2022-10116⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03800013v1</w:t>
+                <w:t xml:space="preserve">hal-03791472v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">BERT, can HE predict contrastive focus? Predicting and controlling prominence in neural TTS using a language model</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Laurent Girin</w:t>
+                <w:t xml:space="preserve">Self-supervised speech unit discovery from articulatory and acoustic features using VQ-VAE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc-Antoine Georges</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Hueber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Interspeech 2022 - 23rd Annual Conference of the International Speech Communication Association</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Sep 2022, Incheon, South Korea. pp.3383-3387, </w:t>
+              <w:t xml:space="preserve">, Sep 2022, Incheon, South Korea. pp.774-778, </w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.21437/Interspeech.2022-10116⟩</w:t>
+                <w:t xml:space="preserve">⟨10.21437/Interspeech.2022-10876⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03791472v1</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03800013v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Benchmark of Dynamical Variational Autoencoders applied to Speech Spectrogram Modeling</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Simon Leglaive</w:t>
+                <w:t xml:space="preserve">Evaluating the Extrapolation Capabilities of Neural Vocoders to Extreme Pitch Values</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Perrotin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hussein El Amouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Bailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Hueber</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Xavier Alameda-Pineda</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Interspeech 2021 - 22nd Annual Conference of the International Speech Communication Association</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Aug 2021, Brno, Czech Republic. pp.46-50, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.21437/Interspeech.2021-256⟩</w:t>
+              <w:t xml:space="preserve">, Aug 2021, Brno, Czech Republic. pp.11-15, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21437/Interspeech.2021-1547⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03295657v1</w:t>
+                <w:t xml:space="preserve">hal-03338483v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Learning robust speech representation with an articulatory-regularized variational autoencoder</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marc-Antoine Georges</w:t>
+                <w:t xml:space="preserve">Alternate Endings: Improving Prosody for Incremental Neural TTS with Predicted Future Text Input</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brooke Stephenson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Hueber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Girin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Thomas Hueber</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Besacier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Interspeech 2021 - 22nd Annual Conference of the International Speech Communication Association</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Aug 2021, Brno, Czech Republic. pp.3345-3349, </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, Aug 2021, Brno, Czech Republic. pp.3865-3869, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21437/Interspeech.2021-275⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.21437/Interspeech.2021-1604⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03373252v1</w:t>
+                <w:t xml:space="preserve">hal-03372802v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluating the Extrapolation Capabilities of Neural Vocoders to Extreme Pitch Values</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Gérard Bailly</w:t>
+                <w:t xml:space="preserve">Learning robust speech representation with an articulatory-regularized variational autoencoder</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc-Antoine Georges</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Girin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Hueber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Interspeech 2021 - 22nd Annual Conference of the International Speech Communication Association</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Aug 2021, Brno, Czech Republic. pp.11-15, </w:t>
+              <w:t xml:space="preserve">, Aug 2021, Brno, Czech Republic. pp.3345-3349, </w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.21437/Interspeech.2021-1547⟩</w:t>
+                <w:t xml:space="preserve">⟨10.21437/Interspeech.2021-1604⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03338483v1</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03373252v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alternate Endings: Improving Prosody for Incremental Neural TTS with Predicted Future Text Input</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Brooke Stephenson</w:t>
+                <w:t xml:space="preserve">A Benchmark of Dynamical Variational Autoencoders applied to Speech Spectrogram Modeling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaoyu Bie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Girin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Leglaive</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Hueber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Laurent Besacier</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Alameda-Pineda</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Interspeech 2021 - 22nd Annual Conference of the International Speech Communication Association</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Aug 2021, Brno, Czech Republic. pp.3865-3869, </w:t>
+              <w:t xml:space="preserve">, Aug 2021, Brno, Czech Republic. pp.46-50, </w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.21437/Interspeech.2021-275⟩</w:t>
+                <w:t xml:space="preserve">⟨10.21437/Interspeech.2021-256⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03372802v1</w:t>
+                <w:t xml:space="preserve">hal-03295657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards an articulatory-driven neural vocoder for speech synthesis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc-Antoine Georges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Badin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Diard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Girin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5143,64 +5143,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">What the Future Brings: Investigating the Impact of Lookahead for Incremental Neural TTS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brooke Stephenson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Besacier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Girin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5407,51 +5407,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Roche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Hueber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Leglaive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">DAFx 2019 - 22nd International Conference on Digital Audio Effects</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Birmingham, United Kingdom. pp.1-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5578,597 +5578,597 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01978344v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptation of a Gaussian Mixture Regressor to a New Input Distribution: Extending the C-GMR Framework</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laurent Girin</w:t>
+                <w:t xml:space="preserve">Feature extraction using multimodal convolutional neural networks for visual speech recogntiion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Tatulli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Hueber</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Xavier Alameda-Pineda</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">LVA/ICA 2017 - 13th International Conference on Latent Variable Analysis and Signal Separation</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">ICASSP 2017 - IEEE International Conference on Acoustics, Speech and Signal Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2017, New Orleans, United States. pp.2971-2975</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01646098v1</w:t>
+                <w:t xml:space="preserve">hal-01485539v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Feature extraction using multimodal convolutional neural networks for visual speech recogntiion</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Eric Tatulli</w:t>
+                <w:t xml:space="preserve">Adaptation of a Gaussian Mixture Regressor to a New Input Distribution: Extending the C-GMR Framework</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Girin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Hueber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Alameda-Pineda</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICASSP 2017 - IEEE International Conference on Acoustics, Speech and Signal Processing</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">LVA/ICA 2017 - 13th International Conference on Latent Variable Analysis and Signal Separation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2017, Grenoble, France. pp.459-468, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-53547-0_43⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01485539v1</w:t>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01646098v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of visual feedback on speech recovery and language plasticity in patients with post-stroke non-fluent aphasia. Functional MRI assessment</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Retour visuel en aphasiologie : résultats comportementaux, acoustiques et en neuroimagerie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Acher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diandra Fabre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Hueber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Badin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monica Baciu</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Claire Boilley</w:t>
+                <w:t xml:space="preserve">Olivier Detante</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SOFMER 2016 - 31st Annual Congress of the French Society of Physical and Rehabilitation Medicine</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">XVIèmes Rencontres Internationales d’Orthophonie: "Orthophonie et technologies innovantes"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2016, Paris, France. pp.227-260</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01413803v1</w:t>
+                <w:t xml:space="preserve">hal-01419292v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Retour visuel en aphasiologie : résultats comportementaux, acoustiques et en neuroimagerie</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Apport de l’échographie linguale à la rééducation orthophonique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diandra Fabre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Hueber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Canault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Bedoin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Acher</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Olivier Detante</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XVIèmes Rencontres Internationales d’Orthophonie: "Orthophonie et technologies innovantes"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Dec 2016, Paris, France. pp.227-260</w:t>
+              <w:t xml:space="preserve">, Dec 2016, Paris, France. pp.199-225</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01419292v1</w:t>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01417693v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Apport de l’échographie linguale à la rééducation orthophonique</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Bedoin</w:t>
+                <w:t xml:space="preserve">Effect of visual feedback on speech recovery and language plasticity in patients with post-stroke non-fluent aphasia. Functional MRI assessment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monica Baciu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Acher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Kauffmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Cousin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Boilley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XVIèmes Rencontres Internationales d’Orthophonie: "Orthophonie et technologies innovantes"</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">SOFMER 2016 - 31st Annual Congress of the French Society of Physical and Rehabilitation Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2016, Saint Etienne, France. pp.e75 - e76, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.rehab.2016.07.176⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01417693v1</w:t>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01413803v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adaptive Latency for Part-of-Speech Tagging in Incremental Text-to-Speech Synthesis</w:t>
               </w:r>
@@ -6193,51 +6193,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olha Nahorna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Hueber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Bailly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Interspeech 2016 - 17th Annual Conference of the International Speech Communication Association</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2016, San Francisco, CA, United States. pp.2846 - 2850, </w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6265,256 +6265,256 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01374782v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tongue Tracking in Ultrasound Images using EigenTongue Decomposition and Artificial Neural Networks</w:t>
+                <w:t xml:space="preserve">Retour articulatoire visuel pour la rééducation orthophonique : approches basées sur l’échographie linguale augmentée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diandra Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Hueber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Canault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Bedoin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Badin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Interspeech 2015 - 16th Annual Conference of the International Speech Communication Association</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2015, Dresden, Germany</w:t>
+              <w:t xml:space="preserve">JPC 2015 - 6èmes Journées de Phonétique Clinique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01228917v1</w:t>
+                <w:t xml:space="preserve">hal-01228919v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Retour articulatoire visuel pour la rééducation orthophonique : approches basées sur l’échographie linguale augmentée</w:t>
+                <w:t xml:space="preserve">Tongue Tracking in Ultrasound Images using EigenTongue Decomposition and Artificial Neural Networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diandra Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Hueber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Bocquelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Badin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JPC 2015 - 6èmes Journées de Phonétique Clinique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2015, Montpellier, France</w:t>
+              <w:t xml:space="preserve">Interspeech 2015 - 16th Annual Conference of the International Speech Communication Association</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, Dresden, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01228919v1</w:t>
+                <w:t xml:space="preserve">hal-01228917v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">HMM Training Strategy for Incremental Speech Synthesis</w:t>
               </w:r>
@@ -6526,51 +6526,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Pouget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Hueber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Bailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timo Baumann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6608,103 +6608,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Real-time Control of a DNN-based Articulatory Synthesizer for Silent Speech Conversion: a pilot study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Bocquelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Hueber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Girin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Savariaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blaise Yvert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Interspeech 2015 - 16th Annual Conference of the International Speech Communication Association</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2015, Dresden, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6755,51 +6755,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diandra Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Hueber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Badin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Interspeech 2014 - 15th Annual Conference of the International Speech Communication Association</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2014, Singapour, Singapore. pp.2293-2297</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6824,103 +6824,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robust Articulatory Speech Synthesis using Deep Neural Networks for BCI Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Bocquelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Hueber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Girin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Badin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blaise Yvert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Interspeech 2014 - 15th Annual Conference of the International Speech Communication Association</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2014, Singapour, Singapore</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7105,51 +7105,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiaoou Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Hueber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Badin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISSP 2014 - 11th International Seminar on Speech Production</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2014, Cologne, Germany. pp.449-452</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7187,64 +7187,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Speaker adaptation of an acoustic-to-articulatory inversion model using cascaded Gaussian mixture regressions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Hueber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Bailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Badin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Elisei</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7407,77 +7407,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction to the proceedings of the SLaTE 2013 workshop on Speech and Language Technology in Education</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Badin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Hueber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Bailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Demolin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7554,51 +7554,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adela Barbulescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Hueber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Bailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Ronfard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7630,312 +7630,312 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00842928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vizart3D : retour articulatoire visuel pour l'aide à la prononciation</w:t>
+                <w:t xml:space="preserve">Cross-speaker acoustic-to-articulatory inversion using phone-based trajectory HMM</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Hueber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atef Ben Youssef</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Bailly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Badin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gérard Bailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Elisei</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JEP-TALN-RECITAL 2012 - conférence conjointe 29e Journées d'Études sur la Parole, 19e Traitement Automatique des Langues Naturelles, 14e Rencontre des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2012, Grenoble, France. pp.17-18</w:t>
+              <w:t xml:space="preserve">Interspeech 2012 - 13th Annual Conference of the International Speech Communication Association</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2012, Portland, United States. pp.Tue.SS3.08</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00725513v1</w:t>
+                <w:t xml:space="preserve">hal-00974347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cross-speaker acoustic-to-articulatory inversion using phone-based trajectory HMM</w:t>
+                <w:t xml:space="preserve">Vizart3D : retour articulatoire visuel pour l'aide à la prononciation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Hueber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atef Ben Youssef</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Badin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Bailly</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre Badin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Elisei</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Interspeech 2012 - 13th Annual Conference of the International Speech Communication Association</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2012, Portland, United States. pp.Tue.SS3.08</w:t>
+              <w:t xml:space="preserve">JEP-TALN-RECITAL 2012 - conférence conjointe 29e Journées d'Études sur la Parole, 19e Traitement Automatique des Langues Naturelles, 14e Rencontre des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2012, Grenoble, France. pp.17-18</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00974347v1</w:t>
+                <w:t xml:space="preserve">hal-00725513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Continuous Articulatory-to-Acoustic Mapping using Phone-based Trajectory HMM for a Silent Speech Interface</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Hueber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Bailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruce Denby</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7967,148 +7967,135 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00741682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Differences in articulatory strategies between silent, whispered and normal speech ? A pilot study using ElectroMagnetic Articulography</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Toward a multi-speaker visual articulatory feedback system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Atef Ben Youssef</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Hueber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Badin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Bailly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISSP 2011 - 9th International Seminar on Speech Production</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2011, Montreal, Canada. pp.n/c</w:t>
+              <w:t xml:space="preserve">Interspeech 2011 - 12th Annual Conference of the International Speech Communication Association</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2011, Florence, Italy. pp.589-592</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00724657v1</w:t>
+                <w:t xml:space="preserve">hal-00618781v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards a Practical Silent Speech Interface Based on Vocal Tract Imaging</w:t>
               </w:r>
@@ -8213,135 +8200,148 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00609106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toward a multi-speaker visual articulatory feedback system</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Differences in articulatory strategies between silent, whispered and normal speech ? A pilot study using ElectroMagnetic Articulography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Hueber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Badin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Savariaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coriandre Emmanuel Vilain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Bailly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Interspeech 2011 - 12th Annual Conference of the International Speech Communication Association</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2011, Florence, Italy. pp.589-592</w:t>
+              <w:t xml:space="preserve">ISSP 2011 - 9th International Seminar on Speech Production</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2011, Montreal, Canada. pp.n/c</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00618781v1</w:t>
+                <w:t xml:space="preserve">hal-00724657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Articulation silencieuse vs. vocalisée pour une &amp;quot;communication parlée silencieuse&amp;quot; : implications des différences articulatoires</w:t>
               </w:r>
@@ -8478,64 +8478,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atef Ben Youssef</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Hueber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Badin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Bailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Elisei</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8586,64 +8586,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Statistical mapping between articulatory and acoustic data. Application to Silent Speech Interface and Visual Articulatory Feedback</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Hueber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Badin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Bailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atef Ben Youssef</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8724,64 +8724,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Hueber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atef Ben Youssef</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Badin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Bailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Elisei</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9069,77 +9069,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Visual articulatory feedback for phonetic correction in second language learning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Badin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atef Ben Youssef</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Bailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Elisei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9755,77 +9755,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamical Variational Autoencoders: A Comprehensive Review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Girin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Leglaive</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaoyu Bie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Diard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Hueber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -10330,51 +10330,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="E05E4E16"/>
+    <w:nsid w:val="B0FF2013"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10561,51 +10561,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/thomas-hueber" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8296-5177" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/143151568" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/152052298" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/000000010201413X" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04728251v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ihab Asaad" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Jacquelin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Perrotin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Girin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Hueber" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csl.2025.101922" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04720125v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Antoine Georges" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marvin Lavechin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Schwartz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/coli_a_00532" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03247371v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Roche" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;va Garnier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Limier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5334/tismir.76" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02879182v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lise Haldin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Loevenbruck" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Marcon" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Piscicelli" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02699206.2020.1780473" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03016083v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Tatulli" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/neco_a_01264" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01977670v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Girod-Roux" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diandra Fabre" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvain Gerber" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Canault" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02699206.2019.1700310" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02134778v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Acher" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Kauffmann" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Cousin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/nrp.2019.0485" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074993v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Avril Treille" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coriandre Emmanuel Vilain" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Sato" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropsychologia.2017.12.024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01651198v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02699206.2017.1402090" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652757v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanja Schultz" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Wand" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dean J. Krusienski" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Herff" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASLP.2017.2752365" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01578315v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Alameda-Pineda" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Badin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.specom.2017.08.002" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01485540v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASLP.2017.2651398" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652752v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan S. Brumberg" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASLP.2017.2768838" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01484978v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lamalle" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/jocn_a_01057" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01459706v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Bocquelet" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Savariaux" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blaise Yvert" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1005119" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01228885v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Bailly" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csl.2015.03.005" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P706ZPHK-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01978301v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Chabard&#232;s" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jphysparis.2017.07.002" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01231197v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASLP.2015.2464702" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00990781v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruce Denby" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kiyoshi Honda" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jim J.M Gilbert" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.specom.2009.08.002" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9MH56BF5-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00616227v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Denby" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Schultz" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Honda" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Gilbert" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00527316v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie-Laurent Benaroya" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Chollet" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Dreyfus" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.specom.2009.11.004" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C35F7NV8-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00616228v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Dreyfus" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05280328v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Lascar" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Halbout" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanis Ouakrim" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annelies Braffort" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3742886.3756733" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05483766v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2025.emnlp-main.1217" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04875292v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanjana Sankar" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Lenglet" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Beautemps" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04494094v2" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannah Bull" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Gouiff&#232;s" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0012372600003660" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699949v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelo Ortiz Tandazo" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Schatz" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Dupoux" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/interspeech.2024-2192" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04141925v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Berthommier" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04126530v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Elisei" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03688189v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Diard" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP43922.2022.9747804" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03978396v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoyu Bie" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Leglaive" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/JEP.2022-69" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03578503v2" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP43922.2022.9746976" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03800013v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2022-10876" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03791472v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brooke Stephenson" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Besacier" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2022-10116" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03295657v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2021-256" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03373252v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2021-1604" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03338483v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hussein El Amouri" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2021-1547" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03372802v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2021-275" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184762v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02962234v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2020-2103" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349406v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349385v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01978344v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li Liu" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gang Feng" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01646098v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-53547-0_43" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01485539v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01413803v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Baciu" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Boilley" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2016.07.176" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01419292v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Detante" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01417693v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bedoin" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01374782v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Pouget" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olha Nahorna" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2016-165" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01228917v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01228919v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01228889v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timo Baumann" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01726265v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01070895v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01228891v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01134574v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas D&#8217;alessandro" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Tilmanne" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Astrinaki" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rasmus Dall" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-55143-7_2" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00974342v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoou Wang" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00851894v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00915298v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00960360v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Demolin" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Raby" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00842928v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adela Barbulescu" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Ronfard" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725513v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atef Ben Youssef" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00974347v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00741682v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00724657v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00609106v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun Cai" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Roussel" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00618781v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00610689v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Gendrot" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Crevier-Buchman" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonia Colazo-Simon" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00724655v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00640395v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00640396v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00683754v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00683753v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508272v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00683750v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria-M. Florescu" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2010-195" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04094162v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maureen Stone" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Zouari" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01161411v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Beller" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diemo Schwarz" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Rodet" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098915v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02926215v2" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1561/2200000089" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00990768v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01987801v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Landais" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Bredin" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chafic Mokbel" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-77347-4_2" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-P4MQ4PD5-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/pastel-00005707v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/thomas-hueber" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8296-5177" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/143151568" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/152052298" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/000000010201413X" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04728251v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ihab Asaad" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Jacquelin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Perrotin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Girin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Hueber" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csl.2025.101922" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04720125v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Antoine Georges" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marvin Lavechin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Schwartz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/coli_a_00532" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03247371v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Roche" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;va Garnier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Limier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5334/tismir.76" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02879182v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lise Haldin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Loevenbruck" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Marcon" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Piscicelli" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02699206.2020.1780473" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03016083v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Tatulli" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/neco_a_01264" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01977670v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Girod-Roux" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diandra Fabre" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvain Gerber" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Canault" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02699206.2019.1700310" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02134778v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Acher" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Kauffmann" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Cousin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/nrp.2019.0485" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074993v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Avril Treille" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coriandre Emmanuel Vilain" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Sato" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropsychologia.2017.12.024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01651198v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02699206.2017.1402090" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01485540v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Alameda-Pineda" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASLP.2017.2651398" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01578315v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Badin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.specom.2017.08.002" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652757v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanja Schultz" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Wand" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dean J. Krusienski" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Herff" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASLP.2017.2752365" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652752v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan S. Brumberg" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASLP.2017.2768838" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01484978v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lamalle" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/jocn_a_01057" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01228885v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Bailly" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csl.2015.03.005" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P706ZPHK-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01459706v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Bocquelet" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Savariaux" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blaise Yvert" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1005119" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01978301v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Chabard&#232;s" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jphysparis.2017.07.002" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01231197v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASLP.2015.2464702" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00990781v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruce Denby" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kiyoshi Honda" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jim J.M Gilbert" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.specom.2009.08.002" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9MH56BF5-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00616227v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Denby" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Schultz" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Honda" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Gilbert" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00527316v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie-Laurent Benaroya" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Chollet" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Dreyfus" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.specom.2009.11.004" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C35F7NV8-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00616228v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Dreyfus" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05280328v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Lascar" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Halbout" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanis Ouakrim" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annelies Braffort" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3742886.3756733" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05483766v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2025.emnlp-main.1217" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04875292v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanjana Sankar" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Lenglet" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Beautemps" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04494094v2" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannah Bull" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Gouiff&#232;s" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0012372600003660" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699949v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelo Ortiz Tandazo" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Schatz" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Dupoux" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/interspeech.2024-2192" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04141925v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Berthommier" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04126530v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Elisei" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03978396v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoyu Bie" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Leglaive" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/JEP.2022-69" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03688189v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Diard" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP43922.2022.9747804" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03578503v2" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP43922.2022.9746976" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03791472v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brooke Stephenson" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Besacier" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2022-10116" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03800013v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2022-10876" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03338483v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hussein El Amouri" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2021-1547" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03372802v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2021-275" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03373252v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2021-1604" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03295657v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2021-256" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184762v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02962234v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2020-2103" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349406v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349385v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01978344v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li Liu" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gang Feng" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01485539v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01646098v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-53547-0_43" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01419292v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Detante" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01417693v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bedoin" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01413803v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Baciu" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Boilley" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2016.07.176" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01374782v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Pouget" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olha Nahorna" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2016-165" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01228919v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01228917v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01228889v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timo Baumann" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01726265v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01070895v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01228891v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01134574v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas D&#8217;alessandro" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Tilmanne" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Astrinaki" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rasmus Dall" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-55143-7_2" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00974342v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoou Wang" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00851894v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00915298v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00960360v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Demolin" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Raby" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00842928v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adela Barbulescu" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Ronfard" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00974347v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atef Ben Youssef" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725513v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00741682v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00618781v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00609106v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun Cai" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Roussel" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00724657v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00610689v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Gendrot" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Crevier-Buchman" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonia Colazo-Simon" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00724655v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00640395v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00640396v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00683754v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00683753v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508272v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00683750v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria-M. Florescu" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2010-195" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04094162v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maureen Stone" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Zouari" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01161411v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Beller" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diemo Schwarz" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Rodet" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098915v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02926215v2" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1561/2200000089" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00990768v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01987801v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Landais" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Bredin" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chafic Mokbel" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-77347-4_2" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-P4MQ4PD5-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/pastel-00005707v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>