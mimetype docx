--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -212,837 +212,2573 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05448205v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (13)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fracture toughness of Khaya ivorensis and Magnolia obovata for mobility applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Riccardo Houngbegnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rostand Moutou Pitti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valery Doko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Jailin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Blaysat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Theoretical and Applied Fracture Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 141, pp.105209. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tafmec.2025.105209⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05332954v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Towards strain gauge 2.0: Substituting the electric resistance routinely deposited on polyimide film by the optimal pattern for full-field strain measurement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Vinel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Grédiac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Balandraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Blaysat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Jailin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Strain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 61 (1), pp.e12488. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/str.12488⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04456869v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Predicting Camera Sensor Noise Propagation to Displacement and Strain Maps Retrieved from Checkerboard Patterns with Localized Spectrum Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Grédiac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Sur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Vinel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Jailin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Blaysat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Experimental Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 65 (8), pp.1237-1257. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11340-025-01207-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05137052v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Performing Stereo-Measurements with Optimal Patterns Processed by Localised Spectrum Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Jailin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Blaysat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Vinel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Langlois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Sur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Experimental Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 65 (9), pp.1461-1472. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11340-025-01217-7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05308609v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Full-field strain investigation of twinned martensite in a thermally activated Cu–Al–Ni single crystal using Localized Spectrum Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Vinel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maël Laquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Balandraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Blaysat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Grédiac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Acta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 264, pp.119550. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.actamat.2023.119550⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04335374v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Measuring forces in a 2D multi-contact system using the virtual fields method: Principle, simulations and experimental application to a three-particle system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kunanon Jongchansitto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Balandraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Blaysat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Grédiac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Jailin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Journal of Mechanics - A/Solids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 106, pp.105315. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.euromechsol.2024.105315⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04701486v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">OpenLSA: An open-source toolbox for computing full-field displacements from images of periodic patterns</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Blaysat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Sur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Jailin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Vinel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Grédiac</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SoftwareX</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 27, pp.101826. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.softx.2024.101826⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04782788v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fine-Tuning a Deconvolution Algorithm to Restore Displacement and Strain Maps Obtained with LSA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Grédiac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Balandraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Blaysat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Jailin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Langlois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Experimental Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 63 (9), pp.1509 - 1537. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11340-023-00997-0⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04250310v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Measuring both thermal and kinematic full-fields using a single CMOS camera during high temperature tests</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Jailin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tardif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Chaudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Desquines</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Coret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Optics and Lasers in Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 158, pp.107107. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.optlaseng.2022.107107⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03709173v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">FEMU based identification of the creep behavior of Zircaloy-4 claddings under simulated RIA thermo-mechanical conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Jailin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tardif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Desquines</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Chaudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Coret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Nuclear Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 561, pp.153542. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jnucmat.2022.153542⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03555525v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Experimental study and modelling of the phase transformation of Zircaloy-4 alloy under high thermal transients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Jailin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tardif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Desquines</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Coret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.-C. Baietto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Materials Characterization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 162, pp.110199. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.matchar.2020.110199⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02489746v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Measurement of 1-10 Hz 3D vibration modes with a CT-scanner</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Jailin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Jailin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Advanced Modeling and Simulation in Engineering Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 7 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s40323-020-00155-4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03312163v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thermo-mechanical behavior of Zircaloy-4 claddings under simulated post-DNB conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Jailin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tardif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Desquines</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Chaudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Coret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Nuclear Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, pp.151984. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jnucmat.2020.151984⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02437246v3</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (13)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative study of Khaya ivorensis and Magnolia obovata : resistance to cracking for space applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mahugnon Riccardo Houngbegnon</w:t>
+                <w:t xml:space="preserve">Non-iterative method of stress projection in beam elements for stent deployment simulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Boldron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Blaysat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Jailin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Sarry</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Society for Experimental Mechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Hyatt Regency, Jun 2025, Milwaukee (Wisconsin, USA), United States</w:t>
+              <w:t xml:space="preserve">26e Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laboratoire d'Etude des Microstructures et de Mécanique des Matériaux (LEM3 - UMR CNRS 7239), Aug 2025, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05146073v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05313088v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact sur le transfert d'humidité d'une grille destinée à des mesures optiques de déformation du bois par spectre localisé (LSA)</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Pierre Kisito</w:t>
+                <w:t xml:space="preserve">Comparative study of Khaya ivorensis and Magnolia obovata : resistance to cracking for space applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahugnon Riccardo Houngbegnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Jailin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valery K Doko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Blaysat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Sauvat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14èmes journées du GDR 3544 « Sciences du bois »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2025, Mont de Marsan, France</w:t>
+              <w:t xml:space="preserve">Society for Experimental Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Hyatt Regency, Jun 2025, Milwaukee (Wisconsin, USA), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05352112v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05146073v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of cracking process in tropical wood for mobility</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Sauvat</w:t>
+                <w:t xml:space="preserve">Impact sur le transfert d'humidité d'une grille destinée à des mesures optiques de déformation du bois par spectre localisé (LSA)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loic Chrislin Nguedjio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blaysat Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jailin Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Gril</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Kisito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">WORLD CONFERENCE ON TIMBER ENGINEERING</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Australian Organising Committee, Jun 2025, Brisbane (AU), France</w:t>
+              <w:t xml:space="preserve">14èmes journées du GDR 3544 « Sciences du bois »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2025, Mont de Marsan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05146054v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05352112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non-iterative method of stress projection in beam elements for stent deployment simulation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Arthur Boldron</w:t>
+                <w:t xml:space="preserve">Comparison of cracking process in tropical wood for mobility</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahugnon Riccardo Houngbegnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Jailin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valery K Doko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Blaysat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Sauvat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">26e Congrès Français de Mécanique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Laboratoire d'Etude des Microstructures et de Mécanique des Matériaux (LEM3 - UMR CNRS 7239), Aug 2025, Metz, France</w:t>
+              <w:t xml:space="preserve">WORLD CONFERENCE ON TIMBER ENGINEERING</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Australian Organising Committee, Jun 2025, Brisbane (AU), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05313088v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05146054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R3XA: Toward a metadata standard for experimental (photo)mechanics datasets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Blaysat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rébecca Bonnaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Bouda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John-Eric Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia Feld-Payet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PhotoMechanics - International DIC Society 2024 Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2024, Clermont-Ferrand, France. pp.47</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04786143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of cracking parameters of three tropical African species using the LSA method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Riccardo Houngbegnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosny Biyo'O</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nourradine Hassan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Gravier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Godi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Tropical Wood (ICTW) - Advancing the Sustainable Use of Tropical Forests</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2024, Antanarivo, Madagascar</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04854846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simultaneous thermal and kinematic full-field measurements on optimal patterns based on infrared images and spectral analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Jailin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Jury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Blaysat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1074,198 +2810,198 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18th International Conference on Advances in Experimental Mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Liverpool, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04907275v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparaison des processus de fissuration des bois tropicaux pour la mobilité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Riccardo Houngbegnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jailin Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valery Doko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blaysat Benoît</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sauvat Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13èmes journées du GDR 3544 « Sciences du bois »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2024, Nantes, France. pp.307-310</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04828123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stereo-measurements on optimal patterns based on Spectral Analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Jailin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1274,2505 +3010,769 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Blaysat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Vinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Langlois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Grédiac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">iDICs 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2023, Fukui, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04563284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coupled NIRT / 3D-DIC for a FEMU identification of the thermo-mechanical behavior of Zr-4 claddings under simulated Reactivity Initiated Accident</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Jailin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tardif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Desquines</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Coret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine Baietto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2019 SEM Annual Conference and Exposition on Experimental and Applied Mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Reno, United States. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-030-30098-2_7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02443369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification de lois de fluage par FEMU sur une ROI sans bord libre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Jailin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tardif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Desquines</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Coret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine Baietto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14ème Colloque National en Calcul de Structures (CSMA 2019)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Presqu'île de Giens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02443409v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanical behavior of as-fabricated Zircaloy-4 claddings under the simulated thermo-mechanical post-DNB conditions of a Reactivity Initiated Accident (RIA)</w:t>
+                <w:t xml:space="preserve">Multimodal setups for the study of fresh Zircaloy-4 claddings under simulated thermal-mechanical RIA conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Jailin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tardif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Desquines</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Coret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marie-Christine Baietto</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Breville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Top Fuel 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2018, Prague, Czech Republic</w:t>
+              <w:t xml:space="preserve">PHOTOMECHANICS 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2018, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01863256v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01863226v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multimodal setups for the study of fresh Zircaloy-4 claddings under simulated thermal-mechanical RIA conditions</w:t>
+                <w:t xml:space="preserve">Mechanical behavior of as-fabricated Zircaloy-4 claddings under the simulated thermo-mechanical post-DNB conditions of a Reactivity Initiated Accident (RIA)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Jailin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tardif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Desquines</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Coret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Thierry Breville</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Baietto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PHOTOMECHANICS 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2018, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Top Fuel 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Prague, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01863226v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01863256v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of periodic checkerboard patterns on moisture content diffusion properties of wood material</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loic Chrislin Nguedjio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Blaysat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Jailin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Gril</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Kisito Talla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Image-Based Mechanics : An Overview of Experimental and Numerical Approaches</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2025, Udine, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05306461v1</w:t>
-              </w:r>
-[...1734 lines deleted...]
-                <w:t xml:space="preserve">hal-02489746v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4030,51 +4030,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448205v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Vinel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Balandraud" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Blaysat" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Gr&#233;diac" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Jailin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05146073v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahugnon Riccardo Houngbegnon" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valery K Doko" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sauvat" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05352112v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Chrislin Nguedjio" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blaysat Benoit" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jailin Thomas" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Gril" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Kisito" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05146054v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313088v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Boldron" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Sarry" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786143v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;becca Bonnaire" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bouda" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John-Eric Dufour" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Feld-Payet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04854846v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Houngbegnon" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosny Biyo'O" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nourradine Hassan" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Gravier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Godi" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04907275v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Jury" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04828123v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valery Doko" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blaysat Beno&#238;t" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sauvat Nicolas" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04563284v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Langlois" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02443369v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Tardif" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Desquines" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Coret" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Baietto" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-30098-2_7" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02443409v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01863256v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01863226v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Breville" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05306461v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Blaysat" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Kisito Talla" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05137052v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gr&#233;diac" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Sur" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Blaysat" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11340-025-01207-9" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04456869v2" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/str.12488" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05308609v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vinel" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Langlois" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Sur" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11340-025-01217-7" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05332954v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rostand Moutou Pitti" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tafmec.2025.105209" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04335374v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Laquet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2023.119550" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04782788v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.softx.2024.101826" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04701486v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kunanon Jongchansitto" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechsol.2024.105315" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250310v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Balandraud" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Jailin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11340-023-00997-0" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03709173v2" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Chaudet" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Desquines" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optlaseng.2022.107107" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-lyon.hal.science/hal-03555525v2" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Chaudet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2022.153542" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03312163v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Jailin" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Roux" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40323-020-00155-4" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02437246v3" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2020.151984" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02489746v2" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-C. Baietto" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchar.2020.110199" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03125761v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2020LYSEI032" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448205v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Vinel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Balandraud" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Blaysat" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Gr&#233;diac" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Jailin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05332954v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Houngbegnon" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rostand Moutou Pitti" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valery Doko" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tafmec.2025.105209" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04456869v2" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/str.12488" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05137052v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gr&#233;diac" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Sur" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Blaysat" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11340-025-01207-9" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05308609v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vinel" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Langlois" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Sur" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11340-025-01217-7" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04335374v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Laquet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2023.119550" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04701486v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kunanon Jongchansitto" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechsol.2024.105315" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04782788v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.softx.2024.101826" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250310v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Balandraud" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Jailin" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11340-023-00997-0" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03709173v2" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Tardif" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Chaudet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Desquines" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Coret" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optlaseng.2022.107107" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-lyon.hal.science/hal-03555525v2" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Chaudet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2022.153542" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02489746v2" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-C. Baietto" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchar.2020.110199" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03312163v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Jailin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Roux" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40323-020-00155-4" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02437246v3" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2020.151984" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313088v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Boldron" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Sarry" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05146073v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahugnon Riccardo Houngbegnon" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valery K Doko" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sauvat" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05352112v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Chrislin Nguedjio" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blaysat Benoit" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jailin Thomas" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Gril" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Kisito" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05146054v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786143v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;becca Bonnaire" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bouda" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John-Eric Dufour" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Feld-Payet" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04854846v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosny Biyo'O" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nourradine Hassan" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Gravier" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Godi" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04907275v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Jury" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04828123v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blaysat Beno&#238;t" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sauvat Nicolas" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04563284v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Langlois" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02443369v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Desquines" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Baietto" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-30098-2_7" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02443409v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01863226v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Breville" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01863256v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05306461v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Blaysat" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Kisito Talla" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03125761v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2020LYSEI032" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>