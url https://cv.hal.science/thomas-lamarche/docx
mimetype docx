--- v0 (2026-03-03)
+++ v1 (2026-03-23)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Thomas Lamarche </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (45)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Between Autonomy and Determinism: The Meso-Régulation Approach Applied to Digital Platforms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Bastien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Grouiez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Review of Radical Political Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/048661342513957⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05493296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rethinking the Social and Solidarity Economy and Its Potential for Socio-Ecological Transitions: A Mesoeconomic Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bodet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interventions Economiques : Papers in Political Economy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 74, </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/15na7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05501302v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’économie sociale et solidaire à travers le filtre de l’innovation sociale. À propos de Richez-Battesti N. & É. Bidet (2024), L’innovation sociale. Expérimenter et transformer à partir des territoires, Paris, Les petits matins.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de la régulation. Capitalisme, institutions, pouvoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 38, </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/15156⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05345659v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien avec Julio C. Neffa, régulationniste argentin et analyste des transformations du travail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julio Neffa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Marie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de la régulation. Capitalisme, institutions, pouvoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 38, </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/15151⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05345656v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Université, service public ou secteur productif ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Michel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La vie des idées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04456639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emancipation, travail autonome en coopératives d’activités et d’emploi : anatomie d’une recherche-action</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bodet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Michalon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Pochon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Smart APMC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, https://smartbe.be/wp-content/uploads/2024/08/03-24.pdf</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05279663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Produire est politique : les coopératives, levier de transformation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de la régulation. Capitalisme, institutions, pouvoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 34 | 1er semestre, </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/regulation.22341⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04205591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variétés des critiques en actes et politiques publiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Metereau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Internationale de l'Economie Sociale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 367, pp.29-33. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/recma.367.0033⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04015839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le travail politique dans la transmission des coopératives de production.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Ballon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orville Pletschette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Pochon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Manufacture Coopérative</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03676945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Covid-19 : L’économie dévoilée par la crise pandémique. Introduction au numéro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Graz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Alary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Labrousse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Vercueil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de la régulation. Capitalisme, institutions, pouvoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 29, </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/regulation.18818⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03138667v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saisir les processus méso : une approche régulationniste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Grouiez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martino Nieddu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Chanteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Labrousse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Économie appliquée : archives de l'Institut de science économique appliquée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Classique Garnier, 1, pp.13-49. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-11904-3.p.0013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02998010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des coopératives de travail du XIX e siècle aux CAE et aux SCIC : les coopératives comme espace méso critique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bodet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Internationale de l'Economie Sociale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 358</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02968324v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gender at the core of systems of power and inequality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elissa Braunstein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Jeffers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Labrousse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Lefevre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de la régulation. Capitalisme, institutions, pouvoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 27, </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/regulation.17006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02925949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LPPR : menaces sur une science indépendante et plurielle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Aymes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Boussard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Buob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Noûs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hommes &amp; libertés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 191, pp.20-22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02962989v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour une économie féministe radicalement hétérodoxe. Entretien avec Sylvie Morel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Jeffers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Lefevre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de la régulation. Capitalisme, institutions, pouvoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02179841v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déployer les études de genre en économie politique. Introduction au dossier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Lefevre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de la régulation. Capitalisme, institutions, pouvoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 25, </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/regulation.15089⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02179404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temps forts: Transition écologique et Scic : une université éphémère à Grasse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Chochoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Internationale de l'Economie Sociale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 353, pp.7-18. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/recma.353.0007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02293246v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apports de la recherche-action par et sur les coopératives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie de Grenier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Dossiers de la DREES</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Formes d’économie collaborative et protection sociale Actes du séminaire de recherche de la DREES et de la DARES, 31, pp.158-166</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02153934v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does CSR Contribute to Sustainable Development? What a Régulation Approach Can Tell Us</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bodet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Review of Radical Political Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 50 (1), pp.154-172. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0486613416635038⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01471471v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Governance of urban nature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Glatron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aleksandar Rankovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Sourdril</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Articulo - Journal of Urban Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/articulo.3212⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01591671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ce qu’une théorie économique historicisée veut dire. Retour sur les méthodes de trois générations d’institutionnalisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Labrousse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Vercueil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Chanteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Grouiez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de Philosophie Economique / Review of Economic Philosophy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 18 (2), pp.153. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rpec.182.0153⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02060954v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La RSE entre Institution du capitalisme et stratégie productive : une grille de lecture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bodet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Economie et institutions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 24</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01471500v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crise du travail ou quête de sens ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Options</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 618 (Juin), pp.10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01809571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la théorie de la régulation à l’économie politique des capitalismes. À propos de Robert Boyer, Économie politique des capitalismes. Théorie de la régulation et des crises , Paris, La Découverte, coll. « Grands Repères », 2015, Note de lecture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Socio-Economie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016,  17 (2), pp.193-198. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rfse.017.0193⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01809568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trois questions à la théorie de la régulation par ceux qui ne l’ont pas fondée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Chanteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Grouiez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Labrousse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de la régulation. Capitalisme, institutions, pouvoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 19, </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/regulation.11918⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01671545v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When corporate social responsibility meets the challenges of rising globalisation risks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bodet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">China journal of social work </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 8 (3), pp.231-246. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/17525098⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01232731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Concerning the Limits of Regulation… Which may conceal other, about Stavros Mavroudeas, The Limits of Regulation. A critical analysis of capitalist development. Note de lecture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de la régulation. Capitalisme, institutions, pouvoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, pp.1-14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01260061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’expérience des monnaies complémentaires : questionner et redéfinir le lien des citoyens à la monnaie : entretien avec Celina Whitaker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Célina Whitaker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pepita Ould Ahmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Ponsot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de la régulation. Capitalisme, institutions, pouvoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 18, pp.1-13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01253843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’euro ou l’oubli de la politique : entretien avec Frédéric Lordon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Lordon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pepita Ould Ahmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Ponsot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de la régulation. Capitalisme, institutions, pouvoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 18, pp.1-14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01253831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Las cooperativas de actividad y de empleo en la búsqueda de un modelo productivo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bodet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie de Grenier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revista de Políticas Sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 1-2, pp.117-128</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01211435v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corporate Social Responsibility in an international perspective : Europe, Russia, and Tunisia. An introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petia Koleva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Magnin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> East-West Journal of Economics and Business</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 17 (1), pp.11-18</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01810062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ＣＳＲは持続的発展に貢献できるか？ーアクター によるルールの生産からレ ジーム形成の 仮説へ」(En quoi la RSE contribue-t-elle à un régime de développement durable ? Quelques questions sur l’articulation micro macro)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société franco-japonaise des sciences économiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 29</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01809573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mettre l'économie en images Revue Documentaires, n° 25 Crises en thèmes. Filmer l'économie. Note de lecture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de la régulation. Capitalisme, institutions, pouvoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 15 (1)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01063477v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Coopérative d'activités et d'emploi à la recherche d'un modèle productif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bodet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie de Grenier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Internationale de l'Economie Sociale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 329</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00984756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamics of corporate social responsability: towards a new 'conception of control'?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Rubinstein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Institutional Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 8 (2), pp.161-186. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S174413741100049X⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00719217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des limites de la régulation. Des limites qui peuvent en cacher d’autres, Note sur Mavroudeas, S., 2012, The Limits of Regulation. A critical analysis of capitalist development, Edward Elgar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de la régulation. Capitalisme, institutions, pouvoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 12 (2e semestre)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01809588v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les nouvelles institutions de la &amp;quot;mesure&amp;quot; de la rse entre communication et évaluation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de l'Organisation Responsable</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 4 (2), pp.18. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/ror.042.0004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00865063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La propriété intellectuelle emportée par le numérique ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Terminal. Technologie de l’information, culture &amp; société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 102, pp.7-17</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01383464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation de la responsabilité sociale des entreprises : Quelles spécificités de l'économie sociale ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bodet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Leseul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Picard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Internationale de l'Economie Sociale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 308, pp.339 - 358</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01281304v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changements organisationnels et changements institutionnels en contradiction dans l'enseignement supérieur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Économies et sociétés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, EGS, 9, pp.321 - 347</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01281319v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La propriété intellectuelle emportée par le numérique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Delamotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Benoît Zimmermann</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Terminal. Technologie de l’information, culture &amp; société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 102, pp.7 - 17. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/terminal.3501⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01281320v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La responsabilité sociale des entreprises comme innovation institutionnelle. Une lecture régulationniste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de la régulation. Capitalisme, institutions, pouvoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01383470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’édition hors marché des ressources numérisées de la profession médicale : revisiter la fonction d’édition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Horn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Études de communication - Langages, information, médiations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, L'intégration du numérique dans les formations du supérieur, Numéro spécial, pp.91-109. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/edc.578⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01388947v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'édition hors marché des ressources numérisées de la profession médicale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Horn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Études de communication - Langages, information, médiations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, n° spécial octobre, p. 91-109</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00278801v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Télécoms : réinventer le service public ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Desbois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Prince</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Terminal. Technologie de l’information, culture &amp; société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 76-77, pp.1-203</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01072577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coopératives, démocratie économique et marges d'action critiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bodet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04923700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une transition ordinaire, [Version graphique]. Retour sur les trois universités éphémères du programme Travail Autonome, Coopération, Innovations Sociales pour la Transition Écologique (TACITE)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwendal Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Cécile Tertre Du</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bodet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Chemla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02570154v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les coopératives comme espaces méso critiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bodet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02462804v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coopérative de production. Une lecture par les communs.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Grouiez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03407485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La RSE contribue-t-elle au développement durable ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bodet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00912728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hellequin AP &amp; Capon M., (coord.) 2025, Penser les confinements par les territoires : Cohabiter dans l'EspaCe d'Après, rapport scientifique, UMR LADYSS 7533 Programme MAMA 2020-2024</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Peggy Hellequin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Bochaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanne Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Clauzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ségolène Darly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">LADYSS -Laboratoire dynamiques sociales et recomposition des espaces - UMR CNRS 7533. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05030710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une approche évaluative de la dimension culturelle des rapports à la nature. Note de cadrage conceptuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étienne Grésillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Barbe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Rapport final MEEM. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01539454v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discours RSE, la réalité sociale décalée &amp;quot;Du rapport de développement durable au rapport CHSCT : tension sur l'expertise sociale dans l'entreprise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bodet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] LADYSS. 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00865044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Professionnalisation de la responsabilité : dynamiques, formes et figures professionnelles du développement durable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice de La Broise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Chantraine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Huet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] MESH, Lille. 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01281285v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (12)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mésoéconomie. Penser la pluralité des dynamiques économiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Bastien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dunod. 2025, 9782100872459</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05130749v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théorie de la régulation : un nouvel état des savoirs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Boyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Chanteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Labrousse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dunod, pp.656, 2023, 978-2-10-084057-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04205650v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabriquer l’Égalité. Manifeste pour en finir avec le sexisme dans l’économie sociale et solidaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antinéa Lestien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Barré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Chalumeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bodet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Egmont Labadie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Catherine Bodet, La Manufacture Coopérative. </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edition de L’Atelier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.112, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02337127v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hepsi Ayni Seyi Söyleyecekse Bu Kadar Cok Iktisatciya Ne Gerek Var?; Coksesli Bir Iktisat Icin Manifesto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Batifoulier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Chavance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Favereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Jallais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Labrousse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iletisim Yayinlari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 96 p., 2018, 9789750525414</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02885461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What good are economists if they all say the same thing ? Manifesto for pluralist economics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Batifoulier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Chavance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Favereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Jallais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Labrousse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Association française d'économie politique. , 95 p., 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02885420v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">À quoi servent les économistes s'ils disent tous la même chose ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Batifoulier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Chavance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Favereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Jallais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Labrousse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Les liens qui libèrent, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01471379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crear sociedad : la elección de las cooperativas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Manufacture Coopérative</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petia Koleva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yorgos Rizopoulos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve"> Documentos del Centro de Estudios de Sociología del Trabajo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 84, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01592273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dossier « Corporate social responsibility in an international perspective: Europe, Russia, and Tunisia »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petia Koleva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Magnin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">, 17 (1), 2014, East-West Journal of Economics and Business</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01592283v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faire société : le choix des coopératives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Manufacture Coopérative</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petia Koleva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yorgos Rizopoulos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éditions du Croquant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 9782365120470</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01009323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manager ou servir ? Le service public aux prises avec le nouveau management public</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Bechtold Rognon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Syllepses, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01592279v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manager ou servir. Les services publics aux prises avec le nouveau management public</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Bechtold Rognon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Paris, Syllepse, pp.143, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01061160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Responsabilité sociale : vers une nouvelle communication des entreprises.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. de La Broise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Huet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires Septentrion - ISBN 2-85939-963-1, pp.224, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00266136v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (23)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les coopératives comme levier de transformation. Une approche mésoéconomique.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire MSH Sud</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04595665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coopératives et territoires: des bases pour des régulations alternatives dans le capitalisme ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès du RIUESS 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04642178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plantes actrices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étienne Grésillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Dajoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Roussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’agentivité des plantes, histoires et perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LIED, LADYSS, Dec 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04868894v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy resources materialities, the making of green funding and their territorial landing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Assié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Grouiez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Nadaï</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Financing energy transition: Actors, instruments, and territories”, CIRAD - University Paul Valery, Campus Saint Charles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03795956v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesology – Mesoeconomics. A Fruitful Meeting or a Fruitless Common Root ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Chartier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11e Congrès de l’AFEP, Qu’est-ce qu’un système économique et social soutenable ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03885013v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La responsabilité territoriale des entreprises peut-elle aider la RSE à s’incarner ? Un éclairage mésoéconomique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres du RIUESS, L’économie sociale et solidaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03885034v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche méso-économique du coopérativisme paysan au Nicaragua</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Metereau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès Institut des Amériques. Etat de la recherche sur les Amériques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LARCA, PRODIG, LADYSS, Sep 2021, Aubervilliers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03884904v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une analyse mésoéconomique des coopératives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10e Congrès de l’AFEP, Ressources</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03884923v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coopératives et Régulation : un cadre d’analyse prometteur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10eme congrès AFEP Ressources</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AFEP, Jun 2021, Toulouse-Online, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03506752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beyond autonomy and determinism. A mesoeconomic approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Grouiez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Embedded Scales of Agriculture Production Systems, SMEs, and Global Value Chains: Is it a Feature Unique to Agribusiness?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2019, Kuala Lumpur, Malaysia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03884753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduire les études de genre en économie politique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9e Congrès de l’AFEP, Penser l’économie de demain et le futur de l’économie politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IIPPEE, Jul 2019, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03884853v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RSE–ESS des processus distincts pour travailler les Formes d’entreprendre et les processus instituants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Labex DynamiTe. Séminaire Circulation des modèles et hétérogénéité des développements</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03885170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les apports de Martino Nieddu à l’économie politique régulationniste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8e Congrès de l’AFEP, Crises et Transitions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire REGARDS, EA6292, Jul 2018, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03884703v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une analyse mésoéconomique de l’enseignement supérieur à partir du cas de la France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8e Congrès de l’AFEP, Crises et Transitions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire REGARDS, EA6292, Jul 2018, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03884698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formes de travail et de coopération : une citoyenneté économique pour la transition écologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire du programme Cit'in</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Saint-Denis, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03885109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conflict and compromize in the margin of capitalism: Coop between shared value and instituted rules</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Society for the advancement of socio-economic</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SASE, Jun 2017, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03510978v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les régulations mésoéconomiques : saisir la variété des espaces de régulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martino Nieddu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Grouiez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Chanteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Labrousse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La théorie de la régulation à l’épreuve des crises Paris</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Paris, France. pp.1-23</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La coopération : processus institué/processus en acte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transition vers la coopérative / coopératives dans la transition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01011667v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rôle des régulations territorialisée infranationale. Le cas du secteur du savoir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Du Tertre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CIST2011 - Fonder les sciences du territoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Collège international des sciences du territoire (CIST), Nov 2011, Paris, France. pp.237-239</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01353350v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diffusion des ressources pédagogiques numériques : un modèle éditorial ? Eléments à partir de la profession médicale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Horn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Document numérique et société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, France. pp.71-86</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">sic_00378772v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'analyse d'un éditeur non-marchand de ressources numérisées éducatives : l'UMVF (Université Médicale Virtuelle Francophone)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Horn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence « Document numérique et Société », 20 et 21 septembre, Fribourg, Suisse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00278811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un éditeur non marchand de ressources numérisées éducatives : l'Université Médicale Virtuelle Francophone, « Les usagers, acteurs-clé du multimédia éducatif et culturel ?... »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Horn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11e Rencontres de l'Orme, Marseille, 22-23 mars</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2006, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00278815v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'UMVF un « éditeur hors marché » des ressources numérisées de la profession médicale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Horn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">edutice-00001419v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (21)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La théorie de la régulation : analyser un monde qui change</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Boyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Chanteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Labrousse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Boyer, Robert; Chanteau, Jean-Pierre; Labrousse, Agnès; Lamarche, Thomas. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Théorie de la régulation. Un nouvel état des savoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dunod, pp. 1-16, 2023, 978-2-10-084057-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04205659v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le genre, un rapport social fantôme (pour la TR)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bodet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Boyer R., Chanteau J.-P., Labrousse A. et Lamarche T. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Théorie de la régulation. Nouvel État des Savoirs,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dunod, 2023, Eco Sup, 978-2-10-084057-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03960124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Économie des services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Henneguelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Jany-Catrice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dunod. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Grand Manuel d'économie politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04205605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche méso de la théorie de la régulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Théorie de la régulation. Un nouvel état des savoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04205619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'économie sociale et solidaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Defalvard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Isla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Puissant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Guy, Yann; Henneguelle, Anaïs; Puissant, Emmanuelle. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Grand manuel d'économie politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dunod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.172-182, 2023, 978-2-10-084101-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04199521v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rupture de la trajectoire de l’enseignement supérieur et de la recherche : une analyse méso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Michel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Théorie de la régulation. Un nouvel état des Savoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04205627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La mésoéconomie institutionnaliste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Bastien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dunod. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Grand Manuel d’Économie Politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 978-2-10-084101-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04205603v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La RTE peut-elle aider la RTE à l'incarner? Un éclairage mésoéconomique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La responsabilité sociale des territoires, sous la Direction de Maryline Filippi</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 9782356878861</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04214754v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Foreword. An introduction to Political Economy of capitalisms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Lafaye de Micheaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Robert Boyer. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Political Economy of Capitalisms</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer Nature Singapore, pp.4-22, 2022, 978-981-19353-6-7. </w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-981-19-3536-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03851866v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Forms and habitability for a relational assessment of territories</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick D Degeorges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étienne Grésillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nathalie Blanc, Thèa Manola, Patrick Degeorges. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forms of Experienced Environments: Questioning Relations Between Humans, Aesthetics, and Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cambridge Scholars Publisher, 2020, 978-1-5275-4528-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02530926v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coopératives de production</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Grouiez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">M. Cornu; F. Orsi ; J. Rochfeld </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire des communs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de France, pp.313-317, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01591958v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régulation (Théorie de la). Contributions à une économie politique hétérodoxe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Batifoulier ; Franck Bessis ; Ariane Ghirardello ; Guillemette de Larquier ; Delphine Remillon </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire des conventions: autour des travaux d'Olivier Favereau</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires du Septentrion, pp.246-250, 2016, 978-2-7574-1279-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01471432v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La coopération : processus institué/processus en acte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes du colloque Transition vers la coopérative / Coopératives dans la transition, 9 décembre 2013, Université Paris Diderot</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Manufacture coopérative</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.46-48, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01809583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bilan sociétal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bodet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nicolas Postel; Richard Sobel. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire critique de la RSE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires du Septentrion, pp.31-34, 2013, Capitalismes Ethique Institutions, 978-2757405772</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00915906v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modes de régulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Chanteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nicolas Postel; Richard Sobel. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire critique de la RSE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires du Septentrion, pp.311-316, 2013, Capitalismes, éthique, institutions, 13: 978-2757405772</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00914352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des think tanks producteurs de ‘valeurs publiques’ et de légitimités privées : discours et stratégies de communication sur la RSE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Desmoulins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Madina Rival; Frank Bournois; Véronique Chanut. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intelligence économique et lobbying au crible des valeurs publiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions Eska, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01809586v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du rapport de développement durable au rapport CHSCT : tension sur l'expertise sociale dans l'entreprise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bodet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pierre Bardelli; José Allouche. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Souffrance au travail. Quelle responsabilité de l'entreprise ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Armand Colin, pp.103-120, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00740170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paris-Saclay, territoire et attractivité. Le Territoire comme ressource... pour qui ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">D. Carré; N. Levratto. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Performances des territoires. Les Politiques locales, remèdes au déclin industriel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Le Manuscrit, pp.355-399, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00740980v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RSE, innovation institutionnelle et mimétisme concurrentiel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bodet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bruno Boidin, Nicolas Postel, Sandrine Rousseau. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La responsabilité sociale des entreprises : Une perspective institutionnaliste</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires du Septentrion, 2009, 9782757400876</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01289567v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rupture dans la trajectoire historique du système éducatif. Vers une logique sectorielle ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Catherine Laurent, Christian du Tertre. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Secteurs et territoires dans les régulations émergente</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.99-120, 2008, 978-2-296-05542-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01309654v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Université Médicale Virtuelle Francophone (UMVF)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Horn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Modèles économiques et enjeux organisationnels des campus numériques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01388326v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approches mésoéconomiques des coopératives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de la régulation. Capitalisme, institutions, pouvoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 34 | 1er semestre, https://journals.openedition.org/regulation/21951, 2023, </w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/regulation.21951⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04205589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Covid-19 - L’économie dévoilée par la crise pandémique (dossier thématique)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Graz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Alary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Labrousse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Vercueil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de la régulation. Capitalisme, institutions, pouvoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 29, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03284583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">[Dossier] Déployer les études de genre en économie politique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Lefevre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de la régulation. Capitalisme, institutions, pouvoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 25, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02181720v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Démocratie économique : un enjeu pour les entreprises... et pour les sciences sociales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petia Koleva</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Internationale de l'Economie Sociale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 329, 2013, </w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1017931ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00992069v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Responsabilité sociale des entreprises, régulation et diversité du capitalisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de la régulation. Capitalisme, institutions, pouvoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 9, pp.4, 2011, </w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/regulation.9275⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00726922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La place des intérêts économiques dans la recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018, pp.51-54</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02153496v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une théorie générale ou une approche institutionnaliste pour l'économie sociale et solidaire ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013, pp.229-233. </w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rfse.011.0229⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00855574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Université Médicale Virtuelle Francophone (UMVF)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Horn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00278847v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changements institutionnels sectoriels et territoriaux. Éléments d'analyse mésoéconomique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Géographie. Université Paris-Diderot - Paris VII, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00759147v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId250"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Thomas Lamarche </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (46)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Between Autonomy and Determinism: The Meso-Régulation Approach Applied to Digital Platforms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Bastien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Grouiez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Review of Radical Political Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/048661342513957⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05493296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rethinking the Social and Solidarity Economy and Its Potential for Socio-Ecological Transitions: A Mesoeconomic Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bodet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interventions Economiques : Papers in Political Economy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 74, </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/15na7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05501302v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Clerc, le pédagogue enfin consacré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Chavagneux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Méda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alternatives Economiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 458 (5), pp.72-75. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/ae.458.0072⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05274066v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien avec Julio C. Neffa, régulationniste argentin et analyste des transformations du travail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julio Neffa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Marie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de la régulation. Capitalisme, institutions, pouvoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 38, </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/15151⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05345656v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’économie sociale et solidaire à travers le filtre de l’innovation sociale. À propos de Richez-Battesti N. & É. Bidet (2024), L’innovation sociale. Expérimenter et transformer à partir des territoires, Paris, Les petits matins.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de la régulation. Capitalisme, institutions, pouvoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 38, </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/15156⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05345659v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emancipation, travail autonome en coopératives d’activités et d’emploi : anatomie d’une recherche-action</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bodet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Michalon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Pochon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Smart APMC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, https://smartbe.be/wp-content/uploads/2024/08/03-24.pdf</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05279663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Université, service public ou secteur productif ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Michel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La vie des idées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04456639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Produire est politique : les coopératives, levier de transformation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de la régulation. Capitalisme, institutions, pouvoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 34 | 1er semestre, </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/regulation.22341⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04205591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variétés des critiques en actes et politiques publiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Metereau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Internationale de l'Economie Sociale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 367, pp.29-33. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/recma.367.0033⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04015839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le travail politique dans la transmission des coopératives de production.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Ballon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orville Pletschette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Pochon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Manufacture Coopérative</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03676945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Covid-19 : L’économie dévoilée par la crise pandémique. Introduction au numéro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Graz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Alary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Labrousse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Vercueil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de la régulation. Capitalisme, institutions, pouvoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 29, </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/regulation.18818⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03138667v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saisir les processus méso : une approche régulationniste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Grouiez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martino Nieddu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Chanteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Labrousse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Économie appliquée : archives de l'Institut de science économique appliquée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Classique Garnier, 1, pp.13-49. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-11904-3.p.0013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02998010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gender at the core of systems of power and inequality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elissa Braunstein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Jeffers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Labrousse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Lefevre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de la régulation. Capitalisme, institutions, pouvoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 27, </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/regulation.17006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02925949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LPPR : menaces sur une science indépendante et plurielle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Aymes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Boussard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Buob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Noûs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hommes &amp; libertés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 191, pp.20-22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02962989v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des coopératives de travail du XIX e siècle aux CAE et aux SCIC : les coopératives comme espace méso critique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bodet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Internationale de l'Economie Sociale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 358</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02968324v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déployer les études de genre en économie politique. Introduction au dossier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Lefevre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de la régulation. Capitalisme, institutions, pouvoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 25, </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/regulation.15089⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02179404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temps forts: Transition écologique et Scic : une université éphémère à Grasse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Chochoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Internationale de l'Economie Sociale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 353, pp.7-18. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/recma.353.0007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02293246v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour une économie féministe radicalement hétérodoxe. Entretien avec Sylvie Morel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Jeffers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Lefevre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de la régulation. Capitalisme, institutions, pouvoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02179841v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apports de la recherche-action par et sur les coopératives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie de Grenier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Dossiers de la DREES</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Formes d’économie collaborative et protection sociale Actes du séminaire de recherche de la DREES et de la DARES, 31, pp.158-166</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02153934v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does CSR Contribute to Sustainable Development? What a Régulation Approach Can Tell Us</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bodet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Review of Radical Political Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 50 (1), pp.154-172. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0486613416635038⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01471471v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Governance of urban nature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Glatron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aleksandar Rankovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Sourdril</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Articulo - Journal of Urban Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/articulo.3212⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01591671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ce qu’une théorie économique historicisée veut dire. Retour sur les méthodes de trois générations d’institutionnalisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Labrousse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Vercueil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Chanteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Grouiez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de Philosophie Economique / Review of Economic Philosophy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 18 (2), pp.153. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rpec.182.0153⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02060954v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La RSE entre Institution du capitalisme et stratégie productive : une grille de lecture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bodet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Economie et institutions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 24</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01471500v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la théorie de la régulation à l’économie politique des capitalismes. À propos de Robert Boyer, Économie politique des capitalismes. Théorie de la régulation et des crises , Paris, La Découverte, coll. « Grands Repères », 2015, Note de lecture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Socio-Economie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016,  17 (2), pp.193-198. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rfse.017.0193⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01809568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crise du travail ou quête de sens ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Options</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 618 (Juin), pp.10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01809571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trois questions à la théorie de la régulation par ceux qui ne l’ont pas fondée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Chanteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Grouiez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Labrousse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de la régulation. Capitalisme, institutions, pouvoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 19, </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/regulation.11918⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01671545v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When corporate social responsibility meets the challenges of rising globalisation risks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bodet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">China journal of social work </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 8 (3), pp.231-246. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/17525098⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01232731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’expérience des monnaies complémentaires : questionner et redéfinir le lien des citoyens à la monnaie : entretien avec Celina Whitaker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Célina Whitaker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pepita Ould Ahmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Ponsot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de la régulation. Capitalisme, institutions, pouvoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 18, pp.1-13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01253843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Concerning the Limits of Regulation… Which may conceal other, about Stavros Mavroudeas, The Limits of Regulation. A critical analysis of capitalist development. Note de lecture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de la régulation. Capitalisme, institutions, pouvoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, pp.1-14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01260061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’euro ou l’oubli de la politique : entretien avec Frédéric Lordon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Lordon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pepita Ould Ahmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Ponsot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de la régulation. Capitalisme, institutions, pouvoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 18, pp.1-14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01253831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Las cooperativas de actividad y de empleo en la búsqueda de un modelo productivo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bodet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie de Grenier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revista de Políticas Sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 1-2, pp.117-128</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01211435v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ＣＳＲは持続的発展に貢献できるか？ーアクター によるルールの生産からレ ジーム形成の 仮説へ」(En quoi la RSE contribue-t-elle à un régime de développement durable ? Quelques questions sur l’articulation micro macro)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société franco-japonaise des sciences économiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 29</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01809573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mettre l'économie en images Revue Documentaires, n° 25 Crises en thèmes. Filmer l'économie. Note de lecture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de la régulation. Capitalisme, institutions, pouvoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 15 (1)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01063477v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corporate Social Responsibility in an international perspective : Europe, Russia, and Tunisia. An introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petia Koleva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Magnin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> East-West Journal of Economics and Business</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 17 (1), pp.11-18</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01810062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Coopérative d'activités et d'emploi à la recherche d'un modèle productif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bodet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie de Grenier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Internationale de l'Economie Sociale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 329</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00984756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des limites de la régulation. Des limites qui peuvent en cacher d’autres, Note sur Mavroudeas, S., 2012, The Limits of Regulation. A critical analysis of capitalist development, Edward Elgar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de la régulation. Capitalisme, institutions, pouvoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 12 (2e semestre)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01809588v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamics of corporate social responsability: towards a new 'conception of control'?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Rubinstein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Institutional Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 8 (2), pp.161-186. </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S174413741100049X⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00719217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les nouvelles institutions de la &amp;quot;mesure&amp;quot; de la rse entre communication et évaluation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de l'Organisation Responsable</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 4 (2), pp.18. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/ror.042.0004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00865063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation de la responsabilité sociale des entreprises : Quelles spécificités de l'économie sociale ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bodet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Leseul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Picard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Internationale de l'Economie Sociale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 308, pp.339 - 358</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01281304v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changements organisationnels et changements institutionnels en contradiction dans l'enseignement supérieur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Économies et sociétés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, EGS, 9, pp.321 - 347</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01281319v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La propriété intellectuelle emportée par le numérique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Delamotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Benoît Zimmermann</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Terminal. Technologie de l’information, culture &amp; société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 102, pp.7 - 17. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/terminal.3501⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01281320v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La propriété intellectuelle emportée par le numérique ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Terminal. Technologie de l’information, culture &amp; société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 102, pp.7-17</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01383464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La responsabilité sociale des entreprises comme innovation institutionnelle. Une lecture régulationniste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de la régulation. Capitalisme, institutions, pouvoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01383470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’édition hors marché des ressources numérisées de la profession médicale : revisiter la fonction d’édition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Horn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Études de communication - Langages, information, médiations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, L'intégration du numérique dans les formations du supérieur, Numéro spécial, pp.91-109. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/edc.578⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01388947v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'édition hors marché des ressources numérisées de la profession médicale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Horn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Études de communication - Langages, information, médiations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, n° spécial octobre, p. 91-109</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00278801v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Télécoms : réinventer le service public ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Desbois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Prince</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Terminal. Technologie de l’information, culture &amp; société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 76-77, pp.1-203</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01072577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hellequin AP &amp; Capon M., (coord.) 2025, Penser les confinements par les territoires : Cohabiter dans l'EspaCe d'Après, rapport scientifique, UMR LADYSS 7533 Programme MAMA 2020-2024</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Peggy Hellequin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Bochaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanne Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Clauzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ségolène Darly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">LADYSS -Laboratoire dynamiques sociales et recomposition des espaces - UMR CNRS 7533. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05030710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une approche évaluative de la dimension culturelle des rapports à la nature. Note de cadrage conceptuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étienne Grésillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Barbe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Rapport final MEEM. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01539454v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discours RSE, la réalité sociale décalée &amp;quot;Du rapport de développement durable au rapport CHSCT : tension sur l'expertise sociale dans l'entreprise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bodet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] LADYSS. 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00865044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Professionnalisation de la responsabilité : dynamiques, formes et figures professionnelles du développement durable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice de La Broise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Chantraine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Huet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] MESH, Lille. 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01281285v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (12)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mésoéconomie. Penser la pluralité des dynamiques économiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Bastien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dunod. 2025, 9782100872459</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05130749v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théorie de la régulation : un nouvel état des savoirs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Boyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Chanteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Labrousse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dunod, pp.656, 2023, 978-2-10-084057-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04205650v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabriquer l’Égalité. Manifeste pour en finir avec le sexisme dans l’économie sociale et solidaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antinéa Lestien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Barré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Chalumeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bodet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Egmont Labadie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Catherine Bodet, La Manufacture Coopérative. </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edition de L’Atelier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.112, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02337127v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hepsi Ayni Seyi Söyleyecekse Bu Kadar Cok Iktisatciya Ne Gerek Var?; Coksesli Bir Iktisat Icin Manifesto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Batifoulier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Chavance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Favereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Jallais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Labrousse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iletisim Yayinlari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 96 p., 2018, 9789750525414</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02885461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">À quoi servent les économistes s'ils disent tous la même chose ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Batifoulier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Chavance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Favereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Jallais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Labrousse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Les liens qui libèrent, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01471379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What good are economists if they all say the same thing ? Manifesto for pluralist economics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Batifoulier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Chavance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Favereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Jallais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Labrousse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Association française d'économie politique. , 95 p., 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02885420v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crear sociedad : la elección de las cooperativas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Manufacture Coopérative</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petia Koleva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yorgos Rizopoulos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve"> Documentos del Centro de Estudios de Sociología del Trabajo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 84, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01592273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faire société : le choix des coopératives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Manufacture Coopérative</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petia Koleva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yorgos Rizopoulos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éditions du Croquant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 9782365120470</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01009323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dossier « Corporate social responsibility in an international perspective: Europe, Russia, and Tunisia »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petia Koleva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Magnin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">, 17 (1), 2014, East-West Journal of Economics and Business</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01592283v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manager ou servir ? Le service public aux prises avec le nouveau management public</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Bechtold Rognon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Syllepses, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01592279v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manager ou servir. Les services publics aux prises avec le nouveau management public</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Bechtold Rognon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Paris, Syllepse, pp.143, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01061160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Responsabilité sociale : vers une nouvelle communication des entreprises.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. de La Broise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Huet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires Septentrion - ISBN 2-85939-963-1, pp.224, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00266136v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coopératives, démocratie économique et marges d'action critiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bodet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04923700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une transition ordinaire, [Version graphique]. Retour sur les trois universités éphémères du programme Travail Autonome, Coopération, Innovations Sociales pour la Transition Écologique (TACITE)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwendal Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Cécile Tertre Du</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Besançon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bodet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Chemla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02570154v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les coopératives comme espaces méso critiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bodet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02462804v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coopérative de production. Une lecture par les communs.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Grouiez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03407485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La RSE contribue-t-elle au développement durable ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bodet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00912728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (23)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coopératives et territoires: des bases pour des régulations alternatives dans le capitalisme ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès du RIUESS 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04642178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les coopératives comme levier de transformation. Une approche mésoéconomique.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire MSH Sud</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04595665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plantes actrices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étienne Grésillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Dajoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Roussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’agentivité des plantes, histoires et perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LIED, LADYSS, Dec 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04868894v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy resources materialities, the making of green funding and their territorial landing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Assié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Grouiez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Nadaï</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Financing energy transition: Actors, instruments, and territories”, CIRAD - University Paul Valery, Campus Saint Charles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03795956v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesology – Mesoeconomics. A Fruitful Meeting or a Fruitless Common Root ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Chartier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11e Congrès de l’AFEP, Qu’est-ce qu’un système économique et social soutenable ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03885013v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La responsabilité territoriale des entreprises peut-elle aider la RSE à s’incarner ? Un éclairage mésoéconomique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres du RIUESS, L’économie sociale et solidaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03885034v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une analyse mésoéconomique des coopératives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10e Congrès de l’AFEP, Ressources</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03884923v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche méso-économique du coopérativisme paysan au Nicaragua</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Metereau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès Institut des Amériques. Etat de la recherche sur les Amériques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LARCA, PRODIG, LADYSS, Sep 2021, Aubervilliers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03884904v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coopératives et Régulation : un cadre d’analyse prometteur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10eme congrès AFEP Ressources</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AFEP, Jun 2021, Toulouse-Online, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03506752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beyond autonomy and determinism. A mesoeconomic approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Grouiez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Embedded Scales of Agriculture Production Systems, SMEs, and Global Value Chains: Is it a Feature Unique to Agribusiness?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2019, Kuala Lumpur, Malaysia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03884753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduire les études de genre en économie politique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9e Congrès de l’AFEP, Penser l’économie de demain et le futur de l’économie politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IIPPEE, Jul 2019, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03884853v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une analyse mésoéconomique de l’enseignement supérieur à partir du cas de la France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8e Congrès de l’AFEP, Crises et Transitions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire REGARDS, EA6292, Jul 2018, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03884698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les apports de Martino Nieddu à l’économie politique régulationniste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8e Congrès de l’AFEP, Crises et Transitions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire REGARDS, EA6292, Jul 2018, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03884703v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formes de travail et de coopération : une citoyenneté économique pour la transition écologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire du programme Cit'in</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Saint-Denis, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03885109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RSE–ESS des processus distincts pour travailler les Formes d’entreprendre et les processus instituants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Labex DynamiTe. Séminaire Circulation des modèles et hétérogénéité des développements</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03885170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conflict and compromize in the margin of capitalism: Coop between shared value and instituted rules</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Society for the advancement of socio-economic</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SASE, Jun 2017, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03510978v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les régulations mésoéconomiques : saisir la variété des espaces de régulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martino Nieddu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Grouiez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Chanteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Labrousse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La théorie de la régulation à l’épreuve des crises Paris</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Paris, France. pp.1-23</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01163875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La coopération : processus institué/processus en acte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transition vers la coopérative / coopératives dans la transition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01011667v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rôle des régulations territorialisée infranationale. Le cas du secteur du savoir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Du Tertre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CIST2011 - Fonder les sciences du territoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Collège international des sciences du territoire (CIST), Nov 2011, Paris, France. pp.237-239</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01353350v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'analyse d'un éditeur non-marchand de ressources numérisées éducatives : l'UMVF (Université Médicale Virtuelle Francophone)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Horn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence « Document numérique et Société », 20 et 21 septembre, Fribourg, Suisse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00278811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diffusion des ressources pédagogiques numériques : un modèle éditorial ? Eléments à partir de la profession médicale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Horn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Document numérique et société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, France. pp.71-86</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">sic_00378772v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un éditeur non marchand de ressources numérisées éducatives : l'Université Médicale Virtuelle Francophone, « Les usagers, acteurs-clé du multimédia éducatif et culturel ?... »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Horn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11e Rencontres de l'Orme, Marseille, 22-23 mars</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2006, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00278815v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'UMVF un « éditeur hors marché » des ressources numérisées de la profession médicale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Horn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">edutice-00001419v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (21)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'économie sociale et solidaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Defalvard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Isla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Puissant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Guy, Yann; Henneguelle, Anaïs; Puissant, Emmanuelle. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Grand manuel d'économie politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dunod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.172-182, 2023, 978-2-10-084101-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04199521v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le genre, un rapport social fantôme (pour la TR)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bodet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Boyer R., Chanteau J.-P., Labrousse A. et Lamarche T. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Théorie de la régulation. Nouvel État des Savoirs,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dunod, 2023, Eco Sup, 978-2-10-084057-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03960124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Économie des services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Henneguelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Jany-Catrice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dunod. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Grand Manuel d'économie politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04205605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche méso de la théorie de la régulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Théorie de la régulation. Un nouvel état des savoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04205619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La mésoéconomie institutionnaliste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Bastien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dunod. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Grand Manuel d’Économie Politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 978-2-10-084101-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04205603v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rupture de la trajectoire de l’enseignement supérieur et de la recherche : une analyse méso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Michel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Théorie de la régulation. Un nouvel état des Savoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04205627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La théorie de la régulation : analyser un monde qui change</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Boyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Chanteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Labrousse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Boyer, Robert; Chanteau, Jean-Pierre; Labrousse, Agnès; Lamarche, Thomas. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Théorie de la régulation. Un nouvel état des savoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dunod, pp. 1-16, 2023, 978-2-10-084057-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04205659v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Foreword. An introduction to Political Economy of capitalisms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Lafaye de Micheaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Robert Boyer. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Political Economy of Capitalisms</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer Nature Singapore, pp.4-22, 2022, 978-981-19353-6-7. </w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-981-19-3536-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03851866v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La RTE peut-elle aider la RTE à l'incarner? Un éclairage mésoéconomique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La responsabilité sociale des territoires, sous la Direction de Maryline Filippi</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 9782356878861</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04214754v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Forms and habitability for a relational assessment of territories</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick D Degeorges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étienne Grésillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nathalie Blanc, Thèa Manola, Patrick Degeorges. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forms of Experienced Environments: Questioning Relations Between Humans, Aesthetics, and Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cambridge Scholars Publisher, 2020, 978-1-5275-4528-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02530926v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coopératives de production</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Grouiez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">M. Cornu; F. Orsi ; J. Rochfeld </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire des communs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de France, pp.313-317, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01591958v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régulation (Théorie de la). Contributions à une économie politique hétérodoxe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Batifoulier ; Franck Bessis ; Ariane Ghirardello ; Guillemette de Larquier ; Delphine Remillon </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire des conventions: autour des travaux d'Olivier Favereau</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires du Septentrion, pp.246-250, 2016, 978-2-7574-1279-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01471432v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La coopération : processus institué/processus en acte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes du colloque Transition vers la coopérative / Coopératives dans la transition, 9 décembre 2013, Université Paris Diderot</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Manufacture coopérative</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.46-48, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01809583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bilan sociétal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bodet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nicolas Postel; Richard Sobel. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire critique de la RSE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires du Septentrion, pp.31-34, 2013, Capitalismes Ethique Institutions, 978-2757405772</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00915906v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modes de régulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Chanteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nicolas Postel; Richard Sobel. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire critique de la RSE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires du Septentrion, pp.311-316, 2013, Capitalismes, éthique, institutions, 13: 978-2757405772</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00914352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des think tanks producteurs de ‘valeurs publiques’ et de légitimités privées : discours et stratégies de communication sur la RSE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Desmoulins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Madina Rival; Frank Bournois; Véronique Chanut. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intelligence économique et lobbying au crible des valeurs publiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions Eska, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01809586v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du rapport de développement durable au rapport CHSCT : tension sur l'expertise sociale dans l'entreprise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bodet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pierre Bardelli; José Allouche. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Souffrance au travail. Quelle responsabilité de l'entreprise ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Armand Colin, pp.103-120, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00740170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paris-Saclay, territoire et attractivité. Le Territoire comme ressource... pour qui ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">D. Carré; N. Levratto. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Performances des territoires. Les Politiques locales, remèdes au déclin industriel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Le Manuscrit, pp.355-399, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00740980v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RSE, innovation institutionnelle et mimétisme concurrentiel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bodet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bruno Boidin, Nicolas Postel, Sandrine Rousseau. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La responsabilité sociale des entreprises : Une perspective institutionnaliste</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires du Septentrion, 2009, 9782757400876</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01289567v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rupture dans la trajectoire historique du système éducatif. Vers une logique sectorielle ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Catherine Laurent, Christian du Tertre. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Secteurs et territoires dans les régulations émergente</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.99-120, 2008, 978-2-296-05542-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01309654v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Université Médicale Virtuelle Francophone (UMVF)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Horn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Modèles économiques et enjeux organisationnels des campus numériques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01388326v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approches mésoéconomiques des coopératives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de la régulation. Capitalisme, institutions, pouvoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 34 | 1er semestre, https://journals.openedition.org/regulation/21951, 2023, </w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/regulation.21951⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04205589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Covid-19 - L’économie dévoilée par la crise pandémique (dossier thématique)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Graz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Alary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Labrousse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Vercueil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de la régulation. Capitalisme, institutions, pouvoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 29, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03284583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">[Dossier] Déployer les études de genre en économie politique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Lefevre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de la régulation. Capitalisme, institutions, pouvoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 25, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02181720v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Démocratie économique : un enjeu pour les entreprises... et pour les sciences sociales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petia Koleva</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Internationale de l'Economie Sociale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 329, 2013, </w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1017931ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00992069v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Responsabilité sociale des entreprises, régulation et diversité du capitalisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de la régulation. Capitalisme, institutions, pouvoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 9, pp.4, 2011, </w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/regulation.9275⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00726922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La place des intérêts économiques dans la recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018, pp.51-54</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02153496v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une théorie générale ou une approche institutionnaliste pour l'économie sociale et solidaire ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013, pp.229-233. </w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rfse.011.0229⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00855574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Université Médicale Virtuelle Francophone (UMVF)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Horn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00278847v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changements institutionnels sectoriels et territoriaux. Éléments d'analyse mésoéconomique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Géographie. Université Paris-Diderot - Paris VII, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00759147v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId254"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493296v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Bastien" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Grouiez" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lamarche" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/048661342513957" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05501302v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bodet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Richez-Battesti" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15na7" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345659v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15156" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345656v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julio Neffa" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Marie" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15151" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04456639v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Michel" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05279663v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Michalon" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Pochon" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205591v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/regulation.22341" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04015839v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Metereau" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/recma.367.0033" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03676945v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Ballon" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orville Pletschette" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03138667v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Graz" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Alary" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Labrousse" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Vercueil" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/regulation.18818" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998010v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martino Nieddu" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Chanteau" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-11904-3.p.0013" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968324v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02925949v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elissa Braunstein" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Jeffers" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Lefevre" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/regulation.17006" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02962989v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Aymes" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Boussard" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Buob" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille No&#251;s" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02179841v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Morel" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02179404v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/regulation.15089" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02293246v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Fontaine" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chochoy" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/recma.353.0007" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153934v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie de Grenier" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01471471v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0486613416635038" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01591671v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Blanc" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Glatron" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandar Rankovic" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Sourdril" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/articulo.3212" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02060954v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rpec.182.0153" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01471500v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01809571v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01809568v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfse.017.0193" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01671545v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/regulation.11918" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01232731v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17525098" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01260061v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01253843v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lina Whitaker" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pepita Ould Ahmed" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Ponsot" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01253831v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Lordon" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01211435v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01810062v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petia Koleva" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Magnin" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01809573v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01063477v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00984756v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00719217v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Rubinstein" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S174413741100049X" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01809588v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00865063v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ror.042.0004" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01383464v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-01281304v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Leseul" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Picard" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-01281319v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-01281320v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Delamotte" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Beno&#238;t Zimmermann" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/terminal.3501" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-CFKTHQJH-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01383470v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01388947v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Horn" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/edc.578" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00278801v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01072577v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Desbois" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Prince" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923700v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02570154v2" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendal Henry" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-C&#233;cile Tertre Du" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Besan&#231;on" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Chemla" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02462804v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03407485v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00912728v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05030710v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Peggy Hellequin" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Bochaton" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanne Clavel" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Clauzel" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;gol&#232;ne Darly" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01539454v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Gr&#233;sillon" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Barbe" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00865044v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-01281285v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice de La Broise" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Chantraine" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Huet" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05130749v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205650v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Boyer" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02337127v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antin&#233;a Lestien" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Barr&#233;" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Chalumeau" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Egmont Labadie" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editionsatelier.com/index.php?page=shop.product_details&amp;amp;flypage=bookshop-flypage.tpl&amp;amp;product_id=789&amp;amp;category_id=1&amp;amp;manufacturer_id=1&amp;amp;option=com_virtuemart&amp;amp;Itemid=1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02885461v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Batifoulier" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Chavance" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Favereau" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Jallais" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.iletisim.com.tr" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02885420v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01471379v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01592273v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La Manufacture Coop&#233;rative" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yorgos Rizopoulos" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bibliotecadigital.econ.uba.ar/download/docin/docin_cesot_084" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01592283v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01009323v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croquant.atheles.org/ideescooperatives/fairesocietelechoixdescooperatives/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01592279v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Bechtold Rognon" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01061160v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00266136v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. de La Broise" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04595665v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642178v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04868894v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Dajoz" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Roussel" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03795956v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Assi&#233;" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Nada&#239;" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03885013v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Chartier" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03885034v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884904v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884923v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03506752v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884753v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884853v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03885170v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884703v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884698v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03885109v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03510978v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163875v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01011667v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01353350v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Du Tertre" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_00378772v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00278811v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00278815v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edutice.hal.science/edutice-00001419v2" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205659v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03960124v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205605v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Henneguelle" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Jany-Catrice" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205619v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04199521v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Defalvard" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Isla" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Petrella" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Puissant" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dunod.com/entreprise-et-economie/grand-manuel-d-economie-politique" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205627v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205603v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04214754v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03851866v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Lafaye de Micheaux" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-19-3536-7" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02530926v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick D Degeorges" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lefebvre" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01591958v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01471432v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01809583v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://manufacture.coop/wp-content/uploads/2014/03/Actes-Colloque-Manucoop-2013.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00915906v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00914352v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01809586v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Desmoulins" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00740170v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00740980v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-01289567v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-01309654v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01388326v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205589v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/regulation.21951" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03284583v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02181720v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00992069v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1017931ar" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00726922v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/regulation.9275" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153496v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00855574v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfse.011.0229" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00278847v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00759147v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493296v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Bastien" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Grouiez" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lamarche" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/048661342513957" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05501302v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bodet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Richez-Battesti" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15na7" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05274066v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Chavagneux" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique M&#233;da" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ae.458.0072" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345656v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julio Neffa" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Marie" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15151" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345659v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15156" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05279663v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Michalon" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Pochon" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04456639v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Michel" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205591v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/regulation.22341" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04015839v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Metereau" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/recma.367.0033" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03676945v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Ballon" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orville Pletschette" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03138667v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Graz" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Alary" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Labrousse" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Vercueil" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/regulation.18818" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998010v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martino Nieddu" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Chanteau" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-11904-3.p.0013" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02925949v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elissa Braunstein" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Jeffers" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Lefevre" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/regulation.17006" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02962989v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Aymes" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Boussard" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Buob" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille No&#251;s" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968324v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02179404v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/regulation.15089" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02293246v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Fontaine" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chochoy" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/recma.353.0007" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02179841v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Morel" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153934v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie de Grenier" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01471471v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0486613416635038" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01591671v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Blanc" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Glatron" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandar Rankovic" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Sourdril" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/articulo.3212" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02060954v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rpec.182.0153" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01471500v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01809568v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfse.017.0193" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01809571v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01671545v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/regulation.11918" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01232731v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17525098" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01253843v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lina Whitaker" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pepita Ould Ahmed" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Ponsot" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01260061v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01253831v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Lordon" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01211435v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01809573v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01063477v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01810062v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petia Koleva" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Magnin" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00984756v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01809588v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00719217v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Rubinstein" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S174413741100049X" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00865063v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ror.042.0004" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-01281304v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Leseul" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Picard" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-01281319v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-01281320v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Delamotte" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Beno&#238;t Zimmermann" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/terminal.3501" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-CFKTHQJH-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01383464v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01383470v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01388947v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Horn" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/edc.578" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00278801v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01072577v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Desbois" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Prince" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05030710v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Peggy Hellequin" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Bochaton" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanne Clavel" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Clauzel" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;gol&#232;ne Darly" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01539454v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Gr&#233;sillon" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Barbe" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00865044v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-01281285v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice de La Broise" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Chantraine" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Huet" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05130749v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205650v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Boyer" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02337127v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antin&#233;a Lestien" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Barr&#233;" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Chalumeau" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Egmont Labadie" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editionsatelier.com/index.php?page=shop.product_details&amp;amp;flypage=bookshop-flypage.tpl&amp;amp;product_id=789&amp;amp;category_id=1&amp;amp;manufacturer_id=1&amp;amp;option=com_virtuemart&amp;amp;Itemid=1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02885461v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Batifoulier" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Chavance" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Favereau" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Jallais" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.iletisim.com.tr" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01471379v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02885420v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01592273v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La Manufacture Coop&#233;rative" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yorgos Rizopoulos" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bibliotecadigital.econ.uba.ar/download/docin/docin_cesot_084" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01009323v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croquant.atheles.org/ideescooperatives/fairesocietelechoixdescooperatives/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01592283v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01592279v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Bechtold Rognon" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01061160v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00266136v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. de La Broise" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923700v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02570154v2" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendal Henry" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-C&#233;cile Tertre Du" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Besan&#231;on" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Chemla" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02462804v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03407485v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00912728v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642178v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04595665v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04868894v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Dajoz" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Roussel" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03795956v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Assi&#233;" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Nada&#239;" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03885013v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Chartier" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03885034v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884923v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884904v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03506752v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884753v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884853v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884698v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884703v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03885109v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03885170v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03510978v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163875v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01011667v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01353350v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Du Tertre" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00278811v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_00378772v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00278815v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edutice.hal.science/edutice-00001419v2" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04199521v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Defalvard" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Isla" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Petrella" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Puissant" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dunod.com/entreprise-et-economie/grand-manuel-d-economie-politique" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03960124v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205605v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Henneguelle" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Jany-Catrice" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205619v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205603v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205627v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205659v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03851866v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Lafaye de Micheaux" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-19-3536-7" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04214754v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02530926v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick D Degeorges" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lefebvre" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01591958v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01471432v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01809583v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://manufacture.coop/wp-content/uploads/2014/03/Actes-Colloque-Manucoop-2013.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00915906v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00914352v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01809586v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Desmoulins" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00740170v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00740980v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-01289567v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-01309654v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01388326v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205589v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/regulation.21951" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03284583v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02181720v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00992069v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1017931ar" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00726922v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/regulation.9275" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153496v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00855574v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfse.011.0229" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00278847v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00759147v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>