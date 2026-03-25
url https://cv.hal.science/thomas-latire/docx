--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -195,51 +195,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (15)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (16)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -363,2332 +363,2466 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05529308v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biochemical Composition and Seasonal Variations of the Madagascar Algae Eucheuma denticulatum (Solieriaceae, Rhodophyta)</w:t>
+                <w:t xml:space="preserve">Growth of the seaweed Eucheuma denticulatum (N.L. Burman) Collins &amp; Hervey in response to local seasonal and abiotic factors variations in Madagascar in the context of climate change</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elando Fréda Zamanileha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Ravelonandro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andriantsilavo Rabary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Burlot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Latire</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Philippe Douzenel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine drugs</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/md23010030⟩</w:t>
+              <w:t xml:space="preserve">Regional Studies in Marine Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 96, pp.104874. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.rsma.2026.104874⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05055821v1</w:t>
+                <w:t xml:space="preserve">hal-05544500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultrasound Depolymerization and Characterization of Poly- and Oligosaccharides from the Red Alga Solieria chordalis (C. Agardh) J. Agardh 1842</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mathilde Lesgourgues</w:t>
+                <w:t xml:space="preserve">Biochemical Composition and Seasonal Variations of the Madagascar Algae Eucheuma denticulatum (Solieriaceae, Rhodophyta)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elando Fréda Zamanileha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Burlot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Latire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christel Marty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Douzenel</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Raphaël Leschiera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Marine drugs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 22 (8), pp.367. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/md22080367⟩</w:t>
+              <w:t xml:space="preserve">, 2025, 23 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/md23010030⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04731824v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05055821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Concise review of the genus Solieria J. Agardh, 1842</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Romain Boulho</w:t>
+                <w:t xml:space="preserve">Ultrasound Depolymerization and Characterization of Poly- and Oligosaccharides from the Red Alga Solieria chordalis (C. Agardh) J. Agardh 1842</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Lesgourgues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Latire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nolwenn Terme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Douzenel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Leschiera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Phycology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10811-023-02934-z⟩</w:t>
+              <w:t xml:space="preserve">Marine drugs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 22 (8), pp.367. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/md22080367⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04088459v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04731824v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anti-inflammatory potential of ulvan</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Concise review of the genus Solieria J. Agardh, 1842</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Burlot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yolanda Freile-Pelegrín</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Bourgougnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">M. Dolores Torres</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Pliego-Cortés</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Boulho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Biological Macromolecules</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijbiomac.2023.126936⟩</w:t>
+              <w:t xml:space="preserve">Journal of Applied Phycology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10811-023-02934-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04319987v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04088459v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Poly- and Oligosaccharide Ulva sp. Fractions from Enzyme-Assisted Extraction Modulate the Metabolism of Extracellular Matrix in Human Skin Fibroblasts: Potential in Anti-Aging Dermo-Cosmetic Applications</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Claudie Le Goff-Pain</w:t>
+                <w:t xml:space="preserve">Anti-inflammatory potential of ulvan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noelia Flórez-Fernández</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arianna Rodríguez-Coello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Latire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Bourgougnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Dolores Torres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine drugs</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/md19030156⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Biological Macromolecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 253 (2), pp.126936. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijbiomac.2023.126936⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03639068v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04319987v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of Ulva sp. Extracts on the Growth, Biofilm Production, and Virulence of Skin Bacteria Microbiota: Staphylococcus aureus, Staphylococcus epidermidis, and Cutibacterium acnes Strains</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">Poly- and Oligosaccharide Ulva sp. Fractions from Enzyme-Assisted Extraction Modulate the Metabolism of Extracellular Matrix in Human Skin Fibroblasts: Potential in Anti-Aging Dermo-Cosmetic Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Fournière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Bedoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Marc G.J. Feuilloley</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Lebonvallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Leschiera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudie Le Goff-Pain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecules</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/molecules26164763⟩</w:t>
+              <w:t xml:space="preserve">Marine drugs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 19 (3), pp.156. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/md19030156⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03524479v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03639068v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Staphylococcus epidermidis and Cutibacterium acnes: Two major sentinels of skin microbiota and the influence of cosmetics</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">Effects of Ulva sp. Extracts on the Growth, Biofilm Production, and Virulence of Skin Bacteria Microbiota: Staphylococcus aureus, Staphylococcus epidermidis, and Cutibacterium acnes Strains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Fournière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Bedoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djouhar Souak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Bourgougnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc G.J. Feuilloley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microorganisms</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/microorganisms8111752⟩</w:t>
+              <w:t xml:space="preserve">Molecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 26, pp.4763. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/molecules26164763⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03524516v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03524479v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Production of Active Poly- and Oligosaccharidic Fractions from Ulva sp. by Combining Enzyme-Assisted Extraction (EAE) and Depolymerization</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">Staphylococcus epidermidis and Cutibacterium acnes: Two major sentinels of skin microbiota and the influence of cosmetics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Fournière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Latire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Djouhar Souak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Feuilloley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Bedoux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Metabolites</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/metabo9090182⟩</w:t>
+              <w:t xml:space="preserve">Microorganisms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Research Advance in Skin Microbiome, 8 (11), pp.1752. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/microorganisms8111752⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02385179v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03524516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Regulation of extracellular matrix synthesis by shell extracts from the marine bivalve Pecten maximus in human articular chondrocytes - Application for cartilage engineering.</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Tangni Gómez-Leduc</w:t>
+                <w:t xml:space="preserve">Production of Active Poly- and Oligosaccharidic Fractions from Ulva sp. by Combining Enzyme-Assisted Extraction (EAE) and Depolymerization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Fournière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Latire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Marin</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Lang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nolwenn Terme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Bourgougnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine Biotechnology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10126-018-9807-7⟩</w:t>
+              <w:t xml:space="preserve">Metabolites</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9 (9), pp.182. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/metabo9090182⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01861438v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02385179v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shell extracts of the edible mussel and oyster induce an enhancement of the catabolic pathway of human skin fibroblasts, in vitro</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Regulation of extracellular matrix synthesis by shell extracts from the marine bivalve Pecten maximus in human articular chondrocytes - Application for cartilage engineering.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mouloud Bouyoucef</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Rakic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tangni Gómez-Leduc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Latire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Marin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Franck Carreiras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cytotechnology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10616-017-0096-1⟩</w:t>
+              <w:t xml:space="preserve">Marine Biotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 20 (4), pp.436-450. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10126-018-9807-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01588926v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01861438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shell Extracts from the Marine Bivalve Pecten maximus Regulate the Synthesis of Extracellular Matrix in Primary Cultured Human Skin Fibroblasts</w:t>
+                <w:t xml:space="preserve">Shell extracts of the edible mussel and oyster induce an enhancement of the catabolic pathway of human skin fibroblasts, in vitro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Latire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Legendre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Sabrina Kellouche</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mouloud Bouyoucef</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Marin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Carreiras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0099931⟩</w:t>
+              <w:t xml:space="preserve">Cytotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 69 (5), pp.815-829. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10616-017-0096-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01366292v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01588926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The effect of different polychlorinated biphenyls on two aquatic models, the green alga Pseudokirchneriella subcapitata and the haemocytes from the European abalone Haliotis tuberculata</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Shell Extracts from the Marine Bivalve Pecten maximus Regulate the Synthesis of Extracellular Matrix in Primary Cultured Human Skin Fibroblasts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Latire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Katherine Costil</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Legendre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bigot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Carduner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Kellouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemosphere</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.chemosphere.2014.02.023⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 9 (6), pp.e99931. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0099931⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01076671v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01366292v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Responses of primary cultured haemocytes from the marine gastropod Haliotis tuberculata under 10-day exposure to cadmium chloride</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The effect of different polychlorinated biphenyls on two aquatic models, the green alga Pseudokirchneriella subcapitata and the haemocytes from the European abalone Haliotis tuberculata</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pierre Halm-Lemeille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abbaszadeh Fard Elham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Latire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Francois Ferard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katherine Costil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aquatic Toxicology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.aquatox.2011.09.017⟩</w:t>
+              <w:t xml:space="preserve">Chemosphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 110, pp.120-128. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chemosphere.2014.02.023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02278077v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01076671v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of zinc sacrificial anode degradation on the defence system of the Pacific oyster, &amp;lt;i&amp;gt;Crassostrea gigas&amp;lt;/i&amp;gt;: Chronic and acute exposures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elmina Mottin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Caplat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Latire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Mottier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Laure Mahaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Marine Pollution Bulletin</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 64 (9), pp.1911-1920. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.marpolbul.2012.06.017⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02314104v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...2 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.marpolbul.2012.06.017⟩</w:t>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Responses of primary cultured haemocytes from the marine gastropod Haliotis tuberculata under 10-day exposure to cadmium chloride</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Latire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Le Pabic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elmina Mottin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Mottier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katherine Costil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Aquatic Toxicology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 109, pp.213-221. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.aquatox.2011.09.017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02314104v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02278077v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ulva sp. from Brittany, a curse or a golden resource?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Burlot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Déniel Luque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Bedoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Latire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Pliego-Cortés</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13th International Marine Biotechnology Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Bretagne Occidentale; Université Bretagne Sud, Jul 2025, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05513050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brittany Ulva: a malediction or a golden resource?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Bourgougnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Latire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Fournière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yasmine Autem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Bedoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop “Bioactives in Ulva”</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Cost Action CA20106 – Seawheat, Jun 2024, Aveiro (Portugal), Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05513404v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Challenges for the ecodesigned processes to produce bioactive metabolites from seaweed</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Bedoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Latire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Burlot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregoire Audo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5th seaweed for Health conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Comité seaweed for Health conference, May 2024, Cork (Irlande), Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05513361v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2698,164 +2832,164 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Skin Microbiota and Cosmetics Influence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Fournière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Latire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djouhar Souak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Feuilloley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Bedoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scholarly Community Encyclopedia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, pp.1752</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03524510v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId94"/>
+      <w:footerReference w:type="default" r:id="rId96"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2923,51 +3057,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="D470C2A0"/>
+    <w:nsid w:val="3C301E98"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3154,51 +3288,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/thomas-latire" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5270-2325" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/231292058" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05529308v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elando Fr&#233;da Zamanileha" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andriantsilavo Rabary" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Burlot" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Latire" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Marty" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rsma.2026.104874" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-05055821v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Douzenel" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md23010030" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04731824v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Lesgourgues" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Terme" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Leschiera" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md22080367" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04088459v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolanda Freile-Pelegr&#237;n" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bourgougnon" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Pliego-Cort&#233;s" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Boulho" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10811-023-02934-z" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319987v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noelia Fl&#243;rez-Fern&#225;ndez" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arianna Rodr&#237;guez-Coello" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dolores Torres" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijbiomac.2023.126936" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-03639068v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Fourni&#232;re" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Bedoux" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lebonvallet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudie Le Goff-Pain" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md19030156" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uco.hal.science/hal-03524479v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djouhar Souak" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc G.J. Feuilloley" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules26164763" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uco.hal.science/hal-03524516v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Feuilloley" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms8111752" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02385179v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lang" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo9090182" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861438v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouloud Bouyoucef" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Rakic" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tangni G&#243;mez-Leduc" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Marin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10126-018-9807-7" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01588926v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Legendre" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Carreiras" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10616-017-0096-1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01366292v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bigot" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Carduner" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Kellouche" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0099931" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01076671v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Halm-Lemeille" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abbaszadeh Fard Elham" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Ferard" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katherine Costil" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2014.02.023" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KJSRVXQ6-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278077v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Le Pabic" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elmina Mottin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Mottier" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquatox.2011.09.017" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G3GFC789-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02314104v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Caplat" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Mahaut" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2012.06.017" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DLJ91VHG-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-05513050v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna D&#233;niel Luque" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-05513404v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmine Autem" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-05513361v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregoire Audo" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Thomas" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uco.hal.science/hal-03524510v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/thomas-latire" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5270-2325" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/231292058" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05529308v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elando Fr&#233;da Zamanileha" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andriantsilavo Rabary" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Burlot" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Latire" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Marty" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rsma.2026.104874" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05544500v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Ravelonandro" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-05055821v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Douzenel" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md23010030" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04731824v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Lesgourgues" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Terme" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Leschiera" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md22080367" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04088459v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolanda Freile-Pelegr&#237;n" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bourgougnon" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Pliego-Cort&#233;s" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Boulho" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10811-023-02934-z" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319987v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noelia Fl&#243;rez-Fern&#225;ndez" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arianna Rodr&#237;guez-Coello" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dolores Torres" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijbiomac.2023.126936" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-03639068v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Fourni&#232;re" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Bedoux" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lebonvallet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudie Le Goff-Pain" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md19030156" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uco.hal.science/hal-03524479v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djouhar Souak" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc G.J. Feuilloley" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules26164763" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uco.hal.science/hal-03524516v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Feuilloley" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms8111752" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02385179v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lang" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo9090182" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861438v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouloud Bouyoucef" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Rakic" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tangni G&#243;mez-Leduc" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Marin" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10126-018-9807-7" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01588926v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Legendre" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Carreiras" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10616-017-0096-1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01366292v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bigot" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Carduner" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Kellouche" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0099931" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01076671v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Halm-Lemeille" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abbaszadeh Fard Elham" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Ferard" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katherine Costil" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2014.02.023" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KJSRVXQ6-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02314104v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elmina Mottin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Caplat" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Mottier" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Mahaut" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2012.06.017" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DLJ91VHG-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278077v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Le Pabic" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquatox.2011.09.017" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G3GFC789-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-05513050v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna D&#233;niel Luque" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-05513404v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmine Autem" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-05513361v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregoire Audo" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Thomas" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uco.hal.science/hal-03524510v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>