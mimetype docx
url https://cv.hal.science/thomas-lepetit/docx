--- v0 (2026-03-03)
+++ v1 (2026-03-29)
@@ -368,377 +368,377 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04163423v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation of co-evaporated polycrystalline Cu(In,Ga)S 2 thin film yielding 16.0 % efficiency solar cell</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Homogeneous CuGaSe$_2$ growth by the CuPRO process with In-Situ AgBr treatment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elizabeth Palmiotti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Polyxeni Tsoulka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Deewakar Poudel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Marsillac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Barreau</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Ludovic Arzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EPJ Photovoltaics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, Special Issue on ‘Recent Advances in Spectroscopy and Microscopy of Thin-films Materials, Interfaces, and Solar Cells 2021', 13, pp.17. </w:t>
+              <w:t xml:space="preserve">Thin Solid Films</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 762, pp.139488. </w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/epjpv/2022014⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.tsf.2022.139488⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03754061v1</w:t>
+                <w:t xml:space="preserve">hal-03881033v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Homogeneous CuGaSe$_2$ growth by the CuPRO process with In-Situ AgBr treatment</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Investigation of co-evaporated polycrystalline Cu(In,Ga)S 2 thin film yielding 16.0 % efficiency solar cell</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Barreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elizabeth Palmiotti</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Polyxeni Tsoulka</w:t>
+                <w:t xml:space="preserve">Eugène Bertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deewakar Poudel</w:t>
+                <w:t xml:space="preserve">Alexandre Crossay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Marsillac</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Barreau</w:t>
+                <w:t xml:space="preserve">Olivier Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Arzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Thin Solid Films</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 762, pp.139488. </w:t>
+              <w:t xml:space="preserve">EPJ Photovoltaics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Special Issue on ‘Recent Advances in Spectroscopy and Microscopy of Thin-films Materials, Interfaces, and Solar Cells 2021', 13, pp.17. </w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.tsf.2022.139488⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/epjpv/2022014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03881033v1</w:t>
+                <w:t xml:space="preserve">hal-03754061v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recrystallization of Cu(In,Ga)Se2 Semiconductor Thin Films via InCl3 Treatment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Belfore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deewakar Poudel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shankar Karki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sina Soltanmohammad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elizabeth Palmiotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Thin Solid Films</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 735, pp.138897. </w:t>
@@ -776,90 +776,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In Situ Recrystallization of Co-Evaporated Cu(In,Ga)Se2 Thin Films by Copper Chloride Vapor Treatment towards Solar Cell Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deewakar Poudel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Belfore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tasnuva Ashrafee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elizabeth Palmiotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shankar Karki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1168,274 +1168,274 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02079847v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">KF post deposition treatment in co-evaporated Cu(In,Ga)Se 2 thin film solar cells: Beneficial or detrimental effect induced by the absorber characteristics</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Interface Engineering in CuInSe 2 Solar Cells Using Ammonium Sulfide Vapors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Buffiere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Lepetit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Barreau</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samira Khelifi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdel-Aziz El Mel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Progress in Photovoltaics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/pip.2924⟩</w:t>
+              <w:t xml:space="preserve">Solar RRL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 1 (6), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/solr.201700067⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01705360v1</w:t>
+                <w:t xml:space="preserve">hal-01623077v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interface Engineering in CuInSe 2 Solar Cells Using Ammonium Sulfide Vapors</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">KF post deposition treatment in co-evaporated Cu(In,Ga)Se 2 thin film solar cells: Beneficial or detrimental effect induced by the absorber characteristics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Lepetit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Samira Khelifi</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Harel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Arzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abdel-Aziz El Mel</w:t>
+                <w:t xml:space="preserve">Guy Ouvrard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Barreau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Solar RRL</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 1 (6), </w:t>
+              <w:t xml:space="preserve">Progress in Photovoltaics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 25 (12), pp.1068 - 1076. </w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/solr.201700067⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/pip.2924⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01623077v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01705360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High Efficiency Solar Cell Based on Full PVD Processed Cu(In,Ga)Se2/CdIn2S4 Heterojunction</w:t>
               </w:r>
@@ -1594,51 +1594,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Harel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Arzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Ouvrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Barreau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1711,230 +1711,230 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Studying the Recrystallization of Cu(InGa)Se 2 Semiconductor Thin Films by Silver Bromide In-situ Treatment</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Vapor Treatment and In-situ Recrystallization by Copper Chloride on Cu(In,Ga)Se 2 Thin Film</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Belfore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deewakar Poudel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tasnuva Ashrafee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elizabeth Palmiotti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Lepetit</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Tasnuva Ashrafee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2021 IEEE 48th Photovoltaic Specialists Conference (PVSC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jun 2021, Fort Lauderdale, United States. pp.2307-2311, </w:t>
+              <w:t xml:space="preserve">, Jun 2021, Fort Lauderdale, United States. pp.2316-2319, </w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/PVSC43889.2021.9518578⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/PVSC43889.2021.9518617⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03406920v1</w:t>
+                <w:t xml:space="preserve">hal-03406928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of Indium Chloride Vapor Treatment on Cu(In,Ga)Se 2 Semiconductor Thin Films</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Belfore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deewakar Poudel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tasnuva Ashrafee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elizabeth Palmiotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Lepetit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1979,161 +1979,161 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03406913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vapor Treatment and In-situ Recrystallization by Copper Chloride on Cu(In,Ga)Se 2 Thin Film</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Studying the Recrystallization of Cu(InGa)Se 2 Semiconductor Thin Films by Silver Bromide In-situ Treatment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Deewakar Poudel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Lepetit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Belfore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Deewakar Poudel</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elizabeth Palmiotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tasnuva Ashrafee</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Thomas Lepetit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2021 IEEE 48th Photovoltaic Specialists Conference (PVSC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jun 2021, Fort Lauderdale, United States. pp.2316-2319, </w:t>
+              <w:t xml:space="preserve">, Jun 2021, Fort Lauderdale, United States. pp.2307-2311, </w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/PVSC43889.2021.9518617⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/PVSC43889.2021.9518578⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03406928v1</w:t>
+                <w:t xml:space="preserve">hal-03406920v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation par MET de la région proche de la surface de l’absorbeur dans les cellules solaires à base de Cu(In,Ga)Se2</w:t>
               </w:r>
@@ -2812,51 +2812,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04101081v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Choubrac" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugene Bertin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Pineau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Arzel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lepetit" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pip.3701" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04163423v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jake Wands" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Bothwell" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Polyxeni Tsoulka" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Barreau" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aesr.202300052" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03754061v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#232;ne Bertin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Crossay" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Durand" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjpv/2022014" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03881033v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Palmiotti" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deewakar Poudel" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Marsillac" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2022.139488" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03406936v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Belfore" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shankar Karki" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sina Soltanmohammad" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2021.138897" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03298450v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tasnuva Ashrafee" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en14133938" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011527v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Harel" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pawel Zabierowski" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.0c12455" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02079847v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicoleta Nicoara" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaem.8b00365" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01705360v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Ouvrard" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pip.2924" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01623077v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Buffiere" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira Khelifi" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdel-Aziz El Mel" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/solr.201700067" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01616034v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Frelon" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gautron" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gautier" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/solr.201700140" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01723406v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JPHOTOV.2016.2589365" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03406920v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PVSC43889.2021.9518578" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03406913v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PVSC43889.2021.9518400" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03406928v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PVSC43889.2021.9518617" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02138296v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Douillard" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Epicier" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01134308v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Moret" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Briot" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Gil" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2076938" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02138680v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Assmann" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9783527808465.emc2016.6618" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03613348v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04101081v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Choubrac" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugene Bertin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Pineau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Arzel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lepetit" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pip.3701" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04163423v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jake Wands" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Bothwell" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Polyxeni Tsoulka" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Barreau" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aesr.202300052" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03881033v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Palmiotti" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deewakar Poudel" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Marsillac" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2022.139488" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03754061v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#232;ne Bertin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Crossay" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Durand" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjpv/2022014" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03406936v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Belfore" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shankar Karki" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sina Soltanmohammad" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2021.138897" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03298450v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tasnuva Ashrafee" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en14133938" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011527v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Harel" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pawel Zabierowski" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.0c12455" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02079847v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicoleta Nicoara" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaem.8b00365" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01623077v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Buffiere" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira Khelifi" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdel-Aziz El Mel" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/solr.201700067" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01705360v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Ouvrard" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pip.2924" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01616034v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Frelon" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gautron" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gautier" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/solr.201700140" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01723406v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JPHOTOV.2016.2589365" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03406928v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PVSC43889.2021.9518617" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03406913v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PVSC43889.2021.9518400" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03406920v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PVSC43889.2021.9518578" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02138296v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Douillard" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Epicier" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01134308v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Moret" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Briot" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Gil" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2076938" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02138680v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Assmann" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9783527808465.emc2016.6618" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03613348v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>