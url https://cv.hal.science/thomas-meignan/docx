--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -100,343 +100,343 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Géomatique et géographie des clubs sportifs, une autre analyse des ruralités</w:t>
+                <w:t xml:space="preserve">La mobilité au sein des clubs sportifs ruraux du Massif central : contraintes, solutions déployées et impacts sur l’identité des clubs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Meignan</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Eric Langlois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cartes &amp; géomatique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.62437/cixz358cwvtgnjjlp-45752102⟩</w:t>
+              <w:t xml:space="preserve">Pour. La revue du Groupe Ruralités, Éducation et Politiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, N° 249-250 (2-3), pp.257-267. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/pour.249.0257⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04721792v1</w:t>
+                <w:t xml:space="preserve">hal-04856952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La mobilité au sein des clubs sportifs ruraux du Massif central : contraintes, solutions déployées et impacts sur l’identité des clubs</w:t>
+                <w:t xml:space="preserve">Géomatique et géographie des clubs sportifs, une autre analyse des ruralités</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Meignan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Langlois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pour. La revue du Groupe Ruralités, Éducation et Politiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, N° 249-250 (2-3), pp.257-267. </w:t>
+              <w:t xml:space="preserve">Cartes &amp; géomatique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, Le printemps des cartes à Montmorillon - mai 2023 (255), pp.109-119. </w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/pour.249.0257⟩</w:t>
+                <w:t xml:space="preserve">⟨10.62437/cixz358cwvtgnjjlp-45752102⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04856952v1</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04721792v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clubs sportifs et petites villes dans le Massif central : entre dynamiques socio-démographiques et recompositions territoriales</w:t>
+                <w:t xml:space="preserve">Trahison et transgression dans les clubs sportifs ruraux, gagner pour son village ou renier son village</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Meignan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Espace Populations Sociétés</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Pensées vives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 3, pp.195-209</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04721808v1</w:t>
+                <w:t xml:space="preserve">hal-04721762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trahison et transgression dans les clubs sportifs ruraux, gagner pour son village ou renier son village</w:t>
+                <w:t xml:space="preserve">Clubs sportifs et petites villes dans le Massif central : entre dynamiques socio-démographiques et recompositions territoriales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Meignan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pensées vives</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Espace Populations Sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 1, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/eps.13761⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04721762v1</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04721808v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (6)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -448,165 +448,165 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clubs sportifs et territoires</w:t>
+                <w:t xml:space="preserve">Mobilités sportives et trajectoires de vie dans les ruralités</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Meignan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Doctorales de l'ASRDLF</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ASRDLF; UMR CITERES, Feb 2024, Tours (FR), France</w:t>
+              <w:t xml:space="preserve">Rencontres Francophones Transport et Mobilités</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre Interuniversitaire d'Etudes de la Mobilité, Jun 2024, Bruxelles, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04721576v1</w:t>
+                <w:t xml:space="preserve">hal-04721533v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mobilités sportives et trajectoires de vie dans les ruralités</w:t>
+                <w:t xml:space="preserve">Clubs sportifs et territoires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Meignan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rencontres Francophones Transport et Mobilités</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Centre Interuniversitaire d'Etudes de la Mobilité, Jun 2024, Bruxelles, Belgique</w:t>
+              <w:t xml:space="preserve">Doctorales de l'ASRDLF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ASRDLF; UMR CITERES, Feb 2024, Tours (FR), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04721533v1</w:t>
+                <w:t xml:space="preserve">hal-04721576v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transitions territoriales et clubs sportifs</w:t>
               </w:r>
@@ -756,51 +756,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Outils géomatiques et géographie du football et du rugby : une autre analyse des ruralités</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Meignan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Langlois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Printemps des Cartes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Printemps des Cartes, May 2023, Montmorillon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1166,51 +1166,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721792v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Meignan" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Langlois" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.62437/cixz358cwvtgnjjlp-45752102" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856952v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pour.249.0257" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721808v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/eps.13761" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721762v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721576v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721533v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721739v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Marboeuf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721699v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721681v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721718v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739399v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48649/asds.631" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856952v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Meignan" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pour.249.0257" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721792v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Langlois" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.62437/cixz358cwvtgnjjlp-45752102" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721762v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721808v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/eps.13761" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721533v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721576v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721739v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Marboeuf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721699v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721681v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721718v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739399v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48649/asds.631" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>