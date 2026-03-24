--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:75px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Thomas Michaud </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">thomas-michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">137339577</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> VIAF : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">27403752</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ISNI : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000000054895621</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (52)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La science-fiction dans les organisations innovantes, une nouvelle mode managériale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Pinto Morales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marché et Organisations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 1 (55), pp.5-33. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/maorg.055.0005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05463054v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Science-fiction et management de l’innovation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Ladetto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marché et Organisations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Science-fiction et management de l’innovation, 1 (52), pp.5-24. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/maorg.052.0005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04964489v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La gestion du syndrome hallucinatoire artificiellement généré par les entreprises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management &amp; Data Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 9 (4)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05396853v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Science fiction and the quest for innovation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sherryl Vint</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Yaszek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Paolo Appio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Technovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 141, pp.103172. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.technovation.2025.103172⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04964500v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'île à hélice, de l'imaginaire vernien à la conquête des océans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">M@gm@</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 23 (2), </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17613/v412f-9cv40⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05396870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’entrepreneuriat comme réalisation de l’imaginaire : l’exemple de la science-fiction institutionnelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de l'Entrepreneuriat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 24 (1), pp.95-111. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/entre.pa.0002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05396865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La science-fiction constitue-t-elle un risque d'influence négative pour les intelligences artificielles ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management &amp; Data Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 9 (5), 6p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05463053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LA GESTION D'UN MÉTAVERS OUVERT PAR L'ÉTHIQUE HACKER, UNE NÉCESSITÉ POUR OPTIMISER L'INNOVATION</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marché et Organisations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, L'économie numérique. Données et modèles ouverts, 3 (51), pp.71-94. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/maorg.051.0071⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04964520v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Cardon, Sylvain Parasie, Donato Ricci (dir.), Atlas du numérique, Paris, Les Presses de Sciences Po, 2023, 127 p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lectures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/lectures.63241⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558399v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La science-fiction, un imaginaire technologique cathartique utile à l’innovation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Technologie et innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Science-fiction et les enjeux de l’imaginaire technologique, 9 (2), pp.1-6. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21494/ISTE.OP.2024.1125⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04551954v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sectoral myths, technotypes and institutional science fiction: how organisations stimulate their creativity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Technology Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 95 (3/4), pp.292-306. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1504/IJTM.2024.138848⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04660520v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La science-fiction, un imaginaire utile à l’élaboration d’une éthique de l’innovation : le cas du métavers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interfaces numériques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 12 (3), pp.1-18. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.25965/interfaces-numeriques.5186⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04551957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’artifte, explorateur de l’imaginaire technique produit par les IA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astasa - Arts·Sciences·Technologies. Actualités Scientifiques de l'Art</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04551958v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Mellet, Sociologie du marketing, Paris, La Découverte, coll. « Repères », 2023, 128 p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lectures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/11xm3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04660526v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From Design Thinking to Design Fiction Genealogy and foresight of institutional storytelling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Technologie et innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Design Thinking de la créativité à l’innovation, 9 (3), </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21494/ISTE.OP.2024.1165⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04660528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’entrepreneur hyperréel, accélérateur du processus d’innovation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marché et Organisations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Science-fiction et management de l’innovation, 1 (52), pp.189-215. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/maorg.pr1.0116⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04964494v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le gloseur, anticipation critique de l’IA artistique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nouvelle Revue d'Esthétique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 1 (33), pp.59-67. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/nre.033.0059⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04964504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeux vidéo, vie artificielle et neurotechnologies dans les films de science-fiction : un imaginaire technomorphe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Technologie et innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Science-fiction et les enjeux de l’imaginaire technologique, 9 (2), pp.1-13. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21494/ISTE.OP.2024.1131⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04551955v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les hackers dans la science-fiction, entre résistance héroïque et criminalité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Technologie et innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 8 (1), pp.1-12. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21494/ISTE.OP.2023.0909⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04169838v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dauphine Recherches en management, L'état du management 2023, Paris, La Découverte, coll. « Repères Gestion », 2023, 128 p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lectures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/lectures.62008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558390v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Minvielle, Olivier Wathelet, Martin Lauquin, Pauline Audinet (2022), Making Tomorrow. Un manuel pour apprivoiser le futur avec l’aide du design fiction , Paris, Hold Up Editions, 169 p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations - Revue d’économie et de management de l'innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Agriculture et alimentation en transition durable : Apprentissage et intermédiation, 1 (70), pp.283-286. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/inno.070.0283⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558394v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’IA, LES MUTATIONS DU TÉLÉMARKETING ET L’ÉCOLOGIE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management &amp; Data Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Intelligence artificielle &amp; Management, 7 (2), </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.36863/mds.a.23348⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04173551v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le studio créatif, concepteur de scénarios prospectifs au service de l’innovation de France Télécom R&D</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Douani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Ponthou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Technologie et innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 8 (2), pp.1-19. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21494/ISTE.OP.2023.0953⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04169868v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La science‑fiction institutionnelle chez Julian Bleecker et Brian David Johnson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ReS Futurae - Revue d'études sur la science-fiction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 22, </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/resf.12403⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04489052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les technologies dans les fictions audiovisuelles, matrices ou limites de l’innovation ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Technologie et innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Fictions audiovisuelles et imaginaire technologique, 8 (2), </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21494/ISTE.OP.2023.0948⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04551926v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Mosconi, Anne Reveillard, Françoise Vouillot (dir.), « Handicap, genre et travail », Travail, genre et sociétés, n° 48, 2022</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lectures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/lectures.60235⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558392v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric GAI (2020), The X-Files. Histoires sans fin, Tours, Presses universitaires François-Rabelais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication [Information Médias Théories] : revue québécoise des recherches et des pratiques en communication et information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 40 (1), </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/communication.17545⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558391v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'imaginaire du rêve et du souvenir artificiels dans les films de science-fiction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Méditations littéraires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 6, pp.103-117</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04314930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Invisible Force, une science-fiction institutionnelle sur la guerre de l'information du futur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Technologie et innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 23 (8), pp.1-7. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21494/ISTE.OP.2023.0913⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04169852v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La science-fiction institutionnelle, un imaginaire au service du management de l’innovation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interfaces numériques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 11 (1), </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.25965/interfaces-numeriques.4732⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04314934v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurice Godelier, L'imaginé, l'imaginaire et le symbolique, Paris, CNRS, coll. « Biblis », 2022, 288 p., 1re édition 2015</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lectures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/lectures.57064⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558397v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Envisioning innovation opportunities through science fiction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Paolo Appio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Product Innovation Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 39 (2), pp.121-131. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/jpim.12613⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04316991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Fourmentraux, AntiDATA, la désobéissance numérique. Art et hacktivisme technocritique, Dijon, Les Presses du réel, coll. « Perceptions », 2020, 232 p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lectures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/lectures.55043⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clara López Rubio, Juan Pancorbo, Hacking Justice. Julian Assange, Paris, Les Mutins de Pangée, 2021.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lectures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/lectures.55488⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558401v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Algan, Elise Huillery, Économie du savoir-être, Les Presses de Sciences Po, coll. « Sécuriser l'emploi », 2022, 144 p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lectures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/lectures.58330⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suvilay Bounthavy (2021). Dragon Ball, une histoire française. Liège (Belgique) : Presses universitaires de Liège, 2021</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue française des sciences de l'information et de la communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Questionner l’éthique depuis les SIC en contexte numérique, 25, </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/rfsic.13658⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558395v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Mangeon, L'Afrique au futur. Le renversement des mondes, Paris, Hermann, coll. « Fictions pensantes », 2022, 296 p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lectures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/lectures.56493⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fredric Jameson, Archéologies du futur. Le désir nommé utopie et autres sciences-fictions, Paris, Amsterdam éditions, coll. « Les Prairies ordinaires », 2021, 500 p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lectures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/lectures.53320⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Rumpala, Cyberpunk’s Not Dead. Laboratoire d’un futur entre technocapitalisme et posthumanité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lectures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/lectures.51240⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Lefebvre, Emmanuel Taïeb, Séries politiques. Le pouvoir entre fiction et vérité.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lectures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/lectures.49589⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Besson, Les pouvoirs de l'enchantement. Usages politiques de la fantasy et de la science-fiction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lectures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/lectures.53125⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Doris Bonnet, Fabrice Cahen, Virginie Rozée (dir.), Procréation et imaginaires collectifs. Fictions, mythes et représentations de la PMA, Paris, INED, coll. « Questions de populations », 2021, 160 p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lectures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/lectures.52049⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558405v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TIFFON Hervé. Essai sur la naissance du Culturel. La légende des humains. Paris : L’Harmattan, 2020.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication &amp; Organisation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Influence et organisations : cultures, pratiques et mises en perspective, 60, pp.178-179. </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/communicationorganisation.10802⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La science-fiction : une approche stratégique pour les organisations innovantes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marché et Organisations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, n° 39 (3), pp.39-58. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/maorg.039.0039⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04519084v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Coutellec, Alexia Jolivet, Sebastian J. Moser, Paul-Loup Weil-Dubuc (dir.), Le futur de la santé. Pour une éthique de l'anticipation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lectures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/lectures.41751⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien d’Huy, Cosmogonies. La préhistoire des mythes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lectures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/lectures.45387⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558410v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le zombie dans World War Z, métaphore d’une pandémie globale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Caliban : French journal of English studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 63, pp.141-155. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/caliban.7439⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04519081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La science-fiction : une approche stratégique pour les organisations innovantes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marché et Organisations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, n° 39 (3), pp.39-58. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/maorg.039.0039⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04553672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’apport de la science-fiction aux discours technoscientifiques sur la conquête de Mars</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Technologie et innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 19 (4), pp.1-12. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21494/ISTE.OP.2019.0392⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04169600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La science-fiction, imaginaire des ingénieurs et des innovateurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Technologie et innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 4 (3), </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21494/ISTE.OP.2019.0386⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04551925v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comptes rendus Philippe Chantepie, Alain Le Diberder, Economie des industries culturelles, 3ème éd., Paris, La Découverte, 2019, 128 p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marché et Organisations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, n° 35 (2), pp.153-161. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/maorg.035.0153⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558411v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien PÉQUIGNOT et François-Gabriel ROUSSEL (dir.) (2015), Les métavers. Dispositifs, usages et représentations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication [Information Médias Théories] : revue québécoise des recherches et des pratiques en communication et information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, vol. 34/2, </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/communication.7166⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Métavers et science-fiction: Un monde au-delà des temps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le métavers dans tous ses états : Arts et culture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Paris Cité des sciences, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04551931v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La science-fiction institutionnelle et le management de l’innovation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire « Imaginaires, médias et nouvelles technologies »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Emmanuelle Caccamo, Nov 2022, Université du Québec Trois Rivières, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04551929v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intelligence artificielle et éthique: autour du film Minority Report</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Mondes Anticipés, festival nomade de Prospective et d'Anticipation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Parent, Olivier; Association les Mondes Anticipés, Nov 2022, Paris Cité des sciences, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04551928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La métaphore du cerveau organisationnel, matrice des théories de la créativité: le cas du design fiction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de recherche Métaphores d’hier et d’aujourd’hui en sciences de gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ESSEC, CNIT La Défense, Mar 2021, La Défense, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04962409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Science-fiction et les enjeux de l’imaginaire technologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Technologie et innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 9 (2), 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558420v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fictions audiovisuelles et imaginaire technologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Technologie et innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 8 (2), 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558421v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Science fiction et conception de l’innovation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Technologie et innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 4, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558422v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (14)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La science-fiction institutionnelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Harmattan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Collection L'Esprit économique. Série Économie et innovation, 978-2-14-031887-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (édition critique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04489077v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la fiction à l'innovation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Manuscrit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Dimitri Uzunidis, 9782304052756</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03583048v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Science Fiction and Innovation Design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Wiley, 1, 2020, </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/9781119779599⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (édition critique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04553673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le projet spatial européen, entre pragmatisme et imagination</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'Harmattan, 2020, </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/har.micha.2020.01⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04553676v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La réalité virtuelle, de la science-fiction à l'innovation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'Harmattan, 2018, </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/har.micha.2018.01⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04553678v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La réalité virtuelle : de la science-fiction à l'innovation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Harmattan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Série Economie et Innovation, Col. « L’esprit économique », 978-2-343-14583-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04551923v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovation, Between Science and Science Fiction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Wiley-ISTE, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04964561v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'innovation, entre science et science-fiction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">ISTE, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04964564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'imaginaire et l'organisation. La stimulation de l'innovation technoscientifique par la science-fiction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'Harmattan, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04964558v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La stratégie comme discours. L'utilisation de la science-fiction dans les centres de recherche et développement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'Harmattan, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04964555v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prospective et science-fiction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'Harmattan, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04964553v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Marsisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions Memoriae, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04964539v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Science Fiction and Innovation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions Memoriae, 127p., 2008, 978-2-9532573-9-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04964532v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Télécommunications et science-fiction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions Memoriae, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04964549v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (13)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les astéroïdes tueurs dans la science-fiction : les réponses imaginaires à un danger redouté</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Alary, Viviane; Rouquette, Sébastien; Van Wyk de Vries, Benjamin. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Percevoir, représenter, communiquer les risques naturels</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires Blaise-Pascal, 2024, Communication, cultures &amp; lien social, 978-2-38377-260-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04660523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le métavers, entre utopie et dystopie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">M42 Utopie et dystopie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 3, Club Arthur Dent, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558424v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Future – The Future of Innovative Technologies: Between Imagination and Technological Ideology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Uzunidis, Dimitri; Kasmi, Fedoua; Adatto, Laurent. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovation Economics, Engineering and Management Handbook 1: : Main Themes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, Wiley; ISTE Editions, pp.167-172, 2021, 9781786304568. </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/9781119832492.ch19⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558427v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La crise de la Covid-19, réalisation partielle de l’imaginaire collapsologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Morel, Maia; Bergeron, Réal; Willis, Louis-Paul. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penser la Covid-19, et penser le monde : réflexion critique sur les effets de la pandémie du printemps 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, JFD Editions, 2021, 9782897991425</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558426v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imagination – Imagination, Science Fiction, Creativity and Innovation: An Integrated Process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Uzunidis, Dimitri; Kasmi, Fedoua; Adatto, Laurent. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovation Economics, Engineering and Management Handbook 2, Special Themes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ISTE Editions; Wiley, pp.181-186, 2021, 9781786307019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558429v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paradigm – The Techno-scientific Paradigm: The Ethical Control of the Technological Progress</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Uzunidis, Dimitri; Kasmi, Fedoua; Adatto, Laurent. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovation Economics, Engineering and Management Handbook 1, Main Themes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ISTE Editions; Wiley, pp.259-264, 2021, 9781786304568</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Science Fiction: A Strategic Approach for Innovative Organizations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Uzunidis, Dimitri. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Systemic Innovation: Entrepreneurial Strategies and Market Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 7, ISTE Editions; Wiley, pp.19-36, 2020, 978-1-786-30658-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558430v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design Fiction, Technotypes and Innovation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Michaud Thomas (dir.), Science Fiction and Innovation Design, Wiley-ISTE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558432v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marsism, from science fiction to ideology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Michaud Thomas (dir.), Science fiction and Innovation Design, Wiley-ISTE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558434v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Imaginary Structure of the Fourth Industrial Revolution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">IGI global. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Imagination, Creativity, and Responsible Management in the Fourth Industrial Revolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558435v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyberpunk science fiction as political philosophy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Boundaries in Political Science Fiction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, South Carolina University Press, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558436v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La révolte des objets dans l’oeuvre de Stephen King: les cas de Cellulaire et Poids Lourds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autour de Stephen King: l’horreur contemporaine: colloque de Cerisy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Bragelonne, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Terminator et les craintes de la société de l’information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Frédéric Gimello-Mesplomb. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le cinéma des années Reagan</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nouveau Monde éditions, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'anthologie Situations 2043, une science-fiction institutionnelle d'Armasuisse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04964569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La science-fiction institutionnelle militaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04964573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Red Team de l’armée française et la science-fiction institutionnelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelles interactions entre fictions audiovisuelles, prospective et innovation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04964577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Star Trek et l’holodeck : prodromes du post-métavers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04551936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Terraformer Mars : du mythe à la réalité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558418v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le new space, l'Europe et la science-fiction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558416v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fiction devient science ou la créativité augmentée en Chine, aux États-Unis, en Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558417v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fake science et science-fiction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId181"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:75px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Thomas Michaud </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">thomas-michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">137339577</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> VIAF : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">27403752</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ISNI : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000000054895621</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (52)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La science-fiction dans les organisations innovantes, une nouvelle mode managériale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Pinto Morales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marché et Organisations – Revue d'analyse stratégique = Market &amp; Organizations – Journal of Strategic Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 1 (55), pp.5-33. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/maorg.055.0005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05463054v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La gestion du syndrome hallucinatoire artificiellement généré par les entreprises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management &amp; Data Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 9 (4)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05396853v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Science-fiction et management de l’innovation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Ladetto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marché et Organisations – Revue d'analyse stratégique = Market &amp; Organizations – Journal of Strategic Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Science-fiction et management de l’innovation, 1 (52), pp.5-24. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/maorg.052.0005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04964489v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Science fiction and the quest for innovation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sherryl Vint</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Yaszek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Paolo Appio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Technovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 141, pp.103172. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.technovation.2025.103172⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04964500v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'île à hélice, de l'imaginaire vernien à la conquête des océans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">M@gm@</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 23 (2), </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17613/v412f-9cv40⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05396870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’entrepreneuriat comme réalisation de l’imaginaire : l’exemple de la science-fiction institutionnelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de l'Entrepreneuriat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 24 (1), pp.95-111. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/entre.pa.0002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05396865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La science-fiction constitue-t-elle un risque d'influence négative pour les intelligences artificielles ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management &amp; Data Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 9 (5), 6p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05463053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La science-fiction, un imaginaire technologique cathartique utile à l’innovation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Technologie et innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Science-fiction et les enjeux de l’imaginaire technologique, 9 (2), pp.1-6. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21494/ISTE.OP.2024.1125⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04551954v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Cardon, Sylvain Parasie, Donato Ricci (dir.), Atlas du numérique, Paris, Les Presses de Sciences Po, 2023, 127 p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lectures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/lectures.63241⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558399v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LA GESTION D'UN MÉTAVERS OUVERT PAR L'ÉTHIQUE HACKER, UNE NÉCESSITÉ POUR OPTIMISER L'INNOVATION</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marché et Organisations – Revue d'analyse stratégique = Market &amp; Organizations – Journal of Strategic Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, L'économie numérique. Données et modèles ouverts, 3 (51), pp.71-94. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/maorg.051.0071⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04964520v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sectoral myths, technotypes and institutional science fiction: how organisations stimulate their creativity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Technology Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 95 (3/4), pp.292-306. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1504/IJTM.2024.138848⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04660520v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’artifte, explorateur de l’imaginaire technique produit par les IA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astasa - Arts·Sciences·Technologies. Actualités Scientifiques de l'Art</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04551958v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La science-fiction, un imaginaire utile à l’élaboration d’une éthique de l’innovation : le cas du métavers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interfaces numériques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 12 (3), pp.1-18. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.25965/interfaces-numeriques.5186⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04551957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Mellet, Sociologie du marketing, Paris, La Découverte, coll. « Repères », 2023, 128 p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lectures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/11xm3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04660526v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From Design Thinking to Design Fiction Genealogy and foresight of institutional storytelling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Technologie et innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Design Thinking de la créativité à l’innovation, 9 (3), </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21494/ISTE.OP.2024.1165⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04660528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’entrepreneur hyperréel, accélérateur du processus d’innovation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marché et Organisations – Revue d'analyse stratégique = Market &amp; Organizations – Journal of Strategic Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Science-fiction et management de l’innovation, 1 (52), pp.189-215. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/maorg.pr1.0116⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04964494v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeux vidéo, vie artificielle et neurotechnologies dans les films de science-fiction : un imaginaire technomorphe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Technologie et innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Science-fiction et les enjeux de l’imaginaire technologique, 9 (2), pp.1-13. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21494/ISTE.OP.2024.1131⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04551955v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le gloseur, anticipation critique de l’IA artistique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nouvelle Revue d'Esthétique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 1 (33), pp.59-67. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/nre.033.0059⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04964504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les hackers dans la science-fiction, entre résistance héroïque et criminalité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Technologie et innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 8 (1), pp.1-12. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21494/ISTE.OP.2023.0909⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04169838v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’IA, LES MUTATIONS DU TÉLÉMARKETING ET L’ÉCOLOGIE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management &amp; Data Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Intelligence artificielle &amp; Management, 7 (2), </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.36863/mds.a.23348⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04173551v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Minvielle, Olivier Wathelet, Martin Lauquin, Pauline Audinet (2022), Making Tomorrow. Un manuel pour apprivoiser le futur avec l’aide du design fiction , Paris, Hold Up Editions, 169 p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations - Revue d’économie et de management de l'innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Agriculture et alimentation en transition durable : Apprentissage et intermédiation, 1 (70), pp.283-286. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/inno.070.0283⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558394v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dauphine Recherches en management, L'état du management 2023, Paris, La Découverte, coll. « Repères Gestion », 2023, 128 p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lectures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/lectures.62008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558390v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le studio créatif, concepteur de scénarios prospectifs au service de l’innovation de France Télécom R&D</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Douani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Ponthou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Technologie et innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 8 (2), pp.1-19. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21494/ISTE.OP.2023.0953⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04169868v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les technologies dans les fictions audiovisuelles, matrices ou limites de l’innovation ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Technologie et innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Fictions audiovisuelles et imaginaire technologique, 8 (2), </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21494/ISTE.OP.2023.0948⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04551926v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La science‑fiction institutionnelle chez Julian Bleecker et Brian David Johnson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ReS Futurae - Revue d'études sur la science-fiction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 22, </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/resf.12403⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04489052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Mosconi, Anne Reveillard, Françoise Vouillot (dir.), « Handicap, genre et travail », Travail, genre et sociétés, n° 48, 2022</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lectures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/lectures.60235⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558392v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric GAI (2020), The X-Files. Histoires sans fin, Tours, Presses universitaires François-Rabelais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication [Information Médias Théories] : revue québécoise des recherches et des pratiques en communication et information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 40 (1), </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/communication.17545⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558391v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Invisible Force, une science-fiction institutionnelle sur la guerre de l'information du futur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Technologie et innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 23 (8), pp.1-7. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21494/ISTE.OP.2023.0913⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04169852v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'imaginaire du rêve et du souvenir artificiels dans les films de science-fiction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Méditations littéraires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 6, pp.103-117</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04314930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Envisioning innovation opportunities through science fiction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Paolo Appio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Product Innovation Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 39 (2), pp.121-131. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/jpim.12613⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04316991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La science-fiction institutionnelle, un imaginaire au service du management de l’innovation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interfaces numériques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 11 (1), </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.25965/interfaces-numeriques.4732⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04314934v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurice Godelier, L'imaginé, l'imaginaire et le symbolique, Paris, CNRS, coll. « Biblis », 2022, 288 p., 1re édition 2015</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lectures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/lectures.57064⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558397v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Fourmentraux, AntiDATA, la désobéissance numérique. Art et hacktivisme technocritique, Dijon, Les Presses du réel, coll. « Perceptions », 2020, 232 p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lectures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/lectures.55043⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clara López Rubio, Juan Pancorbo, Hacking Justice. Julian Assange, Paris, Les Mutins de Pangée, 2021.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lectures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/lectures.55488⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558401v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Algan, Elise Huillery, Économie du savoir-être, Les Presses de Sciences Po, coll. « Sécuriser l'emploi », 2022, 144 p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lectures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/lectures.58330⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suvilay Bounthavy (2021). Dragon Ball, une histoire française. Liège (Belgique) : Presses universitaires de Liège, 2021</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue française des sciences de l'information et de la communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Questionner l’éthique depuis les SIC en contexte numérique, 25, </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/rfsic.13658⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558395v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Mangeon, L'Afrique au futur. Le renversement des mondes, Paris, Hermann, coll. « Fictions pensantes », 2022, 296 p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lectures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/lectures.56493⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fredric Jameson, Archéologies du futur. Le désir nommé utopie et autres sciences-fictions, Paris, Amsterdam éditions, coll. « Les Prairies ordinaires », 2021, 500 p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lectures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/lectures.53320⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Lefebvre, Emmanuel Taïeb, Séries politiques. Le pouvoir entre fiction et vérité.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lectures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/lectures.49589⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Rumpala, Cyberpunk’s Not Dead. Laboratoire d’un futur entre technocapitalisme et posthumanité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lectures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/lectures.51240⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Doris Bonnet, Fabrice Cahen, Virginie Rozée (dir.), Procréation et imaginaires collectifs. Fictions, mythes et représentations de la PMA, Paris, INED, coll. « Questions de populations », 2021, 160 p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lectures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/lectures.52049⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558405v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TIFFON Hervé. Essai sur la naissance du Culturel. La légende des humains. Paris : L’Harmattan, 2020.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication &amp; Organisation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Influence et organisations : cultures, pratiques et mises en perspective, 60, pp.178-179. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/communicationorganisation.10802⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Besson, Les pouvoirs de l'enchantement. Usages politiques de la fantasy et de la science-fiction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lectures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/lectures.53125⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La science-fiction : une approche stratégique pour les organisations innovantes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marché et Organisations – Revue d'analyse stratégique = Market &amp; Organizations – Journal of Strategic Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, n° 39 (3), pp.39-58. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/maorg.039.0039⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04519084v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Coutellec, Alexia Jolivet, Sebastian J. Moser, Paul-Loup Weil-Dubuc (dir.), Le futur de la santé. Pour une éthique de l'anticipation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lectures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/lectures.41751⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien d’Huy, Cosmogonies. La préhistoire des mythes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lectures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/lectures.45387⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558410v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le zombie dans World War Z, métaphore d’une pandémie globale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Caliban : French journal of English studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 63, pp.141-155. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/caliban.7439⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04519081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La science-fiction : une approche stratégique pour les organisations innovantes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marché et Organisations – Revue d'analyse stratégique = Market &amp; Organizations – Journal of Strategic Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, n° 39 (3), pp.39-58. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/maorg.039.0039⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04553672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’apport de la science-fiction aux discours technoscientifiques sur la conquête de Mars</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Technologie et innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 19 (4), pp.1-12. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21494/ISTE.OP.2019.0392⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04169600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La science-fiction, imaginaire des ingénieurs et des innovateurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Technologie et innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 4 (3), </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21494/ISTE.OP.2019.0386⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04551925v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comptes rendus Philippe Chantepie, Alain Le Diberder, Economie des industries culturelles, 3ème éd., Paris, La Découverte, 2019, 128 p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marché et Organisations – Revue d'analyse stratégique = Market &amp; Organizations – Journal of Strategic Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, n° 35 (2), pp.153-161. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/maorg.035.0153⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558411v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien PÉQUIGNOT et François-Gabriel ROUSSEL (dir.) (2015), Les métavers. Dispositifs, usages et représentations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication [Information Médias Théories] : revue québécoise des recherches et des pratiques en communication et information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, vol. 34/2, </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/communication.7166⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Métavers et science-fiction: Un monde au-delà des temps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le métavers dans tous ses états : Arts et culture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Paris Cité des sciences, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04551931v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La science-fiction institutionnelle et le management de l’innovation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire « Imaginaires, médias et nouvelles technologies »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Emmanuelle Caccamo, Nov 2022, Université du Québec Trois Rivières, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04551929v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intelligence artificielle et éthique: autour du film Minority Report</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Mondes Anticipés, festival nomade de Prospective et d'Anticipation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Parent, Olivier; Association les Mondes Anticipés, Nov 2022, Paris Cité des sciences, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04551928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La métaphore du cerveau organisationnel, matrice des théories de la créativité: le cas du design fiction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de recherche Métaphores d’hier et d’aujourd’hui en sciences de gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ESSEC, CNIT La Défense, Mar 2021, La Défense, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04962409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Science-fiction et les enjeux de l’imaginaire technologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Technologie et innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 9 (2), 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558420v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fictions audiovisuelles et imaginaire technologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Technologie et innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 8 (2), 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558421v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Science fiction et conception de l’innovation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Technologie et innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 4, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558422v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (14)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La science-fiction institutionnelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Harmattan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Collection L'Esprit économique. Série Économie et innovation, 978-2-14-031887-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (édition critique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04489077v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la fiction à l'innovation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Manuscrit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Dimitri Uzunidis, 9782304052756</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03583048v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Science Fiction and Innovation Design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Wiley, 1, 2020, </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/9781119779599⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (édition critique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04553673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le projet spatial européen, entre pragmatisme et imagination</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'Harmattan, 2020, </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/har.micha.2020.01⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04553676v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La réalité virtuelle : de la science-fiction à l'innovation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Harmattan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Série Economie et Innovation, Col. « L’esprit économique », 978-2-343-14583-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04551923v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La réalité virtuelle, de la science-fiction à l'innovation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'Harmattan, 2018, </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/har.micha.2018.01⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04553678v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovation, Between Science and Science Fiction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Wiley-ISTE, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04964561v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'innovation, entre science et science-fiction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">ISTE, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04964564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'imaginaire et l'organisation. La stimulation de l'innovation technoscientifique par la science-fiction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'Harmattan, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04964558v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La stratégie comme discours. L'utilisation de la science-fiction dans les centres de recherche et développement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'Harmattan, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04964555v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prospective et science-fiction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'Harmattan, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04964553v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Marsisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions Memoriae, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04964539v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Télécommunications et science-fiction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions Memoriae, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04964549v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Science Fiction and Innovation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions Memoriae, 127p., 2008, 978-2-9532573-9-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04964532v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (13)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les astéroïdes tueurs dans la science-fiction : les réponses imaginaires à un danger redouté</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Alary, Viviane; Rouquette, Sébastien; Van Wyk de Vries, Benjamin. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Percevoir, représenter, communiquer les risques naturels</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires Blaise-Pascal, 2024, Communication, cultures &amp; lien social, 978-2-38377-260-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04660523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le métavers, entre utopie et dystopie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">M42 Utopie et dystopie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 3, Club Arthur Dent, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558424v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La crise de la Covid-19, réalisation partielle de l’imaginaire collapsologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Morel, Maia; Bergeron, Réal; Willis, Louis-Paul. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penser la Covid-19, et penser le monde : réflexion critique sur les effets de la pandémie du printemps 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, JFD Editions, 2021, 9782897991425</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558426v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Future – The Future of Innovative Technologies: Between Imagination and Technological Ideology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Uzunidis, Dimitri; Kasmi, Fedoua; Adatto, Laurent. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovation Economics, Engineering and Management Handbook 1: : Main Themes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, Wiley; ISTE Editions, pp.167-172, 2021, 9781786304568. </w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/9781119832492.ch19⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558427v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paradigm – The Techno-scientific Paradigm: The Ethical Control of the Technological Progress</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Uzunidis, Dimitri; Kasmi, Fedoua; Adatto, Laurent. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovation Economics, Engineering and Management Handbook 1, Main Themes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ISTE Editions; Wiley, pp.259-264, 2021, 9781786304568</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imagination – Imagination, Science Fiction, Creativity and Innovation: An Integrated Process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Uzunidis, Dimitri; Kasmi, Fedoua; Adatto, Laurent. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovation Economics, Engineering and Management Handbook 2, Special Themes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ISTE Editions; Wiley, pp.181-186, 2021, 9781786307019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558429v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Science Fiction: A Strategic Approach for Innovative Organizations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Uzunidis, Dimitri. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Systemic Innovation: Entrepreneurial Strategies and Market Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 7, ISTE Editions; Wiley, pp.19-36, 2020, 978-1-786-30658-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558430v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design Fiction, Technotypes and Innovation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Michaud Thomas (dir.), Science Fiction and Innovation Design, Wiley-ISTE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558432v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marsism, from science fiction to ideology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Michaud Thomas (dir.), Science fiction and Innovation Design, Wiley-ISTE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558434v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Imaginary Structure of the Fourth Industrial Revolution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">IGI global. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Imagination, Creativity, and Responsible Management in the Fourth Industrial Revolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558435v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyberpunk science fiction as political philosophy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Boundaries in Political Science Fiction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, South Carolina University Press, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558436v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La révolte des objets dans l’oeuvre de Stephen King: les cas de Cellulaire et Poids Lourds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autour de Stephen King: l’horreur contemporaine: colloque de Cerisy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Bragelonne, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Terminator et les craintes de la société de l’information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Frédéric Gimello-Mesplomb. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le cinéma des années Reagan</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nouveau Monde éditions, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'anthologie Situations 2043, une science-fiction institutionnelle d'Armasuisse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04964569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La science-fiction institutionnelle militaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04964573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Red Team de l’armée française et la science-fiction institutionnelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelles interactions entre fictions audiovisuelles, prospective et innovation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04964577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Star Trek et l’holodeck : prodromes du post-métavers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04551936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Terraformer Mars : du mythe à la réalité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558418v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le new space, l'Europe et la science-fiction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558416v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fiction devient science ou la créativité augmentée en Chine, aux États-Unis, en Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558417v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fake science et science-fiction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId181"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="8F7D8BB7"/>
+    <w:nsid w:val="A26E1E49"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/thomas-michaud" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/137339577" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/27403752" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000054895621" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05463054v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Michaud" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Pinto Morales" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/maorg.055.0005" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964489v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Ladetto" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/maorg.052.0005" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05396853v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964500v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sherryl Vint" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Yaszek" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Paolo Appio" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.technovation.2025.103172" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05396870v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17613/v412f-9cv40" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05396865v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/entre.pa.0002" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05463053v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964520v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/maorg.051.0071" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558399v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lectures.63241" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551954v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2024.1125" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660520v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJTM.2024.138848" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551957v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25965/interfaces-numeriques.5186" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551958v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660526v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11xm3" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660528v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2024.1165" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964494v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/maorg.pr1.0116" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964504v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/nre.033.0059" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551955v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2024.1131" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04169838v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2023.0909" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558390v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lectures.62008" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558394v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/inno.070.0283" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04173551v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36863/mds.a.23348" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04169868v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Douani" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ponthou" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2023.0953" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04489052v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/resf.12403" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551926v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2023.0948" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558392v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lectures.60235" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558391v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/communication.17545" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04314930v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04169852v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2023.0913" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04314934v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25965/interfaces-numeriques.4732" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558397v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lectures.57064" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-F7L51847-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316991v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jpim.12613" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558402v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lectures.55043" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-RNJSMQXD-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558401v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lectures.55488" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-J651WFJ1-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558396v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lectures.58330" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-15N841SW-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558395v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfsic.13658" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558398v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lectures.56493" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-8K30HQ8L-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558404v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lectures.53320" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-P20WS1LW-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558408v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lectures.51240" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-8KQZD8FB-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558409v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lectures.49589" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-X6L1S16D-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558406v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lectures.53125" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-9S89T8WS-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558405v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lectures.52049" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-32V8PT37-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558403v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/communicationorganisation.10802" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04519084v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/maorg.039.0039" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558412v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lectures.41751" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-ZGZLSM52-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558410v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lectures.45387" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-0PKG2DZB-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04519081v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/caliban.7439" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04553672v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04169600v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2019.0392" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551925v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2019.0386" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558411v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/maorg.035.0153" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558413v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/communication.7166" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551931v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551929v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551928v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962409v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558420v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558421v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558422v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04489077v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/livre-la_science_fiction_institutionnelle_thomas_michaud-9782140318870-75762.html" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03583048v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lemanuscrit.fr/livres/de-la-fiction-a-linnovation/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04553673v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119779599" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04553676v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/har.micha.2020.01" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04553678v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/har.micha.2018.01" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551923v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/livre-la_realite_virtuelle_de_la_science_fiction_a_l_innovation_thomas_michaud-9782343145839-60071.html" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964561v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964564v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964558v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964555v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964553v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964539v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964532v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964549v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660523v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558424v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558427v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119832492.ch19" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558426v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558429v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558428v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558430v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558432v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558434v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558435v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558436v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558437v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558438v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964569v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964573v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558419v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964577v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551936v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558418v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558416v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558417v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558415v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/thomas-michaud" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/137339577" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/27403752" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000054895621" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05463054v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Michaud" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Pinto Morales" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/maorg.055.0005" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05396853v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964489v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Ladetto" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/maorg.052.0005" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964500v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sherryl Vint" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Yaszek" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Paolo Appio" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.technovation.2025.103172" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05396870v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17613/v412f-9cv40" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05396865v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/entre.pa.0002" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05463053v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551954v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2024.1125" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558399v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lectures.63241" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964520v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/maorg.051.0071" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660520v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJTM.2024.138848" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551958v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551957v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25965/interfaces-numeriques.5186" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660526v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11xm3" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660528v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2024.1165" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964494v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/maorg.pr1.0116" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551955v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2024.1131" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964504v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/nre.033.0059" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04169838v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2023.0909" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04173551v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36863/mds.a.23348" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558394v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/inno.070.0283" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558390v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lectures.62008" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04169868v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Douani" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ponthou" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2023.0953" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551926v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2023.0948" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04489052v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/resf.12403" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558392v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lectures.60235" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558391v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/communication.17545" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04169852v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2023.0913" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04314930v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316991v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jpim.12613" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04314934v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25965/interfaces-numeriques.4732" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558397v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lectures.57064" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-F7L51847-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558402v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lectures.55043" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-RNJSMQXD-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558401v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lectures.55488" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-J651WFJ1-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558396v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lectures.58330" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-15N841SW-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558395v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfsic.13658" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558398v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lectures.56493" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-8K30HQ8L-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558404v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lectures.53320" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-P20WS1LW-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558409v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lectures.49589" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-X6L1S16D-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558408v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lectures.51240" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-8KQZD8FB-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558405v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lectures.52049" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-32V8PT37-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558403v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/communicationorganisation.10802" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558406v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lectures.53125" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-9S89T8WS-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04519084v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/maorg.039.0039" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558412v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lectures.41751" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-ZGZLSM52-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558410v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lectures.45387" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-0PKG2DZB-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04519081v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/caliban.7439" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04553672v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04169600v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2019.0392" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551925v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2019.0386" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558411v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/maorg.035.0153" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558413v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/communication.7166" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551931v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551929v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551928v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962409v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558420v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558421v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558422v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04489077v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/livre-la_science_fiction_institutionnelle_thomas_michaud-9782140318870-75762.html" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03583048v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lemanuscrit.fr/livres/de-la-fiction-a-linnovation/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04553673v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119779599" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04553676v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/har.micha.2020.01" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551923v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/livre-la_realite_virtuelle_de_la_science_fiction_a_l_innovation_thomas_michaud-9782343145839-60071.html" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04553678v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/har.micha.2018.01" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964561v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964564v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964558v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964555v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964553v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964539v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964549v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964532v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660523v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558424v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558426v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558427v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119832492.ch19" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558428v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558429v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558430v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558432v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558434v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558435v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558436v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558437v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558438v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964569v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964573v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558419v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964577v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551936v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558418v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558416v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558417v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558415v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>