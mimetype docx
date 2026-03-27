--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Thomas Nony </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (33)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ALMA chemical survey of disk-outflow sources in Taurus (ALMA-DOT) VII: the layered molecular outflow from HL Tau and its relationship with the ringed disk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Bacciotti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Nony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Podio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Dougados</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Garufi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy and Astrophysics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48550/arXiv.2501.03920⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05376742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ALMA-IMF XX: Core fragmentation in the W51 high-mass star-forming region</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Yoo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Ginsburg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Braine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Budaiev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Louvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Astrophysical Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48550/arXiv.2509.06749⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05346255v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ALMA-IMF XVI. Mass-averaged temperature of cores and protostellar luminosities in the ALMA-IMF protoclusters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederique Motte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Pouteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Nony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Dell’ova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Gusdorf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 694, pp.A24. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202451931⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04981392v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ALMA-IMF</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Motte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Pouteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Nony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Dell’ova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Gusdorf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 694, pp.A24. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202451931⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05346194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ALMA-IMF: XVII. Census and lifetime of high-mass prestellar cores in 14 massive protoclusters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Valeille-Manet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Bontemps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Csengeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Nony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Motte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 696, </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202451291⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-05103578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Core to ultracompact HII region evolution in the W49A massive protocluster</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Nony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Galván-Madrid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Suárez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Louvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 687, </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202449279⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04836852v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ALMA-IMF</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélisse Bonfand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timéa Csengeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Bontemps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Motte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 687, pp.A163. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202347856⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04783249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ALMA-IMF</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Armante</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Gusdorf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Louvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Motte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yohan Pouteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 686, pp.A122. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202347595⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04601410v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ALMA-IMF. IX. Catalog and Physical Properties of 315 SiO Outflow Candidates in 15 Massive Protoclusters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A P M Towner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Ginsburg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Dell’ova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Gusdorf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Bontemps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Astrophysical Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 960 (1), pp.48. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3847/1538-4357/ad0786⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04373476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ALMA-IMF. XIV. Free–Free Templates Derived from H41α and Ionized Gas Content in 15 Massive Protoclusters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roberto Galván-Madrid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Díaz-González</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Motte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Ginsburg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nichol Cunningham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Astrophysical Journal Supplement Series</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 274 (1), pp.15. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3847/1538-4365/ad61e6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04780165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A stochastic and analytical model of hierarchical fragmentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thomasson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Joncour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Moraux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Motte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Louvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 689, pp.A133. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202449649⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04692436v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ALMA-IMF</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Louvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricio Sanhueza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amelia M. Stutz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexander Men’shchikov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Motte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 690, pp.A33. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202345986⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04711656v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ALMA-IMF</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Dell'Ova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Motte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Gusdorf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yohan Pouteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexander Men’shchikov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 687, pp.A217. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202348984⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04652082v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ALMA-IMF IX: Catalog and Physical Properties of 315 SiO Outflow Candidates in 15 Massive Protoclusters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A P M Towner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Ginsburg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Dell'Ova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Gusdorf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Bontemps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Astrophysical Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 960 (1), pp.48. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3847/1538-4357/ad0786⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04309045v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ALMA-IMF. VI. Investigating the origin of stellar masses: Core mass function evolution in the W43-MM2&MM3 mini-starburst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Pouteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Motte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Nony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. González</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Joncour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 674, pp.A76. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202244776⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04298971v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ALMA-IMF. V. Prestellar and protostellar core populations in the W43 cloud complex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Nony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Galván-Madrid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Motte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Pouteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Cunningham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 674, pp.A75. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202244762⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04298974v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ALMA-IMF</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Cunningham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Ginsburg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Galván-Madrid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Motte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Csengeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 678, pp.A194. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202245429⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04294996v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ALMA-IMF VIII -- Combination of Interferometric Continuum Images with Single-Dish Surveys and Structural Analysis of Six Protoclusters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Díaz-González</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roberto Galván-Madrid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Ginsburg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Motte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Dell'Ova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Astrophysical Journal Supplement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 269 (2), pp.55. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3847/1538-4365/ad029c⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04290564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ALMA-IMF. II. Investigating the origin of stellar masses: Continuum images and data processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Ginsburg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Csengeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Galván-Madrid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Cunningham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. H. Álvarez-Gutiérrez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 662, pp.A9. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202141681⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03705345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ALMA-IMF. IV. A comparative study of the main hot cores in W43-MM1: Detection, temperature, and molecular composition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Despois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Molet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Nony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Motte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 665 (2), pp.A140. </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202243669⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03799994v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A graph-theory-based multi-scale analysis of hierarchical cascade in molecular clouds. Application to the NGC 2264 region</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thomasson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Joncour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Moraux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Crespelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Motte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 665, </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202243275⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03860304v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ALMA-IMF. III. Investigating the origin of stellar masses: top-heavy core mass function in the W43-MM2&MM3 mini-starburst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yohan Pouteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Motte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Nony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roberto Galván-Madrid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexander Men’shchikov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 664, pp.A26. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202142951⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03746157v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ALMA-IMF. I. Investigating the origin of stellar masses: Introduction to the Large Program and first results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Motte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Bontemps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timéa Csengeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yohan Pouteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Louvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 662, pp.A8. </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202141677⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03683790v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mass segregation and sequential star formation in NGC 2264 revealed by Herschel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Nony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. -F. Robitaille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Motte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Gonzalez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Joncour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 645, </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202039353⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03678893v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Episodic accretion constrained by a rich cluster of outflows</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Nony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Motte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Louvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adele Plunkett</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Gusdorf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 636 (1), pp.A38. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201937046⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02565729v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Outflows, cores, and magnetic field orientations in W43-MM1 as seen by ALMA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Arce-Tord</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Louvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. C. Cortes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Motte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. L. H. Hull</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 640, pp.A111. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202038024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02919293v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lack of high-mass pre-stellar cores in the starless MDCs of NGC 6334</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Louvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Neupane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Garay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Russeil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Zavagno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 622, pp.A99. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201732282⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03000037v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Molecular analysis of a high-mass prestellar core candidate in W43-MM1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Molet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Nony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Gusdorf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Motte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 626, pp.A132. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201935497⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02144700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herschel-HOBYS study of the earliest phases of high-mass star formation in NGC 6357★★★</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Russeil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Figueira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Zavagno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Motte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 625, pp.A134. </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201833870⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-02143113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detection of a high-mass prestellar core candidate in W43-MM1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Nony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Louvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Motte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Molet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Marsh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 618, pp.L5. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201833863⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01901642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The unexpectedly large proportion of high-mass star-forming cores in a Galactic mini-starburst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Motte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Nony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Louvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. A. Marsh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Bontemps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Astronomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 2, pp.478-482. </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41550-018-0452-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01762416v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Large-scale Map of Millimeter-wavelength Hydrogen Radio Recombination Lines around a Young Massive Star Cluster</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Q. Nguyen-Luong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. D. Anderson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Motte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kee-Tae Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Schilke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Astrophysical Journal Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 844, </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3847/2041-8213/aa7d48⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03692488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The earliest phases of high-mass star formation, as seen in NGC 6334 by Herschel-HOBYS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Tigé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Motte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Russeil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Zavagno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Hennemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 602, pp.A77. </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201628989⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01500414v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formation d'étoiles massives en amas : conditions initiales, origine des masses stellaires et éjections protostellaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Nony</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Astrophysique stellaire et solaire [astro-ph.SR]. Université Grenoble Alpes, 2019. Français. </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2019GREAY054⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02527680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId144"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Thomas Nony </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (33)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ALMA-IMF XX: Core fragmentation in the W51 high-mass star-forming region</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Yoo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Ginsburg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Braine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Budaiev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Louvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Astrophysical Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48550/arXiv.2509.06749⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05346255v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ALMA-IMF XVI. Mass-averaged temperature of cores and protostellar luminosities in the ALMA-IMF protoclusters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederique Motte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Pouteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Nony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Dell’ova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Gusdorf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 694, pp.A24. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202451931⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04981392v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ALMA chemical survey of disk-outflow sources in Taurus (ALMA-DOT) VII: the layered molecular outflow from HL Tau and its relationship with the ringed disk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Bacciotti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Nony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Podio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Dougados</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Garufi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy and Astrophysics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48550/arXiv.2501.03920⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05376742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ALMA-IMF</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Motte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Pouteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Nony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Dell’ova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Gusdorf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 694, pp.A24. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202451931⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05346194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ALMA-IMF: XVII. Census and lifetime of high-mass prestellar cores in 14 massive protoclusters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Valeille-Manet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Bontemps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Csengeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Nony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Motte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 696, </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202451291⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-05103578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ALMA-IMF</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Armante</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Gusdorf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Louvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Motte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yohan Pouteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 686, pp.A122. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202347595⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04601410v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ALMA-IMF</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélisse Bonfand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timéa Csengeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Bontemps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Motte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 687, pp.A163. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202347856⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04783249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Core to ultracompact HII region evolution in the W49A massive protocluster</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Nony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Galván-Madrid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Suárez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Louvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 687, </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202449279⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04836852v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ALMA-IMF. IX. Catalog and Physical Properties of 315 SiO Outflow Candidates in 15 Massive Protoclusters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A P M Towner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Ginsburg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Dell’ova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Gusdorf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Bontemps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Astrophysical Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 960 (1), pp.48. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3847/1538-4357/ad0786⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04373476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A stochastic and analytical model of hierarchical fragmentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thomasson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Joncour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Moraux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Motte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Louvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 689, pp.A133. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202449649⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04692436v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ALMA-IMF. XIV. Free–Free Templates Derived from H41α and Ionized Gas Content in 15 Massive Protoclusters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roberto Galván-Madrid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Díaz-González</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Motte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Ginsburg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nichol Cunningham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Astrophysical Journal Supplement Series</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 274 (1), pp.15. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3847/1538-4365/ad61e6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04780165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ALMA-IMF</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Louvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricio Sanhueza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amelia M. Stutz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexander Men’shchikov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Motte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 690, pp.A33. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202345986⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04711656v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ALMA-IMF</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Dell'Ova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Motte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Gusdorf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yohan Pouteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexander Men’shchikov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 687, pp.A217. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202348984⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04652082v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ALMA-IMF IX: Catalog and Physical Properties of 315 SiO Outflow Candidates in 15 Massive Protoclusters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A P M Towner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Ginsburg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Dell'Ova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Gusdorf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Bontemps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Astrophysical Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 960 (1), pp.48. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3847/1538-4357/ad0786⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04309045v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ALMA-IMF. V. Prestellar and protostellar core populations in the W43 cloud complex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Nony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Galván-Madrid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Motte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Pouteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Cunningham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 674, pp.A75. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202244762⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04298974v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ALMA-IMF. VI. Investigating the origin of stellar masses: Core mass function evolution in the W43-MM2&MM3 mini-starburst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Pouteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Motte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Nony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. González</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Joncour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 674, pp.A76. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202244776⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04298971v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ALMA-IMF</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Cunningham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Ginsburg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Galván-Madrid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Motte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Csengeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 678, pp.A194. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202245429⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04294996v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ALMA-IMF VIII -- Combination of Interferometric Continuum Images with Single-Dish Surveys and Structural Analysis of Six Protoclusters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Díaz-González</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roberto Galván-Madrid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Ginsburg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Motte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Dell'Ova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Astrophysical Journal Supplement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 269 (2), pp.55. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3847/1538-4365/ad029c⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04290564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ALMA-IMF. II. Investigating the origin of stellar masses: Continuum images and data processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Ginsburg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Csengeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Galván-Madrid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Cunningham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. H. Álvarez-Gutiérrez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 662, pp.A9. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202141681⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03705345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ALMA-IMF. IV. A comparative study of the main hot cores in W43-MM1: Detection, temperature, and molecular composition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Despois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Molet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Nony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Motte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 665 (2), pp.A140. </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202243669⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03799994v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A graph-theory-based multi-scale analysis of hierarchical cascade in molecular clouds. Application to the NGC 2264 region</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Thomasson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Joncour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Moraux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Crespelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Motte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 665, </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202243275⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03860304v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ALMA-IMF. I. Investigating the origin of stellar masses: Introduction to the Large Program and first results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Motte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Bontemps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timéa Csengeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yohan Pouteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Louvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 662, pp.A8. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202141677⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03683790v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ALMA-IMF. III. Investigating the origin of stellar masses: top-heavy core mass function in the W43-MM2&MM3 mini-starburst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yohan Pouteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Motte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Nony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roberto Galván-Madrid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexander Men’shchikov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 664, pp.A26. </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202142951⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03746157v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mass segregation and sequential star formation in NGC 2264 revealed by Herschel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Nony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. -F. Robitaille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Motte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Gonzalez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Joncour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 645, </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202039353⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03678893v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Episodic accretion constrained by a rich cluster of outflows</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Nony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Motte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Louvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adele Plunkett</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Gusdorf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 636 (1), pp.A38. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201937046⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02565729v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Outflows, cores, and magnetic field orientations in W43-MM1 as seen by ALMA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Arce-Tord</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Louvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. C. Cortes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Motte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. L. H. Hull</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 640, pp.A111. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202038024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02919293v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lack of high-mass pre-stellar cores in the starless MDCs of NGC 6334</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Louvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Neupane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Garay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Russeil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Zavagno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 622, pp.A99. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201732282⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03000037v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Molecular analysis of a high-mass prestellar core candidate in W43-MM1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Molet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Nony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Gusdorf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Motte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 626, pp.A132. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201935497⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02144700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herschel-HOBYS study of the earliest phases of high-mass star formation in NGC 6357★★★</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Russeil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Figueira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Zavagno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Motte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 625, pp.A134. </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201833870⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-02143113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detection of a high-mass prestellar core candidate in W43-MM1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Nony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Louvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Motte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Molet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Marsh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 618, pp.L5. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201833863⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01901642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The unexpectedly large proportion of high-mass star-forming cores in a Galactic mini-starburst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Motte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Nony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Louvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. A. Marsh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Bontemps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Astronomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 2, pp.478-482. </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41550-018-0452-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01762416v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Large-scale Map of Millimeter-wavelength Hydrogen Radio Recombination Lines around a Young Massive Star Cluster</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Q. Nguyen-Luong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. D. Anderson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Motte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kee-Tae Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Schilke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Astrophysical Journal Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 844, </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3847/2041-8213/aa7d48⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03692488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The earliest phases of high-mass star formation, as seen in NGC 6334 by Herschel-HOBYS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Tigé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Motte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Russeil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Zavagno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Hennemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 602, pp.A77. </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201628989⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01500414v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formation d'étoiles massives en amas : conditions initiales, origine des masses stellaires et éjections protostellaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Nony</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Astrophysique stellaire et solaire [astro-ph.SR]. Université Grenoble Alpes, 2019. Français. </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2019GREAY054⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02527680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId144"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05376742v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bacciotti" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Nony" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Podio" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dougados" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Garufi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2501.03920" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05346255v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Yoo" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ginsburg" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Braine" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Budaiev" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Louvet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2509.06749" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981392v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederique Motte" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Pouteau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Dell&#8217;ova" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gusdorf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202451931" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05346194v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Motte" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Dell&#8217;ova" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05103578v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Valeille-Manet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bontemps" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Csengeri" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202451291" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04836852v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Galv&#225;n-Madrid" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Brouillet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Su&#225;rez" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202449279" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04783249v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lisse Bonfand" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim&#233;a Csengeri" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Bontemps" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Brouillet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Motte" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202347856" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601410v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Armante" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Gusdorf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Louvet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan Pouteau" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202347595" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04373476v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A P M Towner" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/ad0786" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04780165v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Galv&#225;n-Madrid" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel D&#237;az-Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Ginsburg" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nichol Cunningham" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4365/ad61e6" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692436v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Thomasson" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Joncour" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Moraux" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202449649" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04711656v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricio Sanhueza" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelia M. Stutz" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Men&#8217;shchikov" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202345986" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04652082v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Dell'Ova" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202348984" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04309045v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Dell'Ova" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298971v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202244776" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298974v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Cunningham" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202244762" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294996v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202245429" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04290564v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4365/ad029c" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03705345v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. H. &#193;lvarez-Guti&#233;rrez" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202141681" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799994v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Despois" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Molet" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202243669" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03860304v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Crespelle" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202243275" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03746157v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Nony" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202142951" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03683790v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202141677" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03678893v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. -F. Robitaille" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gonzalez" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202039353" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-02565729v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adele Plunkett" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201937046" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02919293v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Arce-Tord" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. C. Cortes" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. L. H. Hull" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202038024" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03000037v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Neupane" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Garay" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Russeil" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Zavagno" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201732282" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02144700v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201935497" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02143113v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Figueira" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Schneider" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201833870" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901642v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Marsh" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201833863" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01762416v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. A. Marsh" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41550-018-0452-x" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03692488v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. Nguyen-Luong" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. D. Anderson" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kee-Tae Kim" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Schilke" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/2041-8213/aa7d48" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01500414v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Tig&#233;" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hennemann" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201628989" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02527680v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019GREAY054" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05346255v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Yoo" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ginsburg" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Braine" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Budaiev" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Louvet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2509.06749" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981392v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederique Motte" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Pouteau" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Nony" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Dell&#8217;ova" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gusdorf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202451931" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05376742v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bacciotti" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Podio" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dougados" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Garufi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2501.03920" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05346194v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Motte" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Dell&#8217;ova" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05103578v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Valeille-Manet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bontemps" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Csengeri" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202451291" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601410v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Armante" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Gusdorf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Louvet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Motte" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan Pouteau" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202347595" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04783249v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lisse Bonfand" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim&#233;a Csengeri" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Bontemps" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Brouillet" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202347856" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04836852v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Galv&#225;n-Madrid" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Brouillet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Su&#225;rez" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202449279" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04373476v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A P M Towner" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/ad0786" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692436v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Thomasson" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Joncour" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Moraux" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202449649" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04780165v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Galv&#225;n-Madrid" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel D&#237;az-Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Ginsburg" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nichol Cunningham" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4365/ad61e6" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04711656v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricio Sanhueza" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelia M. Stutz" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Men&#8217;shchikov" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202345986" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04652082v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Dell'Ova" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202348984" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04309045v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Dell'Ova" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298974v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Cunningham" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202244762" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298971v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202244776" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294996v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202245429" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04290564v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4365/ad029c" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03705345v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. H. &#193;lvarez-Guti&#233;rrez" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202141681" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799994v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Despois" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Molet" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202243669" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03860304v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Crespelle" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202243275" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03683790v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202141677" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03746157v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Nony" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202142951" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03678893v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. -F. Robitaille" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gonzalez" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202039353" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-02565729v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adele Plunkett" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201937046" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02919293v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Arce-Tord" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. C. Cortes" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. L. H. Hull" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202038024" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03000037v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Neupane" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Garay" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Russeil" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Zavagno" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201732282" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02144700v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201935497" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02143113v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Figueira" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Schneider" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201833870" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901642v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Marsh" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201833863" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01762416v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. A. Marsh" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41550-018-0452-x" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03692488v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. Nguyen-Luong" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. D. Anderson" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kee-Tae Kim" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Schilke" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/2041-8213/aa7d48" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01500414v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Tig&#233;" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hennemann" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201628989" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02527680v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019GREAY054" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>