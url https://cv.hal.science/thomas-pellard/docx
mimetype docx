--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -415,321 +415,321 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04995053v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gengo wa henka suru: Oto, go, bun, imi reberu no gengo henka (言語は変化する：音，語，文，意味レベルの言語変化)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A new local indicator of spatial autocorrelation identifies clusters of high rendaku frequency in Japanese place names</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Pellard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Akiko Takemura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hyun Kyung Hwang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timothy Vance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Linguistic Geography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 11 (1), pp.1-7. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/jlg.2022.11⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04009523v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hikaku hōhō ni yotte gengokan no keitō kankei o kakuritsu suru (比較方法によって言語間の系統関係を確立する)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Yōsuke Igarashi</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Tatsuya Hirako</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Pellard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Kagaku</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 93 (7), pp.611−618</w:t>
+              <w:t xml:space="preserve">, 2023, 93 (7), pp.619−625</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Thomas Pellard</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04594452v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gengo wa henka suru: Oto, go, bun, imi reberu no gengo henka (言語は変化する：音，語，文，意味レベルの言語変化)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yōsuke Igarashi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...88 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...16 lines deleted...]
-                <w:t xml:space="preserve">Yōsuke Igarashi</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tatsuya Hirako</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Pellard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Kagaku</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 93 (7), pp.619−625</w:t>
+              <w:t xml:space="preserve">, 2023, 93 (7), pp.611−618</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04594452v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04594434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The implicative structure of Asama verb paradigms</w:t>
               </w:r>
@@ -1031,77 +1031,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rendaku in place names across Japanese dialects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Akiko Takemura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Pellard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hyun Kyung Hwang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothy J. Vance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1321,51 +1321,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Ikema dialect of Miyako Ryukyuan has a three-, not two-, pattern accent system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yōsuke Igarashi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yukinori Takubo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1529,51 +1529,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">琉球宮古語池間方言のアクセント体系は三型であって二型ではない</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yōsuke Igarashi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yukinori Takubo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2105,64 +2105,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nihongo Ryūkyū shogo ni yoru rekishi hikaku gengogaku (日本語・琉球諸語による歴史比較言語学)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tatsuya Hirako</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yōsuke Igarashi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Pellard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2376,195 +2376,195 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05448536v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Retour sur la théorie des aires dialectales périphériques de Yanagita Kunio</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Pellard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Henninger, Aline; Shimosakai, Mayumi. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Japon Pluriel 14: Périphéries et centres</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Picquier, pp.365−374, 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03978000v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Ryukyuan and the reconstruction of proto-Japanese-Ryukyuan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Pellard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Frellesvig, Bjarke; Kinsui, Satoshi. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Handbook of historical Japanese linguistics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De Gruyter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.39-68, 2024, Handbooks of Japanese Language and Linguistics [HJLL], 9781614514015. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1515/9781614512851-003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De Gruyter</w:t>
-[...30 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-04039079v1</w:t>
-              </w:r>
-[...71 lines deleted...]
-                <w:t xml:space="preserve">hal-03978000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Family Tree model</w:t>
               </w:r>
@@ -2722,51 +2722,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nasō to nasasō no shiyō jittai no keiryōteki chōsa (ナソウとナサソウの使用実態の計量的調査) [A quantitative study of the usage of nasō and nasasō]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Akiko Takemura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Pellard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3268,182 +3268,182 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01289268v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Ōgami hōgen (Okinawa-ken Miyakojima-shi Hirara Ōgami) (大神方言（沖縄県宮古島市平良大神）)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Pellard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ogawa, Shinji. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ryūkyū no kotoba no kakikata (琉球のことばの書き方) [How to write the Ryukyuan languages]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Kuroshio shuppan, pp.169−177, 2015, 9784874246757</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01289706v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">The linguistic archeology of the Ryukyu Islands</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Pellard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Heinrich, Patrick; Miyara, Shinsho; Shimoji, Michinori. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Handbook of the Ryukyuan languages: History, structure, and use</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, De Gruyter Mouton, pp.13−37, 2015, 978-1-61451-161-8. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1515/9781614511151.13⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1515/9781614511151.13⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-01289257v1</w:t>
-              </w:r>
-[...71 lines deleted...]
-                <w:t xml:space="preserve">hal-01289706v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">日本列島の言語の多様性：琉球諸語を中心に</w:t>
               </w:r>
@@ -4239,50 +4239,119 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05305531v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Le modèle de l'arbre phylogénétique en linguistique historique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Pellard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séance mensuelle de la Société de Linguistique de Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société de Linguistique de Paris, Mar 2024, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04544914v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Contrasting modes of cultural evolution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christopher Buckley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -4330,126 +4399,57 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quantitative comparative anthropology: Methods and Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, University College London, Nov 2024, Londres, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04727016v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-04544914v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perspectives archéolinguistiques sur le peuplement des îles Ryūkyū</w:t>
               </w:r>
@@ -4931,51 +4931,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">共通日本語アクセントは二型アクセントか</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Akiko Takemura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Pellard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5013,51 +5013,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A quantitative perspective on Japanese accent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Akiko Takemura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Pellard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5378,165 +5378,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02428840v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">日琉諸語の系統分類と分岐について [Nichiryū shogo no keitō bunrui to bunki ni tsuite]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Pellard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Phylesis and the history of the Japonic languages from philological and field linguistic perspectives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2018, Tachikawa, Japan</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01964852v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">The comparative study of the Japonic languages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Pellard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Approaches to endangered languages in Japan and Northeast Asia: Description, documentation and revitalization</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, National Institute for Japanese Language and Linguistics, Aug 2018, Tachikawa, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01856152v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-01964852v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ryūkyū shogo no furusa to atarashisa: Boin to shiin ni tsuite (琉球諸語の古さと新しさ：母音と子音について)</w:t>
               </w:r>
@@ -6156,51 +6156,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Minami Ryūkyū Miyakogo Ikema hōgen ni okeru akusento-gata no chūwa to gōryū (南琉球宮古語池間方言におけるアクセント型の中和と合流)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yōsuke Igarashi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yukinori Takubo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6702,90 +6702,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rendaku in place names across Japanese dialects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hyun Kyung Hwang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Akiko Takemura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Pellard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothy Vance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13es rencontres du Réseau Français de Phonologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2015, Bordeaux, France. , 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8015,51 +8015,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="623FD780"/>
+    <w:nsid w:val="91A955C3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8246,51 +8246,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/thomas-pellard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6189-1677" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05364740v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher D Buckley" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Kopp" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pellard" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin J Ryder" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Jacques" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/ehs.2025.10008" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04995053v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20666/lij.2.0_97" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594434v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y&#333;suke Igarashi" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatsuya Hirako" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04009523v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akiko Takemura" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyun Kyung Hwang" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy Vance" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jlg.2022.11" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594452v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04151819v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11525-023-09410-x" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03084829v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/dia.19058.jac" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02549571v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Se&#225;n Roberts" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Killin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angarika Deb" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Sheard" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon J Greenhill" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jole/lzaa001" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991521v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy J. Vance" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01871582v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Sagart" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2143/BSL.113.1.3285465" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01356834v3" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10831-016-9147-4" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02909734v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yukinori Takubo" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuka Hayashi" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomoyuki Kubo" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24467/onseikenkyu.20.1_47" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01289243v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7817/jameroriesoci.134.4.689" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01289283v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24467/onseikenkyu.16.1_134" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01289323v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11435/gengo.142.0_95" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00771242v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/1960602810X00089" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/70BC4A03D12CBFD1FFC5B2D39040D19E534E83C1/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00529143v2" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/dia.27.1.07pel" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00373303v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/1960602808X00055" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00194111v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/ks.2006.0008" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04520885v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01289299v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michinori Shimoji" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lingdy.aa-ken.jp/wp-content/uploads/2011/07/2015-papers-and-presentations-An_introduction_to_Ryukyuan_languages.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448536v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039079v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.degruyter.com/document/isbn/9781614512851/html" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9781614512851-003" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03978000v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571512v2" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Ryder" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03249949v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02910235v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884975v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15084/00002524" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01493096v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masahiro Yamada" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004342934_004" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01584927v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004351134_007" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02507426v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.9640.jp/book_view/?692" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01289268v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9781614511151.449" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01289257v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9781614511151.13" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01289706v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01289782v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01289633v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hirako Tatsuya" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15084/00002407" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01289288v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01289790v2" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01289786v2" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01289626v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15084/00002461" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00529598v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318833v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Buckley" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05305531v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04727016v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04544914v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336023v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03870189v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03885210v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923726v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03813907v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03481846v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03481817v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03388347v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03283679v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03084841v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02295412v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997233v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428840v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01856152v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01964852v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01416037v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01416043v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01416041v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01416048v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01416050v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01416088v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01416055v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01417769v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01417771v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01498548v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682958v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681951v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15084/00000892" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681193v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04727026v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428825v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01290139v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03702507v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zheng Tian" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuxin Tao" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kongyang Zhu" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00444150v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/cel-01527916v4" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/cel-02144425v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/cel-02144426v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/cel-02145840v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/cel-02144429v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-04104952v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Gimenez" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kexin Zhang" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03835082v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Galitzine" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02099259v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02099262v2" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02099260v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01383790v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/thomas-pellard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6189-1677" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05364740v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher D Buckley" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Kopp" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pellard" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin J Ryder" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Jacques" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/ehs.2025.10008" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04995053v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20666/lij.2.0_97" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04009523v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akiko Takemura" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyun Kyung Hwang" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy Vance" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jlg.2022.11" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594452v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y&#333;suke Igarashi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594434v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatsuya Hirako" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04151819v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11525-023-09410-x" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03084829v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/dia.19058.jac" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02549571v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Se&#225;n Roberts" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Killin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angarika Deb" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Sheard" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon J Greenhill" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jole/lzaa001" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991521v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy J. Vance" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01871582v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Sagart" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2143/BSL.113.1.3285465" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01356834v3" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10831-016-9147-4" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02909734v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yukinori Takubo" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuka Hayashi" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomoyuki Kubo" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24467/onseikenkyu.20.1_47" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01289243v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7817/jameroriesoci.134.4.689" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01289283v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24467/onseikenkyu.16.1_134" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01289323v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11435/gengo.142.0_95" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00771242v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/1960602810X00089" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/70BC4A03D12CBFD1FFC5B2D39040D19E534E83C1/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00529143v2" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/dia.27.1.07pel" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00373303v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/1960602808X00055" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00194111v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/ks.2006.0008" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04520885v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01289299v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michinori Shimoji" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lingdy.aa-ken.jp/wp-content/uploads/2011/07/2015-papers-and-presentations-An_introduction_to_Ryukyuan_languages.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448536v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03978000v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039079v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.degruyter.com/document/isbn/9781614512851/html" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9781614512851-003" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571512v2" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Ryder" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03249949v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02910235v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884975v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15084/00002524" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01493096v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masahiro Yamada" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004342934_004" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01584927v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004351134_007" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02507426v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.9640.jp/book_view/?692" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01289268v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9781614511151.449" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01289706v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01289257v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9781614511151.13" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01289782v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01289633v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hirako Tatsuya" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15084/00002407" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01289288v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01289790v2" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01289786v2" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01289626v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15084/00002461" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00529598v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318833v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Buckley" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05305531v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04544914v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04727016v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336023v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03870189v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03885210v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923726v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03813907v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03481846v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03481817v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03388347v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03283679v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03084841v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02295412v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997233v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428840v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01964852v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01856152v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01416037v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01416043v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01416041v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01416048v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01416050v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01416088v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01416055v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01417769v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01417771v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01498548v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682958v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681951v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15084/00000892" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681193v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04727026v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428825v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01290139v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03702507v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zheng Tian" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuxin Tao" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kongyang Zhu" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00444150v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/cel-01527916v4" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/cel-02144425v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/cel-02144426v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/cel-02145840v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/cel-02144429v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-04104952v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Gimenez" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kexin Zhang" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03835082v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Galitzine" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02099259v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02099262v2" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02099260v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01383790v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>