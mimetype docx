--- v0 (2026-03-05)
+++ v1 (2026-03-30)
@@ -1154,252 +1154,252 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01243278v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Secure Efficient History-Hiding Append-Only Signatures in the Standard Model</w:t>
+                <w:t xml:space="preserve">Compactly Hiding Linear Spans: Tightly Secure Constant-Size Simulation-Sound QA-NIZK Proofs and Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Libert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Peters</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Joye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moti Yung</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thomas Peters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Public Key Cryptography 2015 (PKC 2015)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Advances in Cryptology - Asiacrypt 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IACR, Nov 2015, Auckland, New Zealand</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01225344v1</w:t>
+                <w:t xml:space="preserve">hal-01225363v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Compactly Hiding Linear Spans: Tightly Secure Constant-Size Simulation-Sound QA-NIZK Proofs and Applications</w:t>
+                <w:t xml:space="preserve">Secure Efficient History-Hiding Append-Only Signatures in the Standard Model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Libert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Joye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moti Yung</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Peters</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Moti Yung</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advances in Cryptology - Asiacrypt 2015</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Public Key Cryptography 2015 (PKC 2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2015, Washington DC, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-662-46447-2_20⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01225363v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01225344v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Short Group Signatures via Structure-Preserving Signatures: Standard Model Security from Simple Assumptions</w:t>
               </w:r>
@@ -2127,51 +2127,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662372v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maha Zakhour" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Ruvoen-Clouet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Charpilienne" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Langpap" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Poncet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1000504" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04371905v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Devillez" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pereira" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Peters" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Yang" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02901380v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Bellizia" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bronchain" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Cassiers" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Grosso" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chun Guo" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-56784-2_13" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01848134v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Libert" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chen Qian" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-98989-1_15" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01471901v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy Couteau" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Pointcheval" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-56614-6_11" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01621022v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BFb0054113" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01303696v2" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Mouhartem" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moti Yung" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2897845.2897898" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01407341v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-662-53018-4_12" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01243278v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01225344v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Joye" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-662-46447-2_20" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01225363v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01225353v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-662-48000-7_15" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01088108v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-662-45608-8_1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00983147v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00730665v4" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuttapong Attrapadung" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Libert" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01245235v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662372v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maha Zakhour" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Ruvoen-Clouet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Charpilienne" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Langpap" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Poncet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1000504" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04371905v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Devillez" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pereira" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Peters" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Yang" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02901380v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Bellizia" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bronchain" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Cassiers" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Grosso" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chun Guo" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-56784-2_13" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01848134v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Libert" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chen Qian" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-98989-1_15" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01471901v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy Couteau" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Pointcheval" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-56614-6_11" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01621022v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BFb0054113" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01303696v2" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Mouhartem" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moti Yung" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2897845.2897898" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01407341v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-662-53018-4_12" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01243278v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01225363v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Joye" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01225344v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-662-46447-2_20" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01225353v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-662-48000-7_15" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01088108v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-662-45608-8_1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00983147v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00730665v4" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuttapong Attrapadung" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Libert" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01245235v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>