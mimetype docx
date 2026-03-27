--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -2073,335 +2073,335 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04512839v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les grands équipements culturels dans les espaces industriels en reconversion : de la requalification urbaine aux projets métropolitains ?</w:t>
+                <w:t xml:space="preserve">The “ordinary” Italian suburbs: exploring the apartment buildings of the middle classes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Pfirsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bernard Reitel</w:t>
+                <w:t xml:space="preserve">Oliver Waine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Belgeo : Revue Belge de Géographie</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Métropolitiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03217780v1</w:t>
+                <w:t xml:space="preserve">hal-03217803v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The “ordinary” Italian suburbs: exploring the apartment buildings of the middle classes</w:t>
+                <w:t xml:space="preserve">The “ordinary” Italian suburbs : exploring the apartment buildings of the middle classes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Pfirsch</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Oliver Waine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Métropolitiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03217803v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04505445v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The “ordinary” Italian suburbs : exploring the apartment buildings of the middle classes</w:t>
+                <w:t xml:space="preserve">Les grands équipements culturels dans les espaces industriels en reconversion : de la requalification urbaine aux projets métropolitains ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Pfirsch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Reitel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Métropolitiques</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Belgeo : Revue Belge de Géographie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 1, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/belgeo.12829⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04505445v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03217780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Editorial : Les grands équipements culturels dans les espaces industriels en reconversion : de la requalification urbaine aux projets métropolitains ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Pfirsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Reitel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Belgeo : Revue Belge de Géographie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 1, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/belgeo.12829⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04503062v1</w:t>
@@ -4692,51 +4692,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="2413CEFE"/>
+    <w:nsid w:val="DBB5EAA3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4923,51 +4923,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/thomas-pfirsch" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/129696706" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/88334915" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000083991508" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04908391v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Evariste" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Fr&#233;tigny" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Hur&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pfirsch" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56698/metropolitiques.2122" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04521729v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gay" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Le Fuzer" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04502830v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/land12112005" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04505429v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04502838v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/esp.183.0133" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04502924v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio Maccaglia" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ag.727.0005" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03696098v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Consuelo Araos Bralic" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/articulo.4337" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505441v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.28913" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03399702v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ettore Recchi" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadrien Dubucs" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Schmoll" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/hommesmigrations.3871" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04339579v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rouget" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lescureux" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Letniowska-Swiat" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Schmitt" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Heude" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ag.712.0642" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01553439v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1369183X.2016.1249051" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512799v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04502937v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04503042v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Semi" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mediterranee.8376" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02431041v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Delebarre" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tem.3919" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04503017v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505444v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mediterranee.8501" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512839v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pour.224.0185" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03217780v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Reitel" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/belgeo.12829" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03217803v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Waine" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505445v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04503062v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03217830v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04339673v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505447v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04503095v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/e-migrinter.289" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04503140v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/eg.404.0305" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04505427v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04503594v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/articulo.1052" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04503578v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.23669" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04503592v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gen.081.0104" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04151425v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Fuzier" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56698/metropolitiques.1933" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03695808v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04505414v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Apolline Meyer" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4337/9781800886391.00010" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03220773v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04503661v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03220780v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01378067v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04505416v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.taylorfrancis.com/chapters/edit/10.4324/9781315589251-14/talking-generation-emigration-sense-generation-among-highly-skilled-young-italians-paris-hadrien-dubucs-thomas-pfirsch-camille-schmoll" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781315589251-14" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04505422v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04505425v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.67641" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505440v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounir Jarraya" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Maurette" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viola Denizon" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04505430v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505436v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00683824v2" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/thomas-pfirsch" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/129696706" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/88334915" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000083991508" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04908391v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Evariste" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Fr&#233;tigny" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Hur&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pfirsch" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56698/metropolitiques.2122" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04521729v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gay" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Le Fuzer" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04502830v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/land12112005" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04505429v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04502838v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/esp.183.0133" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04502924v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio Maccaglia" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ag.727.0005" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03696098v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Consuelo Araos Bralic" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/articulo.4337" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505441v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.28913" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03399702v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ettore Recchi" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadrien Dubucs" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Schmoll" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/hommesmigrations.3871" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04339579v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rouget" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lescureux" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Letniowska-Swiat" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Schmitt" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Heude" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ag.712.0642" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01553439v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1369183X.2016.1249051" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512799v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04502937v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04503042v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Semi" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mediterranee.8376" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02431041v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Delebarre" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tem.3919" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04503017v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505444v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mediterranee.8501" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512839v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pour.224.0185" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03217803v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Waine" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505445v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03217780v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Reitel" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/belgeo.12829" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04503062v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03217830v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04339673v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505447v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04503095v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/e-migrinter.289" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04503140v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/eg.404.0305" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04505427v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04503594v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/articulo.1052" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04503578v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.23669" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04503592v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gen.081.0104" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04151425v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Fuzier" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56698/metropolitiques.1933" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03695808v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04505414v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Apolline Meyer" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4337/9781800886391.00010" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03220773v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04503661v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03220780v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01378067v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04505416v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.taylorfrancis.com/chapters/edit/10.4324/9781315589251-14/talking-generation-emigration-sense-generation-among-highly-skilled-young-italians-paris-hadrien-dubucs-thomas-pfirsch-camille-schmoll" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781315589251-14" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04505422v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04505425v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.67641" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505440v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounir Jarraya" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Maurette" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viola Denizon" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04505430v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505436v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00683824v2" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>