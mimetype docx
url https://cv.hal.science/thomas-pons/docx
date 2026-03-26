--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -106,295 +106,295 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photoluminescence Enhancement at Telecom Wavelengths from PbS/CdS Quantum Dots coupled to a Plasmonic Crescent Metasurface</w:t>
+                <w:t xml:space="preserve">Nanothermometry-Guided In Situ Decoding of Perovskite Solar Cell Degradation under Optical Stress</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Areeg Al-Hamadani</w:t>
+                <w:t xml:space="preserve">Jiazhuo Nie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vaibhav Gupta</w:t>
+                <w:t xml:space="preserve">Dongjiu Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">José Luis Montaño-Priede</w:t>
+                <w:t xml:space="preserve">Hengyang Xiang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rijil Thomas</w:t>
+                <w:t xml:space="preserve">Thomas Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alina Muravitskaya</w:t>
+                <w:t xml:space="preserve">Lionel Aigouy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Applied Nano Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 8 (40), pp.19474-19482. </w:t>
+              <w:t xml:space="preserve">Nano Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, pp.111405. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acsanm.5c03473⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.nanoen.2025.111405⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05419711v1</w:t>
+                <w:t xml:space="preserve">hal-05226148v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nanothermometry-Guided In Situ Decoding of Perovskite Solar Cell Degradation under Optical Stress</w:t>
+                <w:t xml:space="preserve">Photoluminescence Enhancement at Telecom Wavelengths from PbS/CdS Quantum Dots coupled to a Plasmonic Crescent Metasurface</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jiazhuo Nie</w:t>
+                <w:t xml:space="preserve">Areeg Al-Hamadani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dongjiu Zhang</w:t>
+                <w:t xml:space="preserve">Vaibhav Gupta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hengyang Xiang</w:t>
+                <w:t xml:space="preserve">José Luis Montaño-Priede</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Pons</w:t>
+                <w:t xml:space="preserve">Rijil Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lionel Aigouy</w:t>
+                <w:t xml:space="preserve">Alina Muravitskaya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nano Energy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, pp.111405. </w:t>
+              <w:t xml:space="preserve">ACS Applied Nano Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 8 (40), pp.19474-19482. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.nanoen.2025.111405⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acsanm.5c03473⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05226148v1</w:t>
+                <w:t xml:space="preserve">hal-05419711v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Size-Dependent Optical Properties of CdSe/CdS/ZnS Nanocrystal Aggregates Encapsulated in a Gold Nano-resonator: A Comprehensive Study</w:t>
               </w:r>
@@ -406,51 +406,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thi Hien Phan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Quibeuf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Lequeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -508,291 +508,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05349533v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Self-assembly of chiral ligands on 2D semiconductor nanoplatelets for high circular dichroism</w:t>
+                <w:t xml:space="preserve">Photolithographed Whispering Gallery Mode Microdisk Cavities Coupled to Semiconductor Quantum Dots</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Henri Lehouelleur</w:t>
+                <w:t xml:space="preserve">Charlie Kersuzan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hong Po</w:t>
+                <w:t xml:space="preserve">Sergei Celaj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lina Makké</w:t>
+                <w:t xml:space="preserve">Willy Daney de Marcillac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ningyuan Fu</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Agnès Maître</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/jacs.4c08981⟩</w:t>
+              <w:t xml:space="preserve">ACS photonics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 11 (4), pp.1715-1723. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsphotonics.4c00023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04789239v1</w:t>
+                <w:t xml:space="preserve">hal-04862425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photolithographed Whispering Gallery Mode Microdisk Cavities Coupled to Semiconductor Quantum Dots</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Self-assembly of chiral ligands on 2D semiconductor nanoplatelets for high circular dichroism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Lehouelleur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charlie Kersuzan</w:t>
+                <w:t xml:space="preserve">Hong Po</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sergei Celaj</w:t>
+                <w:t xml:space="preserve">Lina Makké</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Willy Daney de Marcillac</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Thomas Pons</w:t>
+                <w:t xml:space="preserve">Ningyuan Fu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agnès Maître</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Leonardo Curti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS photonics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 11 (4), pp.1715-1723. </w:t>
+              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 146 (45), pp.30871-30882. </w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acsphotonics.4c00023⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/jacs.4c08981⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04862425v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04789239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Photon correlations in the collective emission of hybrid gold-(CdSe/CdS/CdZnS) nanocrystal supraparticles</w:t>
               </w:r>
@@ -938,51 +938,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Robineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Béal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Jaffiol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1349,51 +1349,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuzhou Pu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Lequeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Pons</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cancers</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 14 (10), pp.2456. </w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1466,51 +1466,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Delille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Bartier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Lequeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1574,51 +1574,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantum dots mediated imaging and phototherapy in cancer spheroid models : state of the art and perspectives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Dirheimer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Marchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1717,51 +1717,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Dabard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hong Po</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiangzhen Xu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2132,51 +2132,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrey Klymchenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreas Reisch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Pons</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACS Nano</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, </w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2396,51 +2396,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrey Klymchenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreas Reisch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Pons</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACS Nano</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2465,51 +2465,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In Vivo Imaging of Single Tumor Cells in Fast-Flowing Bloodstream Using Near-Infrared Quantum Dots and Time-Gated Imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Bouccara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2746,51 +2746,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">nanoPaint: a Tool for Rapid and Dynamic Imaging of Membrane Structural Plasticity at the Nano- Scale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariana Tasso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Lequeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2906,51 +2906,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ilya Yakavets</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Lequeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lina Bezdetnaya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3053,51 +3053,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiangzhen Xu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Lequeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Pons</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 11 (28), pp.25008-25016. </w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3157,51 +3157,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabiane Sônego</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Bouccara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Lequeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3259,291 +3259,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-02092834v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pulsed-laser irradiation of multifunctional gold nanoshells to overcome trastuzumab resistance in HER2-overexpressing breast cancer</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">pH Sensitive visible or SWIR Quantum Dot Nanoprobes using Conformation- Switchable Copolymeric Ligands</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Debayle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Marchandier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiangzhen Xu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Lequeux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Pons</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of experimental &amp; clinical cancer research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13046-019-1305-x⟩</w:t>
+              <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 11 (28), pp.25008-25016. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsami.9b06194⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-02528127v1</w:t>
+                <w:t xml:space="preserve">hal-02282184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pH Sensitive visible or SWIR Quantum Dot Nanoprobes using Conformation- Switchable Copolymeric Ligands</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Pulsed-laser irradiation of multifunctional gold nanoshells to overcome trastuzumab resistance in HER2-overexpressing breast cancer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Toni Nunes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Pons</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xue Hou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khanh van Do</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Caron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acsami.9b06194⟩</w:t>
+              <w:t xml:space="preserve">Journal of experimental &amp; clinical cancer research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 38 (1), pp.306. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13046-019-1305-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02282184v1</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-02528127v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Doping as a strategy to tune color of 2D colloidal nanoplatelets</w:t>
               </w:r>
@@ -3676,51 +3676,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clickable-Zwitterionic Copolymer Capped-Quantum Dots for in Vivo Fluorescence Tumor Imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Trapiella-Alfonso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Lequeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3849,51 +3849,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Simon Marchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Debayle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nanomaterials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 8 (8), pp.572. </w:t>
@@ -3944,51 +3944,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clickable-Zwitterionic Copolymer Capped-Quantum Dots for in Vivo Fluorescence Tumor Imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Trapiella-Alfonso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Lequeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4078,51 +4078,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clickable-Zwitterionic Copolymer Capped-Quantum Dots for in Vivo Fluorescence Tumor Imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Trapiella-Alfonso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Lequeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4372,51 +4372,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christopher M. Spillmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W. Russ Algar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael H. Stewart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4461,693 +4461,693 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02281950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A novel type of quantum dot–transferrin conjugate using DNA hybridization mimics intracellular recycling of endogenous transferrin</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Zwitterionic-silane copolymer for ultra stable and bright biomolecular probes based on fluorescent quantum dot nanoclusters.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatimata Dembele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariana Tasso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Trapiella-Alfonso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anusuya Banerjee</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Cesar Augusto Valades-Cruz</w:t>
+                <w:t xml:space="preserve">Xiang Zhen Xu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Hanafi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanoscale</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/C7NR05838A⟩</w:t>
+              <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 9 (21), pp.18161-18169. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsami.7b01615⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02189528v1</w:t>
+                <w:t xml:space="preserve">hal-01520223v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zwitterionic-silane copolymer for ultra stable and bright biomolecular probes based on fluorescent quantum dot nanoclusters.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Mohamed Hanafi</w:t>
+                <w:t xml:space="preserve">A novel type of quantum dot–transferrin conjugate using DNA hybridization mimics intracellular recycling of endogenous transferrin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anusuya Banerjee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Grazon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Pons</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dhiraj Bhatia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cesar Augusto Valades-Cruz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acsami.7b01615⟩</w:t>
+              <w:t xml:space="preserve">Nanoscale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 9 (40), pp.15453-15460. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C7NR05838A⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01520223v1</w:t>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02189528v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A novel type of quantum dot–transferrin conjugate using DNA hybridization mimics intracellular recycling of endogenous transferrin</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Real-Space Investigation of Energy Transfer through Electron Tomography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohei Ishida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ikumi Akita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tetsu Yonezawa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Niko Hildebrandt</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanoscale</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/C7NR05838A⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 121 (51), pp.28395--28402. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.7b10628⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04092015v1</w:t>
+                <w:t xml:space="preserve">hal-02281970v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Engineering Bicolor Emission in 2D Core/Crown CdSe/CdSe 1– x Te x Nanoplatelet Heterostructures Using Band-Offset Tuning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violette Steinmetz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eva Izquierdo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Lequeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 121 (44), pp.24816 - 24823. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acs.jpcc.7b06527⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01668079v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Real-Space Investigation of Energy Transfer through Electron Tomography</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">A novel type of quantum dot–transferrin conjugate using DNA hybridization mimics intracellular recycling of endogenous transferrin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anusuya Banerjee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Grazon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dhiraj Bhatia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cesar Augusto Valades-Cruz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nanoscale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 9 (40), pp.15453-15460. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C7NR05838A⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.7b10628⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02281970v1</w:t>
+                <w:t xml:space="preserve">hal-04092015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enhancing fluorescence in vivo imaging using inorganic nanoprobes</w:t>
               </w:r>
@@ -5280,51 +5280,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Near-infrared emitting AgInTe 2 and Zn-Ag-In-Te colloidal nanocrystals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc-Antoine Langevin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna M. Ritcey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5410,51 +5410,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhenhua Sun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gary Sitbon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Artem A Bakulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5514,90 +5514,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fast, Efficient, and Stable Conjugation of Multiple DNA Strands on Colloidal Quantum Dots</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Grazon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anusuya Banerjee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Nadal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yamuna Krishnan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6101,51 +6101,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Cassette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lina Bezdetnaya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6196,51 +6196,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cadmium-free CuInS(2)/ZnS quantum dots for sentinel lymph node imaging with reduced toxicity.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Pic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6343,51 +6343,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis and characterization of near-infrared Cu−In−Se/ZnS core/shell quantum dots for In vivo Imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Cassette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Bouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6477,51 +6477,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fluorescence Imaging and Whole-Body Biodistribution of Near-Infrared-Emitting Quantum Dots after Subcutaneous Injection for Regional Lymph Node Mapping in Mice.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Pic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lina Bezdetnaya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6636,51 +6636,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Marchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Pic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Dubertret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6917,51 +6917,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudine Katan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Mongin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerome Mertz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7319,51 +7319,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Said Gmouh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Mongin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Blanchard-Desce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7474,51 +7474,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudine Katan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Charlot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Organic Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 6 (1), pp.47-50. </w:t>
@@ -7614,51 +7614,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mustafa Gharib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maha Said</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicole Hondow</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7706,64 +7706,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mono-excitonic lasing of colloidal semiconductor nanocrystals in polymeric parabolic microcavities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlie Kersuzan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergei Celaj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antony Nghanga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7908,51 +7908,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Hecquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Loriette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d'Imagerie Optique Non Conventionnelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2019, Paris, France</w:t>
@@ -8033,51 +8033,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcellin Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Loriette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MIFOBIO, Ecole Thématique du CNRS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2018, Seignosse, France</w:t>
@@ -8151,51 +8151,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biodistribution of near-infrared emitting CuInS2/ZnS Quantum Dots by mass spectroscopy and fluorescence imaging of sentinel lymph node in mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Helle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lina Bezdetnaya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8257,277 +8257,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00705266v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biodistribution of near-infrared emitting CuInS2/ZnS quantum dots by mass spectroscopy and fluorescence imaging of axillary lymph node in healthy mice</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Multimodal I-III-VI&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; quantum dots for in vivo near infrared fluorescence and magnetic resonance imaging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gary Sitbon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amaury Patissier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Lequeux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Helle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lina Bezdetnaya</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">François Guillemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Inter-régional Grand-Est de Recherche Translationnelle en Oncologie, ONCOTRANS 2011</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2011, Nancy, France</w:t>
+              <w:t xml:space="preserve">MRS (Material Research Society) Fall Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Boston, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00601742v1</w:t>
+                <w:t xml:space="preserve">hal-00603644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multimodal I-III-VI&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; quantum dots for in vivo near infrared fluorescence and magnetic resonance imaging</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Biodistribution of near-infrared emitting CuInS2/ZnS quantum dots by mass spectroscopy and fluorescence imaging of axillary lymph node in healthy mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Helle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Pic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Pons</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lina Bezdetnaya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Guillemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MRS (Material Research Society) Fall Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Boston, United States</w:t>
+              <w:t xml:space="preserve">Colloque Inter-régional Grand-Est de Recherche Translationnelle en Oncologie, ONCOTRANS 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2011, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId268" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00603644v1</w:t>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00601742v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biodistribution of near-infrared emitting CuInS2/ZnS Quantum Dots by mass spectroscopy and fluorescence imaging of axillary lymph node in healthy mice</w:t>
               </w:r>
@@ -8539,51 +8539,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Helle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Pic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lina Bezdetnaya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8664,51 +8664,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Helle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Pic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lina Bezdetnaya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8776,51 +8776,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Localisation des ganglions lymphatiques au moyen de quantum dots par imagerie de fluorescence et étude de biodistribution par spectrométrie de masse chez la souris</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Pic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Clausse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8914,51 +8914,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Pic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Robé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Dubertret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9039,51 +9039,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Pic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Robé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Dubertret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9307,51 +9307,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419711v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Areeg Al-Hamadani" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vaibhav Gupta" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Luis Monta&#241;o-Priede" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rijil Thomas" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alina Muravitskaya" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsanm.5c03473" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05226148v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiazhuo Nie" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dongjiu Zhang" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hengyang Xiang" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pons" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Aigouy" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nanoen.2025.111405" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05349533v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Hien Phan" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Quibeuf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lequeux" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Delteil" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11468-025-03300-0" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04789239v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Lehouelleur" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hong Po" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina Makk&#233;" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ningyuan Fu" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Curti" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.4c08981" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862425v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlie Kersuzan" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergei Celaj" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willy Daney de Marcillac" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Ma&#238;tre" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsphotonics.4c00023" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04616245v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Blondot" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domitille G&#233;rard" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Arnold" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Delteil" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6528/ad3832" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815917v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Robineau" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie B&#233;al" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Jaffiol" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille V&#233;zy" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsanm.3c00778" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03955656v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Blondot" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D G&#233;rard" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Bogicevic" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/oe.476441" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862407v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Delille" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Balloul" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bassam Hajj" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Hanafi" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Morand" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.3c00688" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03681521v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuzhou Pu" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers14102456" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03780613v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zijun Wang" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bartier" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.2c01286" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03833131v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Dirheimer" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Marchal" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina Bezdetnaya" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pharmaceutics14102136" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03117326v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Moghaddam" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Dabard" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Dufour" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiangzhen Xu" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.0c10336" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03444276v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Stangherlin" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph L Watson" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David C S Wong" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Barbiero" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aiwei Zeng" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-021-25942-4" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04016838v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilya Yakavets" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Francois" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maelle Guiot" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Fragola" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers12123727" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03112603v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Subha Jana" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey Klymchenko" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Reisch" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.0c08772" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04016843v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Bogicevic" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Coste" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Arnold" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Buil" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/abc495" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03183305v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02189522v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bouccara" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Loriette" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Pezet" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.8b08463" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02189463v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Debayle" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatimata Dembele" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biomaterials.2019.119357" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02390138v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Tasso" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Zala" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zsolt D Lenkei" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smll.201902796" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266463v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Mangeolle" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pdpdt.2019.03.010" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02189454v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Marchandier" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.9b06194" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02092834v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabiane S&#244;nego" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Danckaert" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fbioe.2019.00073" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02528127v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toni Nunes" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xue Hou" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khanh van Do" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Caron" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13046-019-1305-x" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02282184v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02030568v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Izquierdo" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Livache" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertille Martinez" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu G Silly" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.8b18650" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02189525v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Trapiella-Alfonso" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Leleu" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Grimaldi" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.8b04708" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01860308v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Simon Marchal" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano8080572" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03907869v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03897157v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03907852v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.7b01615" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02281950v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niko Hildebrandt" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher M. Spillmann" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Russ Algar" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael H. Stewart" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemrev.6b00030" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02189528v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anusuya Banerjee" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Grazon" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dhiraj Bhatia" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cesar Augusto Valades-Cruz" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7NR05838A" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01520223v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiang Zhen Xu" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04092015v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668079v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violette Steinmetz" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.7b06527" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02281970v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohei Ishida" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ikumi Akita" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tetsu Yonezawa" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.7b10628" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01100022v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Bouccara" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Sitbon" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Fragola" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Loriette" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Lequeux" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.copbio.2014.11.018" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01197064v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Antoine Langevin" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna M. Ritcey" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Ni. Allen" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s11671-015-0951-y" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01223176v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhenhua Sun" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gary Sitbon" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artem A Bakulin" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhuoying Chen" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep10626" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03366477v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Nadal" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yamuna Krishnan" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.bioconjchem.5b00221" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065121v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Fran&#231;ois" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4nr02239d" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01064544v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emerson Giovanelli" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.JBO.19.5.051208" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00739386v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Cassette" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Helle" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Dubertret" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.addr.2012.08.016" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GMJGFHXL-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00739399v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Leroux" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0044433" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00479841v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Pic" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/nn901421v" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00548762v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Bouet" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cm101881b" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00437294v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Guillemin" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11307-009-0288-y" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-2X4TP6TR-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00350208v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina Bolotine" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/bdc.2008.0757" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00880434v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Katan" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Terenziani" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Mongin" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martinus H. V. Werts" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Porr&#232;s" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp044193e" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01416768v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Mertz" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2003.12.036" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01417574v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Charlot" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Parent" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.559937" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01417623v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bharath Kumar Goud Bhatthula" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0218863504002109" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01206358v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Gmouh" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Blanchard-Desce" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja0446606" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-5L7QFWN6-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01416756v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ol036041s" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05283856v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustafa Gharib" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maha Said" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Hondow" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samia Zrig" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05014673v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antony Nghanga" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Byl" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-02278773v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Westbrook" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Hecquet" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-02278788v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcellin Guilbert" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00705266v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00601742v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00603644v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Patissier" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00539111v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506801v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00379312v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Clausse" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00194722v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Rob&#233;" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00194720v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05226148v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiazhuo Nie" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dongjiu Zhang" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hengyang Xiang" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pons" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Aigouy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nanoen.2025.111405" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419711v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Areeg Al-Hamadani" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vaibhav Gupta" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Luis Monta&#241;o-Priede" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rijil Thomas" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alina Muravitskaya" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsanm.5c03473" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05349533v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Hien Phan" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Quibeuf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lequeux" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Delteil" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11468-025-03300-0" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862425v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlie Kersuzan" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergei Celaj" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willy Daney de Marcillac" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Ma&#238;tre" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsphotonics.4c00023" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04789239v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Lehouelleur" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hong Po" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina Makk&#233;" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ningyuan Fu" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Curti" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.4c08981" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04616245v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Blondot" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domitille G&#233;rard" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Arnold" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Delteil" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6528/ad3832" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815917v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Robineau" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie B&#233;al" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Jaffiol" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille V&#233;zy" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsanm.3c00778" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03955656v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Blondot" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D G&#233;rard" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Bogicevic" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/oe.476441" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862407v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Delille" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Balloul" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bassam Hajj" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Hanafi" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Morand" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.3c00688" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03681521v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuzhou Pu" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers14102456" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03780613v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zijun Wang" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bartier" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.2c01286" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03833131v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Dirheimer" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Marchal" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina Bezdetnaya" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pharmaceutics14102136" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03117326v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Moghaddam" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Dabard" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Dufour" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiangzhen Xu" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.0c10336" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03444276v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Stangherlin" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph L Watson" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David C S Wong" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Barbiero" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aiwei Zeng" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-021-25942-4" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04016838v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilya Yakavets" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Francois" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maelle Guiot" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Fragola" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers12123727" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03112603v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Subha Jana" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey Klymchenko" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Reisch" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.0c08772" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04016843v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Bogicevic" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Coste" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Arnold" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Buil" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/abc495" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03183305v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02189522v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bouccara" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Loriette" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Pezet" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.8b08463" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02189463v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Debayle" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatimata Dembele" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biomaterials.2019.119357" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02390138v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Tasso" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Zala" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zsolt D Lenkei" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smll.201902796" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266463v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Mangeolle" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pdpdt.2019.03.010" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02189454v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Marchandier" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.9b06194" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02092834v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabiane S&#244;nego" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Danckaert" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fbioe.2019.00073" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02282184v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02528127v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toni Nunes" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xue Hou" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khanh van Do" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Caron" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13046-019-1305-x" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02030568v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Izquierdo" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Livache" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertille Martinez" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu G Silly" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.8b18650" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02189525v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Trapiella-Alfonso" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Leleu" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Grimaldi" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.8b04708" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01860308v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Simon Marchal" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano8080572" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03907869v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03897157v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03907852v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.7b01615" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02281950v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niko Hildebrandt" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher M. Spillmann" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Russ Algar" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael H. Stewart" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemrev.6b00030" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01520223v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiang Zhen Xu" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02189528v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anusuya Banerjee" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Grazon" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dhiraj Bhatia" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cesar Augusto Valades-Cruz" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7NR05838A" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02281970v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohei Ishida" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ikumi Akita" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tetsu Yonezawa" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.7b10628" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668079v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violette Steinmetz" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.7b06527" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04092015v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01100022v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Bouccara" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Sitbon" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Fragola" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Loriette" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Lequeux" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.copbio.2014.11.018" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01197064v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Antoine Langevin" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna M. Ritcey" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Ni. Allen" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s11671-015-0951-y" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01223176v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhenhua Sun" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gary Sitbon" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artem A Bakulin" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhuoying Chen" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep10626" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03366477v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Nadal" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yamuna Krishnan" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.bioconjchem.5b00221" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065121v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Fran&#231;ois" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4nr02239d" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01064544v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emerson Giovanelli" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.JBO.19.5.051208" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00739386v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Cassette" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Helle" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Dubertret" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.addr.2012.08.016" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GMJGFHXL-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00739399v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Leroux" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0044433" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00479841v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Pic" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/nn901421v" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00548762v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Bouet" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cm101881b" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00437294v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Guillemin" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11307-009-0288-y" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-2X4TP6TR-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00350208v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina Bolotine" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/bdc.2008.0757" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00880434v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Katan" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Terenziani" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Mongin" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martinus H. V. Werts" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Porr&#232;s" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp044193e" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01416768v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Mertz" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2003.12.036" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01417574v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Charlot" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Parent" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.559937" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01417623v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bharath Kumar Goud Bhatthula" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0218863504002109" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01206358v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Gmouh" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Blanchard-Desce" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja0446606" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-5L7QFWN6-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01416756v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ol036041s" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05283856v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustafa Gharib" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maha Said" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Hondow" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samia Zrig" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05014673v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antony Nghanga" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Byl" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-02278773v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Westbrook" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Hecquet" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-02278788v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcellin Guilbert" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00705266v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00603644v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Patissier" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00601742v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00539111v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506801v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00379312v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Clausse" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00194722v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Rob&#233;" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00194720v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>