--- v0 (2026-03-04)
+++ v1 (2026-03-27)
@@ -2447,196 +2447,196 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03066503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Psy Wars : le tsunami cognitivocomportemental en Grande-Bretagne</w:t>
+                <w:t xml:space="preserve">Clinique des expériences de mort imminente : du vécu agonistique aux formes extrêmes de symbolisation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Rabeyron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Bergs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psycho-Oncologie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3166/pson-2020-0120⟩</w:t>
+              <w:t xml:space="preserve">L'Évolution Psychiatrique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 85 (3), pp.407-426. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.evopsy.2020.04.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03066514v1</w:t>
+                <w:t xml:space="preserve">hal-03066508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clinique des expériences de mort imminente : du vécu agonistique aux formes extrêmes de symbolisation</w:t>
+                <w:t xml:space="preserve">Psy Wars : le tsunami cognitivocomportemental en Grande-Bretagne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Rabeyron</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anna Bergs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'Évolution Psychiatrique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 85 (3), pp.407-426. </w:t>
+              <w:t xml:space="preserve">Psycho-Oncologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 14 (1-2), pp.66-76. </w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.evopsy.2020.04.006⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3166/pson-2020-0120⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03066508v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03066514v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Es gibt Gedankenübertragung » : Transfert de pensée et processus télépathiques en analyse</w:t>
               </w:r>
@@ -3413,200 +3413,200 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02189843v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De l'art oratoire en milieu universitaire, entre psychanalyse et neurosciences cognitives</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Freud as a Psychical Researcher: The Impossible Freudian Legacy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Evrard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudie Massicotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Rabeyron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pratiques Psychologiques</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Imago Budapest</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 6 (4), pp.9-32</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02181699v1</w:t>
+                <w:t xml:space="preserve">hal-02190020v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Freud as a Psychical Researcher: The Impossible Freudian Legacy</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">De l'art oratoire en milieu universitaire, entre psychanalyse et neurosciences cognitives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Rabeyron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Imago Budapest</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Pratiques Psychologiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 23 (3), pp.201-215. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.prps.2017.03.003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02190020v1</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02181699v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des processus psychiques en consultations de voyance</w:t>
               </w:r>
@@ -4300,196 +4300,196 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02111754v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clinique et processus de symbolisation de l’atmosphère dans les problématiques psychotiques</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les processus de symbolisation et de représentation comme espace transitionnel pour la psychanalyse et les neurosciences</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Rabeyron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Évolution Psychiatrique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 81 (2), pp.476-492. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.evopsy.2015.05.008⟩</w:t>
+              <w:t xml:space="preserve">, 2016, 81 (1), pp.160-175. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.evopsy.2015.03.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02189858v1</w:t>
+                <w:t xml:space="preserve">hal-02155552v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les processus de symbolisation et de représentation comme espace transitionnel pour la psychanalyse et les neurosciences</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Clinique et processus de symbolisation de l’atmosphère dans les problématiques psychotiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Rebollar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Rabeyron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Évolution Psychiatrique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 81 (1), pp.160-175. </w:t>
+              <w:t xml:space="preserve">, 2016, 81 (2), pp.476-492. </w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.evopsy.2015.03.003⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.evopsy.2015.05.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02155552v1</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02189858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Associativité, symbolisation et entropie : propositions théoriques et cliniques</w:t>
               </w:r>
@@ -4650,103 +4650,103 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Déterminants de la procrastination académique : motivation autodéterminée, estime de soi et degré de maximation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Osiurak</w:t>
+                <w:t xml:space="preserve">François Osiurak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Fauré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Rabeyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Morange</w:t>
+                <w:t xml:space="preserve">Danielle Morange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Dumet</w:t>
+                <w:t xml:space="preserve">Nathalie Dumet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pratiques Psychologiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 21 (1), pp.19-33. </w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
@@ -4784,235 +4784,235 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02189865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’identité à l’épreuve de la prison : médiation photolangage et relance des processus narratifs</w:t>
+                <w:t xml:space="preserve">Feeling the future: A meta-analysis of 90 experiments on the anomalous anticipation of random future events</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurore Mirabel</w:t>
+                <w:t xml:space="preserve">Daryl Bem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrizio Tressoldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Rabeyron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Duggan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de psychologie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/bupsy.537.0223⟩</w:t>
+              <w:t xml:space="preserve">F1000Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 4, pp.1188. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.12688/f1000research.7177.1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02189862v1</w:t>
+                <w:t xml:space="preserve">hal-02189861v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Feeling the future: A meta-analysis of 90 experiments on the anomalous anticipation of random future events</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Patrizio Tressoldi</w:t>
+                <w:t xml:space="preserve">L’identité à l’épreuve de la prison : médiation photolangage et relance des processus narratifs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Mirabel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Rabeyron</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Michael Duggan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">F1000Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 4, pp.1188. </w:t>
+              <w:t xml:space="preserve">Bulletin de psychologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Numéro537 (3), pp.223. </w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.12688/f1000research.7177.1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/bupsy.537.0223⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02189861v1</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02189862v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Psychose pour tous : la jeunesse au risque du« syndrome de psychose atténuée ?</w:t>
               </w:r>
@@ -5853,200 +5853,200 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03355678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les psychanalystes et le transfert de pensée : enjeux historiques et actuels</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Perspectives historiques et contemporaines sur l’occulte dans la correspondance Freud-Ferenczi / Historical and Contemporary Perspectives on Occultism in the Freud-Ferenczi Correspondence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Rabeyron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Evrard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'Évolution Psychiatrique</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Recherches en Psychanalyse</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 13, Non spécifié</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-02137262v1</w:t>
+                <w:t xml:space="preserve">hal-03355856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Perspectives historiques et contemporaines sur l’occulte dans la correspondance Freud-Ferenczi / Historical and Contemporary Perspectives on Occultism in the Freud-Ferenczi Correspondence</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les psychanalystes et le transfert de pensée : enjeux historiques et actuels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Evrard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Rabeyron</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">R. Evrard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Recherches en Psychanalyse</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">L'Évolution Psychiatrique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 77 (4), pp.589-598. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.evopsy.2012.05.002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03355856v1</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02137262v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les psychanalystes et le transfert de pensée : enjeux historiques et actuels</w:t>
               </w:r>
@@ -6068,51 +6068,51 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Rabeyron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Évolution Psychiatrique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 77 (4), pp.589-598. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.evopsy.2012.05.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02189876v1</w:t>
@@ -7273,51 +7273,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034810v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Rabeyron" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.evopsy.2025.01.010" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336508v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Royant-Parola" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Hartley" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Reynaud" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Brion" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Crouigneau" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.encep.2023.05.005" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04191635v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziz Essadek" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Shadili" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Bergami Goulart Barbosa" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#232;le Assous" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Widart" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu15143260" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239892v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dellanoce" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Dubus" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Vidal" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Vigourt" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Rabeyron" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prps.2023.06.002" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04211626v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Batissou" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Schlesser" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Sarfati" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.evopsy.2023.04.005" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04873242v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Clesse" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Botbol" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02668734.2022.2040047" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04106175v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Caussi&#233;" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Cholez" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Monne" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evrard Renaud" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2022.01.004" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04106163v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Evrard" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Pratte" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nyas.14846" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03635206v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Bulteau" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Laurin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kalyane Bach-Ngohou" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane P&#233;r&#233;" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anne Vibet" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm11020345" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04106239v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudie Massicotte" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/00030651211022332" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04631286v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Artru" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.evopsy.2021.03.013" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04662115v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Langlet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Acier" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/nrea.004.0105" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03342308v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farad Dalal" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gobb&#233;" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.inan.2021.07.006" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066510v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2020.00366" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066495v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2020.562992" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02997847v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan-Pablo Robledo del Canto" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Carasco" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Bisson" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bodeau" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychres.2020.113377" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066492v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.evopsy.2020.07.003" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066499v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jad.2020.08.042" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-03794585v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Minjard" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/eslm.153.0047" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066506v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Finkel" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2020.01675" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066518v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.evopsy.2020.01.002" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066503v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Maier" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Buechner" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moritz Dechamps" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Pflitsch" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walter Kurzrock" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0238373" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066514v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/pson-2020-0120" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066508v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Bergs" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.evopsy.2020.04.006" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02190017v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfp.834.1239" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02189844v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Cabelguen" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2018.04.012" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02189846v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oceane Saumon" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Dozsa" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bonnot" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/psye.621.0147" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02190067v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.evopsy.2019.05.005" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02190018v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Charlet" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Rowe" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M-C Mousseau" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Deledalle" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02189842v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.inan.2018.07.002" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02189845v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.evopsy.2017.07.005" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02189843v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/psys.182.0095" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02181699v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prps.2017.03.003" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02190020v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02189892v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anissa Abchiche" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cohe.231.0123" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02181695v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.evopsy.2017.01.001" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02136977v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/bupsy.552.0463" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02189824v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rppg.066.0067" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02871262v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Veuillet-Combier" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Chouvier" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/psys.161.0013" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02189856v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Caussie" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.evopsy.2016.09.002" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02189889v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lcp.200.0053" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02111754v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.evopsy.2015.10.007" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2V1BVCHB-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02189858v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Rebollar" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.evopsy.2015.05.008" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02155552v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.evopsy.2015.03.003" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02173618v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2015.02.009" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02189822v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tianna Loose" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2015.01926" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02189865v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Osiurak" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Faur&#233;" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Morange" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Dumet" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prps.2015.01.001" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FQ7PTCXJ-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02189862v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Mirabel" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/bupsy.537.0223" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02189861v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daryl Bem" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrizio Tressoldi" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Duggan" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12688/f1000research.7177.1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01585591v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/psye.571.0331" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02189867v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnhum.2014.00154" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02189870v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02137134v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03355669v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Evrard" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02137168v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David J Acunzo" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnhum.2013.00893" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02190024v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02190023v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02137274v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rep.013.0097" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03355678v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02137262v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.evopsy.2012.05.002" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03355856v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02189876v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02190025v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02189882v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Le Malefan" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.evopsy.2010.09.004" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R1X2WPHT-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02189881v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Watt" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.paid.2009.11.029" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02189886v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rep.008.0282" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04325959v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04062644v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Brun" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02190022v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Saumon" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Carasco" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Bonnot" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02190066v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02472382v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02189825v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02190021v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034810v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Rabeyron" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.evopsy.2025.01.010" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336508v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Royant-Parola" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Hartley" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Reynaud" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Brion" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Crouigneau" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.encep.2023.05.005" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04191635v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziz Essadek" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Shadili" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Bergami Goulart Barbosa" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#232;le Assous" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Widart" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu15143260" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239892v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dellanoce" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Dubus" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Vidal" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Vigourt" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Rabeyron" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prps.2023.06.002" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04211626v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Batissou" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Schlesser" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Sarfati" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.evopsy.2023.04.005" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04873242v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Clesse" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Botbol" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02668734.2022.2040047" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04106175v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Caussi&#233;" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Cholez" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Monne" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evrard Renaud" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2022.01.004" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04106163v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Evrard" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Pratte" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nyas.14846" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03635206v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Bulteau" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Laurin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kalyane Bach-Ngohou" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane P&#233;r&#233;" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anne Vibet" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm11020345" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04106239v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudie Massicotte" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/00030651211022332" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04631286v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Artru" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.evopsy.2021.03.013" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04662115v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Langlet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Acier" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/nrea.004.0105" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03342308v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farad Dalal" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gobb&#233;" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.inan.2021.07.006" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066510v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2020.00366" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066495v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2020.562992" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02997847v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan-Pablo Robledo del Canto" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Carasco" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Bisson" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bodeau" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychres.2020.113377" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066492v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.evopsy.2020.07.003" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066499v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jad.2020.08.042" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-03794585v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Minjard" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/eslm.153.0047" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066506v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Finkel" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2020.01675" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066518v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.evopsy.2020.01.002" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066503v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Maier" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Buechner" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moritz Dechamps" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Pflitsch" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walter Kurzrock" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0238373" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066508v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Bergs" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.evopsy.2020.04.006" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066514v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/pson-2020-0120" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02190017v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfp.834.1239" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02189844v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Cabelguen" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2018.04.012" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02189846v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oceane Saumon" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Dozsa" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bonnot" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/psye.621.0147" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02190067v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.evopsy.2019.05.005" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02190018v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Charlet" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Rowe" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M-C Mousseau" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Deledalle" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02189842v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.inan.2018.07.002" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02189845v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.evopsy.2017.07.005" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02189843v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/psys.182.0095" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02190020v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02181699v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prps.2017.03.003" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02189892v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anissa Abchiche" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cohe.231.0123" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02181695v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.evopsy.2017.01.001" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02136977v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/bupsy.552.0463" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02189824v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rppg.066.0067" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02871262v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Veuillet-Combier" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Chouvier" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/psys.161.0013" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02189856v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Caussie" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.evopsy.2016.09.002" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02189889v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lcp.200.0053" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02111754v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.evopsy.2015.10.007" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2V1BVCHB-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02155552v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.evopsy.2015.03.003" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02189858v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Rebollar" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.evopsy.2015.05.008" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02173618v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2015.02.009" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02189822v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tianna Loose" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2015.01926" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02189865v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Osiurak" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Faur&#233;" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Morange" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Dumet" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prps.2015.01.001" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FQ7PTCXJ-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02189861v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daryl Bem" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrizio Tressoldi" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Duggan" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12688/f1000research.7177.1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02189862v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Mirabel" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/bupsy.537.0223" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01585591v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/psye.571.0331" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02189867v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnhum.2014.00154" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02189870v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02137134v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03355669v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Evrard" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02137168v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David J Acunzo" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnhum.2013.00893" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02190024v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02190023v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02137274v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rep.013.0097" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03355678v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03355856v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02137262v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.evopsy.2012.05.002" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02189876v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02190025v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02189882v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Le Malefan" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.evopsy.2010.09.004" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R1X2WPHT-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02189881v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Watt" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.paid.2009.11.029" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02189886v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rep.008.0282" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04325959v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04062644v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Brun" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02190022v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Saumon" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Carasco" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Bonnot" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02190066v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02472382v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02189825v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02190021v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>