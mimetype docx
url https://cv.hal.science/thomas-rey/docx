--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -409,239 +409,239 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03395448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Projective and Telescopic Projective Integration for Non-Linear Kinetic Mixtures</w:t>
+                <w:t xml:space="preserve">Moment preserving Fourier-Galerkin spectral methods and application to the Boltzmann equation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rafael Bailo</w:t>
+                <w:t xml:space="preserve">Lorenzo Pareschi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Rey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Computational Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 458, pp.111082. </w:t>
+              <w:t xml:space="preserve">SIAM Journal on Numerical Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 60 (6), pp.3216-3240. </w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jcp.2022.111082⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1137/21M1423452⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03262587v1</w:t>
+                <w:t xml:space="preserve">hal-03239753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Moment preserving Fourier-Galerkin spectral methods and application to the Boltzmann equation</w:t>
+                <w:t xml:space="preserve">Projective and Telescopic Projective Integration for Non-Linear Kinetic Mixtures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lorenzo Pareschi</w:t>
+                <w:t xml:space="preserve">Rafael Bailo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Rey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SIAM Journal on Numerical Analysis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 60 (6), pp.3216-3240. </w:t>
+              <w:t xml:space="preserve">Journal of Computational Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 458, pp.111082. </w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1137/21M1423452⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jcp.2022.111082⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03239753v1</w:t>
+                <w:t xml:space="preserve">hal-03262587v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the stability of equilibrium preserving spectral methods for the homogeneous Boltzmann equation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorenzo Pareschi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Rey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -682,248 +682,248 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03000138v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Convergence of knowledge in a stochastic cultural evolution model with population structure, social learning and credibility biases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Billiard</w:t>
+                <w:t xml:space="preserve">Hypocoercivity and diffusion limit of a finite volume scheme for linear kinetic equations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Bessemoulin-Chatard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime Derex</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Ludovic Maisonneuve</w:t>
+                <w:t xml:space="preserve">Maxime Herda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Rey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mathematical Models and Methods in Applied Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1142/S0218202520500529⟩</w:t>
+              <w:t xml:space="preserve">Mathematics of Computation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 89, pp.1093-1133. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1090/mcom/3490⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02357188v2</w:t>
+                <w:t xml:space="preserve">hal-01957832v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hypocoercivity and diffusion limit of a finite volume scheme for linear kinetic equations</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marianne Bessemoulin-Chatard</w:t>
+                <w:t xml:space="preserve">Convergence of knowledge in a stochastic cultural evolution model with population structure, social learning and credibility biases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Billiard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Derex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime Herda</w:t>
+                <w:t xml:space="preserve">Ludovic Maisonneuve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Rey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mathematics of Computation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 89, pp.1093-1133. </w:t>
+              <w:t xml:space="preserve">Mathematical Models and Methods in Applied Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 30 (14), pp.2691-2723. </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1090/mcom/3490⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1142/S0218202520500529⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01957832v2</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02357188v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Projective and telescopic projective integration for the nonlinear BGK and Boltzmann equations</w:t>
               </w:r>
@@ -1221,51 +1221,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Residual equilibrium schemes for time dependent partial differential equations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorenzo Pareschi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Rey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1550,51 +1550,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On steady-state preserving spectral methods for homogeneous Boltzmann equations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Filbet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorenzo Pareschi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Rey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1836,51 +1836,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Convolutive decomposition and fast summation methods for discrete-velocity approximations of the Boltzmann equation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Mouhot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorenzo Pareschi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Rey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2775,51 +2775,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High-Order Asymptotic-Preserving IMEX schemes for an ES-BGK model for Gas Mixtures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Domenico Caparello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorenzo Pareschi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Rey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2951,51 +2951,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hierarchical dynamic domain decomposition for the multiscale Boltzmann equation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Domenico Caparello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorenzo Pareschi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Rey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3707,51 +3707,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03525607v3" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Billiard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Leman" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Rey" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viet-Chi Tran" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04494454v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Bessemoulin-Chatard" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tino Laidin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/imanum/drae058" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03395448v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Mouton" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2023.112197" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03262587v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Bailo" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2022.111082" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03239753v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Pareschi" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/21M1423452" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03000138v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aml.2021.107187" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357188v2" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Derex" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Maisonneuve" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0218202520500529" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957832v2" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Herda" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1090/mcom/3490" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666346v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ward Melis" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Samaey" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/smai-jcm.43" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01357112v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giacomo Dimarco" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Loub&#232;re" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacek Narski" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2017.10.010" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01279961v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Emmanuel Jabin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1090/qam/1442" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01270297v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compfluid.2017.07.013" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01078298v2" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Changhui Tan" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/140993430" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01242931v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Isabel Garcia de Soria" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Maynar" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Mischler" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Mouhot" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-5468/2015/11/P11009" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01053930v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Filbet" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crma.2015.01.015" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00951980v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/140958773" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694908v2" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Toscani" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/120876290" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00661151v2" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/m2an/2013078" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00690598v3" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2013.04.023" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00588970v3" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/110835645" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04023578v2" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-40860-1_24" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02408246v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anissa El Keurti" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-43651-3_20" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01451580v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-57394-6" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02460375v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Carrillo" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jingwei Hu" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zheng Ma" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-67104-4_1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04929730v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05115202v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriella Puppo" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommaso Tenna" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05385222v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domenico Caparello" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05369620v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05057640v2" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748574v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03516859v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00738709v2" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2012LYO10138" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04032898v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04748243v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03464411v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:7fe30a7f2000e428017805003dee352f95b877ba;origin=https://hal.archives-ouvertes.fr/hal-03464411;visit=swh:1:snp:25f26c730a7673ba183f92abd767d501716332ff;anchor=swh:1:rel:97d086f20d7c60fdd7fddbb656101e22d990311a;path=/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03525607v3" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Billiard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Leman" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Rey" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viet-Chi Tran" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04494454v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Bessemoulin-Chatard" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tino Laidin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/imanum/drae058" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03395448v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Mouton" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2023.112197" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03239753v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Pareschi" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/21M1423452" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03262587v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Bailo" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2022.111082" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03000138v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aml.2021.107187" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957832v2" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Herda" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1090/mcom/3490" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357188v2" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Derex" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Maisonneuve" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0218202520500529" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666346v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ward Melis" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Samaey" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/smai-jcm.43" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01357112v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giacomo Dimarco" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Loub&#232;re" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacek Narski" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2017.10.010" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01279961v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Emmanuel Jabin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1090/qam/1442" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01270297v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compfluid.2017.07.013" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01078298v2" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Changhui Tan" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/140993430" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01242931v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Isabel Garcia de Soria" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Maynar" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Mischler" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Mouhot" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-5468/2015/11/P11009" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01053930v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Filbet" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crma.2015.01.015" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00951980v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/140958773" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694908v2" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Toscani" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/120876290" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00661151v2" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/m2an/2013078" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00690598v3" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2013.04.023" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00588970v3" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/110835645" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04023578v2" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-40860-1_24" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02408246v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anissa El Keurti" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-43651-3_20" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01451580v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-57394-6" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02460375v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Carrillo" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jingwei Hu" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zheng Ma" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-67104-4_1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04929730v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05115202v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriella Puppo" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommaso Tenna" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05385222v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domenico Caparello" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05369620v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05057640v2" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748574v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03516859v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00738709v2" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2012LYO10138" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04032898v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04748243v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03464411v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:7fe30a7f2000e428017805003dee352f95b877ba;origin=https://hal.archives-ouvertes.fr/hal-03464411;visit=swh:1:snp:25f26c730a7673ba183f92abd767d501716332ff;anchor=swh:1:rel:97d086f20d7c60fdd7fddbb656101e22d990311a;path=/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>