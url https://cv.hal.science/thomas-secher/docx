--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -100,5821 +100,5791 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pseudopaline-mediated zinc uptake by Pseudomonas aeruginosa drives clinically relevant phenotypes and infection outcomes</w:t>
+                <w:t xml:space="preserve">Excipients in orally inhaled protein formulations: Current examples, challenges, and future directions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lola Bosc</w:t>
+                <w:t xml:space="preserve">Bhupinder Kaur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Sécher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genevieve Ball</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nathalie Heuzé-Vourc’h</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Infection and Immunity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/iai.00453-25⟩</w:t>
+              <w:t xml:space="preserve">Drug Discovery Today</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, pp.104642. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.drudis.2026.104642⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05458347v1</w:t>
+                <w:t xml:space="preserve">hal-05559679v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring airway biological barriers: Implications for IgG-based therapeutics in respiratory infections</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Pseudopaline-mediated zinc uptake by Pseudomonas aeruginosa drives clinically relevant phenotypes and infection outcomes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lola Bosc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Sécher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Genevieve Ball</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gabrielle Pichon</w:t>
+                <w:t xml:space="preserve">Deborah Le Pennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christelle Parent</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Anna Schnell</w:t>
+                <w:t xml:space="preserve">Mathilde Tribout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Pharmaceutics and Biopharmaceutics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ejpb.2025.114817⟩</w:t>
+              <w:t xml:space="preserve">Infection and Immunity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 94 (2), pp.e00453-25. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/iai.00453-25⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05241299v1</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05458347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A breath of fresh air: inhaled antibodies to combat respiratory infectious diseases - a clinical trial overview</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Exploring airway biological barriers: Implications for IgG-based therapeutics in respiratory infections</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabrielle Pichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Parent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefanie Graeter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Noémie Alphonse</w:t>
+                <w:t xml:space="preserve">Alexander Schaub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Secher</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Anna Schnell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Expert Opinion on Drug Delivery</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/17425247.2024.2446608⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Pharmaceutics and Biopharmaceutics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 215, pp.114817. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ejpb.2025.114817⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04976146v1</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05241299v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synergy between Lactobacillus murinus and anti-PcrV antibody delivered in the airways to boost protection against Pseudomonas aeruginosa</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">A breath of fresh air: inhaled antibodies to combat respiratory infectious diseases - a clinical trial overview</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noémie Alphonse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Secher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Heuzé-Vourc’h</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Therapy - Methods and Clinical Development</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.omtm.2024.101330⟩</w:t>
+              <w:t xml:space="preserve">Expert Opinion on Drug Delivery</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 22 (2), pp.197-218. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/17425247.2024.2446608⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04834283v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04976146v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The proteolytic airway environment associated with pneumonia acts as a barrier for treatment with anti-infective antibodies</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Synergy between Lactobacillus murinus and anti-PcrV antibody delivered in the airways to boost protection against Pseudomonas aeruginosa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Secher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Cortes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Boisseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Thérèse Barba Goudiaby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Timothée Blin</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Youenn Jouan</w:t>
+                <w:t xml:space="preserve">Aubin Pitiot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Pharmaceutics and Biopharmaceutics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ejpb.2023.12.003⟩</w:t>
+              <w:t xml:space="preserve">Molecular Therapy - Methods and Clinical Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 32 (4), pp.101330. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.omtm.2024.101330⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04484465v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04834283v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The proteolytic airway environment associated with pneumonia acts as a barrier for treatment with anti-infective antibodies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothée Blin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Parent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabrielle Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Guillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youenn Jouan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Pharmaceutics and Biopharmaceutics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 195, pp.114163. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ejpb.2023.12.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05500313v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04484465v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barriers for orally inhaled therapeutic antibodies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Secher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Heuzé-Vourc’h</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Expert Opinion on Drug Delivery</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 20 (8), pp.1071-1084. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/17425247.2023.2249821⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04834313v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aggregates Associated with Instability of Antibodies during Aerosolization Induce Adverse Immunological Effects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Sécher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Bodier-Montagutelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Parent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Bouvart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Cortes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pharmaceutics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 14 (3), pp.671. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/pharmaceutics14030671⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03687448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Therapeutic Antibodies for the Treatment of Respiratory Tract Infections—Current Overview and Perspectives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexie Mayor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adélaïde Chesnay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Desoubeaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Ternant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Heuzé-Vourc'H</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Vaccines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 9 (2), pp.151. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/vaccines9020151⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03485350v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Immune Checkpoint and Anti-Angiogenic Antibodies for the Treatment of Non-Small Cell Lung Cancer in the European Union and United States</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Ferreira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Secher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Heuzé-Vourc'H</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karen Reckamp</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pharmaceutics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 13 (6), pp.912. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/pharmaceutics13060912⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03382451v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Therapeutic antibodies – natural and pathological barriers and strategies to overcome them</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Chronic Pseudomonas aeruginosa Lung Infection Is IL-1R Independent, but Relies on MyD88 Signaling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu Gracia</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Aubin Pitiot</w:t>
+                <w:t xml:space="preserve">Claire Mackowiak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiffany Marchiol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hana Cipcic Paljetak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Fauconnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jennifer Palomo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pharmacology &amp; Therapeutics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.pharmthera.2021.108022⟩</w:t>
+              <w:t xml:space="preserve">ImmunoHorizons </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 5 (5), pp.273-283. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4049/immunohorizons.2000095⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03531953v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03258180v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chronic Pseudomonas aeruginosa Lung Infection Is IL-1R Independent, but Relies on MyD88 Signaling</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Therapeutic antibodies – natural and pathological barriers and strategies to overcome them</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jennifer Palomo</w:t>
+                <w:t xml:space="preserve">Yara Al Ojaimi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timothée Blin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Lamamy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Gracia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aubin Pitiot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ImmunoHorizons </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4049/immunohorizons.2000095⟩</w:t>
+              <w:t xml:space="preserve">Pharmacology &amp; Therapeutics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, pp.108022. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.pharmthera.2021.108022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03258180v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03531953v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MAIT Cells Display a Specific Response to Type 1 IFN Underlying the Adjuvant Effect of TLR7/8 Ligands</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Pavlovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Gross</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chahinaize Chili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Secher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Treiner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Immunology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 11 (article 2097), pp.1-16. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3389/fimmu.2020.02097⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03154944v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The regenerating family member 3 β instigates IL-17A-mediated neutrophil recruitment downstream of NOD1/2 signalling for controlling colonisation resistance independently of microbiota community structure</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Inhalation of Immuno-Therapeutics/- Prophylactics to Fight Respiratory Tract Infections: An Appropriate Drug at the Right Place!</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Secher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexie Mayor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Heuzé-Vourc'H</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gut</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1136/gutjnl-2018-316757⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 1, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fimmu.2019.02760⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02126570v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02439828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deciphering the interplay between the genotoxic and probiotic activities of Escherichia coli Nissle 1917</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The regenerating family member 3 β instigates IL-17A-mediated neutrophil recruitment downstream of NOD1/2 signalling for controlling colonisation resistance independently of microbiota community structure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine Waldschmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sho Kitamoto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Secher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clémence Massip</w:t>
+                <w:t xml:space="preserve">Vassiliki Zacharioudaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Priscilla Branchu</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Déborah Gaillard</w:t>
+                <w:t xml:space="preserve">Olivier Boulard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Pathogens</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.ppat.1008029⟩</w:t>
+              <w:t xml:space="preserve">Gut</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 68 (7), pp.1190-1199. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1136/gutjnl-2018-316757⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-02320208v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02126570v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inhalation of Immuno-Therapeutics/- Prophylactics to Fight Respiratory Tract Infections: An Appropriate Drug at the Right Place!</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Deciphering the interplay between the genotoxic and probiotic activities of Escherichia coli Nissle 1917</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Massip</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Priscilla Branchu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadège Bossuet-Greif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille V Chagneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Déborah Gaillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Immunology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fimmu.2019.02760⟩</w:t>
+              <w:t xml:space="preserve">PLoS Pathogens</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 15 (9), pp.e1008029. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.ppat.1008029⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02439828v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-02320208v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In a murine model of acute lung infection, airway administration of a therapeutic antibody confers greater protection than parenteral administration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Secher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Dalonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Ferreira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Parent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Azzopardi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Controlled Release</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 303, pp.24-33. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jconrel.2019.04.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02179896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The probiotic strain Escherichia coli Nissle 1917 prevents papain-induced respiratory barrier injury and severe allergic inflammation in mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Secher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Maillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Mackowiak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Le Bérichel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Philippeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 8 (1), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41598-018-29689-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02126575v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Therapeutic antibodies: A new era in the treatment of respiratory diseases?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Secher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Guilleminault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Reckamp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Amanam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Plantier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pharmacology &amp; Therapeutics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 189, pp.149-172. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.pharmthera.2018.05.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02439820v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Insights on animal models to investigate inhalation therapy: Relevance for biotherapeutics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Guillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Secher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L.A. Dailey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Vecellio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. de Monte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Pharmaceutics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 536 (1), pp.116-126. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ijpharm.2017.11.049⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02439838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mu and delta opioid receptor knockout mice show increased colonic sensitivity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Reiss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rhian Alice Ceredig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Secher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Boué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérick Barreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Pain</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 21 (4), pp.623-634. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/ejp.965⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01607491v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The food contaminant deoxynivalenol exacerbates the genotoxicity of gut microbiota</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Payros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ulrich Dobrindt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Martin-Bizon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Secher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana-Paula Loureiro-Bracarense</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">mBio</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 8 (2), 11 p. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1128/mBio.00007-17⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01608529v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oral Administration of the Probiotic Strain &amp;lt;em&amp;gt;Escherichia coli&amp;lt;/em&amp;gt; Nissle 1917 Reduces Susceptibility to Neuroinflammation and Repairs Experimental Autoimmune Encephalomyelitis-Induced Intestinal Barrier Dysfunction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Secher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sahar Kassem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehdi Benamar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bernard-Cadenat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Boury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Immunology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 8, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3389/fimmu.2017.01096⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02624001v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DNA Inversion Regulates Outer Membrane Vesicle Production in B&amp;lt;em&amp;gt;acteroides fragilis&amp;lt;/em&amp;gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Haruyuki Nakayama-Imaohji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katsuhiko Hirota</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hisashi Yamasaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saori Yoneda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hirofumi Nariya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 11 (2), pp.1-21. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.pone.0148887⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02632202v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Early settlers: which E. coli strains do you not want at birth?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Secher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Brehin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Oswald</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AJP - Gastrointestinal and Liver Physiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 311 (1), pp.G123 - G129. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1152/ajpgi.00091.2016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01602829v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oral tolerance failure upon neonatal gut colonization with Escherichia coli producing the genotoxin colibactin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Secher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Payros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Brehin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Boury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Watrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Infection and Immunity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 83 (6), pp.2420-2429. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/IAI.00064-15⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02634629v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Retrograde trafficking inhibitor of Shiga toxins reduces morbidity and mortality of mice infected with enterohemorrhagic &amp;lt;em&amp;gt;Escherichia coli&amp;lt;/em&amp;gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Secher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ayaka Shima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karen Hinsinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Christophe Cintrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludger Johannes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Antimicrobial Agents and Chemotherapy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 59 (8), pp.5010-5013. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1128/AAC.00455-15⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02640796v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">IL-33 targeting attenuates intestinal mucositis and enhances effective tumor chemotherapy in mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodrigo Guabiraba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Gaëlle Besnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gustavo Batista Menezes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Secher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. S. Jabir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mucosal Immunology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 7 (5), pp.1079-1093. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/mi.2013.124⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02633989v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maternally acquired genotoxic Escherichia coli alters offspring's intestinal homeostasis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Payros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Secher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Boury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Brehin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Ménard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gut microbes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 5 (3), pp.313-325. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4161/gmic.28932⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01859355v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Blockade of IL-1R signaling diminishes Paneth cell depletion and Toxoplasma gondii induced ileitis in mice</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Lea Brault</w:t>
+                <w:t xml:space="preserve">NOD2 prevents emergence of disease-predisposing microbiota</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Secher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie Couturier-Maillard</w:t>
+                <w:t xml:space="preserve">Sylvain Normand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pauline Robinet</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mathias Chamaillard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American journal of Clinical and Experimental Immunology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Gut microbes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 4 (4), pp.353-356. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4161/gmic.25275⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02651056v1</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02180087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">NOD2 prevents emergence of disease-predisposing microbiota</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Dysbiosis, a new medical concept</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Normand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Secher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Chamaillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gut microbes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4161/gmic.25275⟩</w:t>
+              <w:t xml:space="preserve">Médecine/Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 29 (6-7), pp.586-589. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/medsci/2013296011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02180087v1</w:t>
+                <w:t xml:space="preserve">hal-02180092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dysbiosis, a new medical concept</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Blockade of IL-1R signaling diminishes Paneth cell depletion and Toxoplasma gondii induced ileitis in mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bérengère Villeret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lea Brault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Couturier-Maillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Robinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Vasseur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Médecine/Sciences</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">American journal of Clinical and Experimental Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 2 (1), pp.107-116</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02180092v1</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02651056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">NOD2-mediated dysbiosis predisposes mice to transmissible colitis and colorectal cancer.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Couturier-Maillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Secher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ateequr Rehman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie Couturier-Maillard</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Sylvain Normand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adèle de Arcangelis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Clinical Investigation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 123 (2), pp.700-11. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1172/JCI62236⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00944194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&amp;lt;em&amp;gt;Escherichia coli&amp;lt;/em&amp;gt; producing colibactin triggers premature and transmissible senescence in mammalian cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Secher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ascel Samba Louaka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Oswald</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Nougayrède</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 8 (10), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.pone.0077157⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02646496v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genotoxicity of Escherichia coli Nissle 1917 strain cannot be dissociated from its probiotic activity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maïwenn Olier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid Marcq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christel Cartier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Secher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ulrich Dobrindt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gut microbes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 3 (6), pp.501-509. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4161/gutmicrobes.21737⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02935516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Parasite-derived plasma microparticles contribute significantly to malaria infection-induced inflammation through potent macrophage stimulation.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin N Couper</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tom Barnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julius C R Hafalla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valery Combes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernhard Ryffel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS Pathogens</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 6 (1), pp.e1000744. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.ppat.1000744⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00591502v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remote control of intestinal tumorigenesis by innate immunity.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Secher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Gaillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernhard Ryffel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Chamaillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cancer Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 70 (5), pp.1749-52. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1158/0008-5472.CAN-09-3401⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId191" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00591500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Local and remote tissue injury upon intestinal ischemia and reperfusion depends on the TLR/MyD88 signaling pathway.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tatiana Victoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fernando Rodrigues Coelho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Learth Soares</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andressa de Freitas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Secher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Medical Microbiology and Immunology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 199 (1), pp.35-42. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00430-009-0134-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00591521v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">IL-17 receptor signaling is required to control polymicrobial sepsis.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andressa Freitas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José C Alves-Filho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tatiana Victoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Secher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henrique P Lemos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Immunology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 182 (12), pp.7846-54. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4049/jimmunol.0803039⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00404905v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Crucial role of TNF receptors 1 and 2 in the control of polymicrobial sepsis.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Secher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Vasseur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Marc Poisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jane A Mitchell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fernando Q Cunha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Immunology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 182 (12), pp.7855-64. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4049/jimmunol.0804008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00404907v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toll-like receptor 2 is critical for induction of Reg3 beta expression and intestinal clearance of Yersinia pseudotuberculosis.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Dessein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Gironella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémentine Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Peyrin-Biroulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Sokol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gut</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 58 (6), pp.771-6. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1136/gut.2008.168443⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00404858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Radioresistant cells expressing TLR5 control the respiratory epithelium's innate immune responses to flagellin.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Janot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Sirard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Secher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Noulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lizette Fick</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Immunology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 39 (6), pp.1587-96. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/eji.200838907⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-00385299v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CD14 works with toll-like receptor 2 to contribute to recognition and control of Listeria monocytogenes infection.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Janot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Secher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Torres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Maillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josef Pfeilschifter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Infectious Diseases</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 198 (1), pp.115-24. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1086/588815⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00318570v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toll-like receptor and tumour necrosis factor dependent endotoxin-induced acute lung injury.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dieudonnée Togbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvia Schnyder-Candrian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Schnyder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Doz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Noulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Experimental Pathology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 88 (6), pp.387-91. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/j.1365-2613.2007.00566.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00318537v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominant-negative inhibitors of soluble TNF attenuate experimental arthritis without suppressing innate immunity to infection.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Zalevsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Secher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergei A Ezhevsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Janot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul M Steed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Immunology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 179 (3), pp.1872-83</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00318488v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5924,279 +5894,279 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mucosal administration of anti-bacterial antibody (Ab) provides long-term cross-protection against Pseudomonas aeruginosa respiratory infection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aubin Pitiot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Ferreira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Parent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Boisseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Cortes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d'Animation Scientifique de la FéRI 2022 - FéRi Scientific Days 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Fédération de Recherche en Infectiologie (FéRI), Centre Val de Loire, Jul 2022, Joué-Lès-Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03735460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A c-type lectin triggers immune surveillance by innate lymphoid cells for eradication of attaching-and-effacing bacteria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lamas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Waldschmitt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sho Kitamoto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Secher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vassiliki Zacharioudaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">25. United European Gastroenterology: Week</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2017, Barcelone, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02786603v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6206,124 +6176,124 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pulmonary Delivery of Antibody for the Treatment of Respiratory Diseases</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Secher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Heuzé-Vourc’h</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Springer; AAPS. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Respiratory Delivery of Biologics, Nucleic Acids, and Vaccines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 8, Springer International Publishing, pp.21-51, 2024, AAPS Introductions in the Pharmaceutical Sciences, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-031-47567-2_2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04834340v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6333,131 +6303,281 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combination of inhaled antibodies and immunomodulatory agents for the treatment or prevention of respiratory infections</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Heuzé-Vourc’h</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Secher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : FR2010296. 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04292601v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pseudopaline-mediated zinc uptake by Pseudomonas aeruginosa determines several clinically relevant phenotypes and infection outcomes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L Bosc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Secher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G Ball</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Deborah Le Pennec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Tribout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05458361v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId244"/>
+      <w:footerReference w:type="default" r:id="rId250"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -6604,51 +6724,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05458347v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lola Bosc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas S&#233;cher" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevieve Ball" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah Le Pennec" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Tribout" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/iai.00453-25" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05241299v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Pichon" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Parent" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefanie Graeter" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Schaub" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Schnell" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejpb.2025.114817" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04976146v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Alphonse" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Secher" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Heuz&#233;-Vourc&#8217;h" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17425247.2024.2446608" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834283v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Cortes" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Boisseau" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Th&#233;r&#232;se Barba Goudiaby" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aubin Pitiot" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.omtm.2024.101330" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04484465v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Blin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Guillon" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youenn Jouan" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejpb.2023.12.003" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500313v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834313v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17425247.2023.2249821" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-03687448v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Bodier-Montagutelli" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Bouvart" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pharmaceutics14030671" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03485350v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexie Mayor" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#233;la&#239;de Chesnay" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Desoubeaux" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ternant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Heuz&#233;-Vourc'H" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/vaccines9020151" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03382451v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Ferreira" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Reckamp" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pharmaceutics13060912" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03531953v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yara Al Ojaimi" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Lamamy" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Gracia" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pharmthera.2021.108022" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03258180v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Mackowiak" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiffany Marchiol" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hana Cipcic Paljetak" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Fauconnier" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Palomo" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4049/immunohorizons.2000095" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03154944v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Pavlovic" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Gross" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chahinaize Chili" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Treiner" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2020.02097" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-02126570v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Waldschmitt" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sho Kitamoto" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vassiliki Zacharioudaki" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Boulard" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/gutjnl-2018-316757" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02320208v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Massip" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscilla Branchu" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Bossuet-Greif" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille V Chagneau" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Gaillard" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1008029" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02439828v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2019.02760" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02179896v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Dalonneau" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Azzopardi" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconrel.2019.04.005" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-02126575v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Maillet" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Le B&#233;richel" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Philippeau" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-29689-9" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02439820v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Guilleminault" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Reckamp" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Amanam" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Plantier" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pharmthera.2018.05.003" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9NXNJS53-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02439838v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Guillon" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.A. Dailey" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Vecellio" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. de Monte" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2017.11.049" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607491v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Reiss" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rhian Alice Ceredig" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bou&#233;" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rick Barreau" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejp.965" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608529v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Payros" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrich Dobrindt" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Martin-Bizon" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana-Paula Loureiro-Bracarense" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mBio.00007-17" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624001v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahar Kassem" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Benamar" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bernard-Cadenat" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Boury" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2017.01096" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02632202v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haruyuki Nakayama-Imaohji" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katsuhiko Hirota" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hisashi Yamasaki" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saori Yoneda" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hirofumi Nariya" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0148887" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602829v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Brehin" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Oswald" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajpgi.00091.2016" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02634629v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Watrin" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/IAI.00064-15" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02640796v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayaka Shima" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Hinsinger" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Christophe Cintrat" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludger Johannes" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.00455-15" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02633989v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Guabiraba" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Ga&#235;lle Besnard" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Batista Menezes" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. S. Jabir" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/mi.2013.124" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01859355v2" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine M&#233;nard" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4161/gmic.28932" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651056v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;reng&#232;re Villeret" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lea Brault" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Couturier-Maillard" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Robinet" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Vasseur" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02180087v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Normand" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Chamaillard" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4161/gmic.25275" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02180092v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2013296011" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00944194v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ateequr Rehman" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#232;le de Arcangelis" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1172/JCI62236" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646496v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ascel Samba Louaka" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Nougayr&#232;de" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0077157" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02935516v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;wenn Olier" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Marcq" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Cartier" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4161/gutmicrobes.21737" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00591502v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin N Couper" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Barnes" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julius C R Hafalla" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valery Combes" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernhard Ryffel" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1000744" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00591500v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gaillot" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/0008-5472.CAN-09-3401" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00591521v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Victoni" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Rodrigues Coelho" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Learth Soares" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andressa de Freitas" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00430-009-0134-5" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-43XKCHH5-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00404905v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andressa Freitas" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; C Alves-Filho" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henrique P Lemos" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4049/jimmunol.0803039" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00404907v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Marc Poisson" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane A Mitchell" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Q Cunha" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4049/jimmunol.0804008" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00404858v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Dessein" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gironella" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Vignal" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Peyrin-Biroulet" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Sokol" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/gut.2008.168443" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/NVC-168T9LKN-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00385299v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Janot" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Sirard" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Noulin" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lizette Fick" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/eji.200838907" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00318570v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Torres" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josef Pfeilschifter" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/588815" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00318537v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dieudonn&#233;e Togbe" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Schnyder-Candrian" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Schnyder" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Doz" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2613.2007.00566.x" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00318488v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Zalevsky" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergei A Ezhevsky" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul M Steed" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03735460v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786603v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Lamas" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834340v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-47567-2_2" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04292601v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Thomas" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05559679v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bhupinder Kaur" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas S&#233;cher" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Heuz&#233;-Vourc&#8217;h" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.drudis.2026.104642" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05458347v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lola Bosc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevieve Ball" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah Le Pennec" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Tribout" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/iai.00453-25" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05241299v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Pichon" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Parent" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefanie Graeter" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Schaub" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Schnell" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejpb.2025.114817" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04976146v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Alphonse" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Secher" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17425247.2024.2446608" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834283v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Cortes" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Boisseau" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Th&#233;r&#232;se Barba Goudiaby" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aubin Pitiot" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.omtm.2024.101330" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04484465v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Blin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Guillon" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youenn Jouan" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejpb.2023.12.003" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834313v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17425247.2023.2249821" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-03687448v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Bodier-Montagutelli" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Bouvart" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pharmaceutics14030671" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03485350v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexie Mayor" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#233;la&#239;de Chesnay" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Desoubeaux" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ternant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Heuz&#233;-Vourc'H" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/vaccines9020151" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03382451v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Ferreira" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Reckamp" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pharmaceutics13060912" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03258180v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Mackowiak" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiffany Marchiol" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hana Cipcic Paljetak" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Fauconnier" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Palomo" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4049/immunohorizons.2000095" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03531953v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yara Al Ojaimi" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Lamamy" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Gracia" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pharmthera.2021.108022" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03154944v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Pavlovic" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Gross" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chahinaize Chili" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Treiner" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2020.02097" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02439828v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2019.02760" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-02126570v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Waldschmitt" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sho Kitamoto" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vassiliki Zacharioudaki" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Boulard" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/gutjnl-2018-316757" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02320208v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Massip" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscilla Branchu" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Bossuet-Greif" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille V Chagneau" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Gaillard" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1008029" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02179896v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Dalonneau" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Azzopardi" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconrel.2019.04.005" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-02126575v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Maillet" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Le B&#233;richel" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Philippeau" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-29689-9" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02439820v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Guilleminault" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Reckamp" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Amanam" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Plantier" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pharmthera.2018.05.003" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9NXNJS53-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02439838v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Guillon" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.A. Dailey" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Vecellio" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. de Monte" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2017.11.049" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607491v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Reiss" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rhian Alice Ceredig" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bou&#233;" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rick Barreau" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejp.965" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608529v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Payros" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrich Dobrindt" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Martin-Bizon" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana-Paula Loureiro-Bracarense" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mBio.00007-17" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624001v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahar Kassem" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Benamar" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bernard-Cadenat" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Boury" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2017.01096" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02632202v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haruyuki Nakayama-Imaohji" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katsuhiko Hirota" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hisashi Yamasaki" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saori Yoneda" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hirofumi Nariya" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0148887" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602829v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Brehin" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Oswald" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajpgi.00091.2016" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02634629v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Watrin" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/IAI.00064-15" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02640796v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayaka Shima" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Hinsinger" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Christophe Cintrat" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludger Johannes" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.00455-15" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02633989v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Guabiraba" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Ga&#235;lle Besnard" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Batista Menezes" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. S. Jabir" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/mi.2013.124" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01859355v2" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine M&#233;nard" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4161/gmic.28932" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02180087v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Normand" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Chamaillard" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4161/gmic.25275" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02180092v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2013296011" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651056v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;reng&#232;re Villeret" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lea Brault" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Couturier-Maillard" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Robinet" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Vasseur" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00944194v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ateequr Rehman" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#232;le de Arcangelis" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1172/JCI62236" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646496v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ascel Samba Louaka" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Nougayr&#232;de" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0077157" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02935516v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;wenn Olier" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Marcq" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Cartier" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4161/gutmicrobes.21737" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00591502v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin N Couper" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Barnes" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julius C R Hafalla" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valery Combes" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernhard Ryffel" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1000744" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00591500v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gaillot" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/0008-5472.CAN-09-3401" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00591521v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Victoni" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Rodrigues Coelho" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Learth Soares" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andressa de Freitas" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00430-009-0134-5" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-43XKCHH5-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00404905v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andressa Freitas" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; C Alves-Filho" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henrique P Lemos" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4049/jimmunol.0803039" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00404907v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Marc Poisson" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane A Mitchell" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Q Cunha" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4049/jimmunol.0804008" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00404858v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Dessein" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gironella" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Vignal" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Peyrin-Biroulet" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Sokol" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/gut.2008.168443" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/NVC-168T9LKN-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00385299v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Janot" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Sirard" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Noulin" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lizette Fick" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/eji.200838907" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00318570v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Torres" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josef Pfeilschifter" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/588815" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00318537v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dieudonn&#233;e Togbe" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Schnyder-Candrian" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Schnyder" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Doz" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2613.2007.00566.x" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00318488v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Zalevsky" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergei A Ezhevsky" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul M Steed" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03735460v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786603v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Lamas" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834340v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-47567-2_2" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04292601v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Thomas" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05458361v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Bosc" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Ball" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Tribout" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>