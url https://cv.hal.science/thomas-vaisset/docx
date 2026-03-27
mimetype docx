--- v0 (2026-03-04)
+++ v1 (2026-03-27)
@@ -873,118 +873,118 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05036051v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mieux vaut une avarie qu’une avanie. Les officiers de marine face à la honte d’une expérience combattante jugée indigne (été 1914-hiver 1915)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Voyage aux sources de l’objet « cargo ». Histoire d’un acteur des transformations du monde maritime à l’époque contemporaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Vaisset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean de Préneuf</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Thomas Vaisset</w:t>
+                <w:t xml:space="preserve">François Drémeaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bellica. Guerre, histoire et sociétés</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 1, pp.79-93. </w:t>
+              <w:t xml:space="preserve">La Revue des lettres modernes. Série Voyages contemporains</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 11, pp.27-44. </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.70958/bellica.v1i1.2728⟩</w:t>
+                <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-17553-7.p.0027⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04859915v1</w:t>
+                <w:t xml:space="preserve">hal-04795969v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corps bombardés corps exhumés et corps déplacés. Les dépouilles des victimes des bombardements du Havre de septembre 1944</w:t>
               </w:r>
@@ -1042,473 +1042,473 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05036040v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« La nuit vient. » l’amiral d’Argenlieu, la débâcle et la noche oscura</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Mieux vaut une avarie qu’une avanie. Les officiers de marine face à la honte d’une expérience combattante jugée indigne (été 1914-hiver 1915)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean de Préneuf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Vaisset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inflexions. Civils et militaires : pouvoir dire</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/infle.056.0035⟩</w:t>
+              <w:t xml:space="preserve">Bellica. Guerre, histoire et sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 1, pp.79-93. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.70958/bellica.v1i1.2728⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04580754v1</w:t>
+                <w:t xml:space="preserve">hal-04859915v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Nofficial, La marine au Parlement 1871-1914. Une histoire politique de la marine militaire , Rennes, Presses universitaires de Rennes, 2023, 352 p.</w:t>
+                <w:t xml:space="preserve">« La nuit vient. » l’amiral d’Argenlieu, la débâcle et la noche oscura</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Vaisset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Parlement[s], Revue d'histoire politique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Inflexions. Civils et militaires : pouvoir dire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, N° 56 (2), pp.35-41. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/infle.056.0035⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/parl2.040.0317⟩</w:t>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">hal-04808810v1</w:t>
+                <w:t xml:space="preserve">hal-04580754v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Voyage aux sources de l’objet « cargo ». Histoire d’un acteur des transformations du monde maritime à l’époque contemporaine</w:t>
+                <w:t xml:space="preserve">Sébastien Nofficial, La marine au Parlement 1871-1914. Une histoire politique de la marine militaire , Rennes, Presses universitaires de Rennes, 2023, 352 p.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Vaisset</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">François Drémeaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Revue des lettres modernes. Série Voyages contemporains</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 11, pp.27-44. </w:t>
+              <w:t xml:space="preserve">Parlement[s], Revue d'histoire politique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, n° 40 (3), pp.317-320. </w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-17553-7.p.0027⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/parl2.040.0317⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04795969v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04808810v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une mise en connexion du monde : paquebots et grandes lignes maritimes, XIXe-XXe siècles : introduction</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId42" w:history="1">
+                <w:t xml:space="preserve">Marcomo, un nouveau projet au service de l’histoire des marines marchandes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Drémeaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Vaisset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue d'histoire maritime</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 33, pp.11-16. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.70551/DYVA7511⟩</w:t>
+              <w:t xml:space="preserve">, 2023, 33, pp.155-160. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.70551/HOVV7845⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04943120v1</w:t>
+                <w:t xml:space="preserve">hal-04199748v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marcomo, un nouveau projet au service de l’histoire des marines marchandes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId42" w:history="1">
+                <w:t xml:space="preserve">Une mise en connexion du monde : paquebots et grandes lignes maritimes, XIXe-XXe siècles : introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Klein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Drémeaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Vaisset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue d'histoire maritime</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 33, pp.155-160. </w:t>
+              <w:t xml:space="preserve">, 2023, 33, pp.11-16. </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.70551/HOVV7845⟩</w:t>
+                <w:t xml:space="preserve">⟨10.70551/DYVA7511⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04199748v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04943120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Succès ou échec ? La mémoire divisée du sabordage de Toulon</w:t>
               </w:r>
@@ -1676,51 +1676,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">1918 : une victoire navale en clair-obscur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Vaisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean de Préneuf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Défense Nationale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 816, pp.42-47. </w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1826,312 +1826,312 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02500795v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'amiral d'Argenlieu en Indochine, une croisade contre le communisme ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Franco-British Naval Cooperation at the Dardanelles, 1914-1916, New Friends, Old Ennemies, Eternal Rivals?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean de Préneuf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Vaisset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Historique des Armées</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 289, p.55-68</w:t>
+              <w:t xml:space="preserve">British Journal for Military History</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 3 (2017) (3), p. 122-147</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02501174v1</w:t>
+                <w:t xml:space="preserve">hal-02500858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’Amiral Georges Thierry d’Argenlieu. La mer, la foi, la France</w:t>
+                <w:t xml:space="preserve">L'amiral d'Argenlieu en Indochine, une croisade contre le communisme ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Vaisset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue d'histoire maritime</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Revue Historique des Armées</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 289, p.55-68</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.70551/PBMX8397⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05025597v1</w:t>
+                <w:t xml:space="preserve">hal-02501174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Franco-British Naval Cooperation at the Dardanelles, 1914-1916, New Friends, Old Ennemies, Eternal Rivals?</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L’Amiral Georges Thierry d’Argenlieu. La mer, la foi, la France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Vaisset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">British Journal for Military History</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Revue d'histoire maritime</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 22-23, pp.415-422. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.70551/PBMX8397⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02500858v1</w:t>
+                <w:t xml:space="preserve">hal-05025597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Parlement, la Marine et la création de la direction de la guerre sous-marine, 1914-1917</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Vaisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean de Préneuf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue d'histoire maritime</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 20, pp.67-89. </w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2165,51 +2165,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Marine nationale et la Première Guerre mondiale : une histoire à redécouvrir : introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean de Préneuf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Vaisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2810,51 +2810,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'alliance, l'ancre et la plume : lien conjugal et économie de l'absence chez les femmes d'officiers de marine, mi XIXe-mi XXe siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean de Préneuf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Vaisset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3756,169 +3756,169 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02501088v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guerre sous-marine</w:t>
+                <w:t xml:space="preserve">« L’organisation du ministère de la Marine » ; « Le haut commandement de la Marine »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Vaisset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les images interdites de la Grande Guerre</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Presses universitaires de Rennes, 2014, 978-2-7535-3484-1</w:t>
+              <w:t xml:space="preserve">Archives de la Grande Guerre. Guide des sources conservées par le Service historique de la Défense relatives à la Première Guerre mondiale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SHD, 2014, 978-2-11-129057-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02501192v1</w:t>
+                <w:t xml:space="preserve">hal-02500558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« L’organisation du ministère de la Marine » ; « Le haut commandement de la Marine »</w:t>
+                <w:t xml:space="preserve">Guerre sous-marine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Vaisset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Hélène Guillot. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archives de la Grande Guerre. Guide des sources conservées par le Service historique de la Défense relatives à la Première Guerre mondiale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SHD, 2014, 978-2-11-129057-0</w:t>
+              <w:t xml:space="preserve">Les images interdites de la Grande Guerre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Rennes, 2014, 978-2-7535-3484-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02500558v1</w:t>
+                <w:t xml:space="preserve">hal-02501192v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interdire la mer ou s’interdire la mer ? La Marine nationale et le blocus du canal d’Otrante (août 1914 – mai 1915)</w:t>
               </w:r>
@@ -4225,544 +4225,544 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02501140v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Au combat</w:t>
+                <w:t xml:space="preserve">Du charbon au mazout : la révolution de la chauffe dans la Marine nationale (1895-1935)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Vaisset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Jean de Préneuf; Philippe Vial. </w:t>
+              <w:t xml:space="preserve">Alain Beltran. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La marine française sur les mers du monde (1860-1939)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Gallimard, 2012, 978-2-07-013872-2</w:t>
+              <w:t xml:space="preserve">Le pétrole et la guerre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">PIE Peter Lang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, p. 71-89, 2012, 978-90-5201-770-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02501202v1</w:t>
+                <w:t xml:space="preserve">hal-02501156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guerres contemporaines et empire colonial au musée de la marine : un archipel évanoui ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Bruneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Louvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Vaisset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les présents des passés douloureux. Musée d'histoire et configurations mémorielles. Essais de muséohistoire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Michel Houdiard Éditeur, pp.161-196, 2012, 978-2356920799</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01062514v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tentatives de paix</w:t>
+                <w:t xml:space="preserve">Au combat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Vaisset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jean de Préneuf; Philippe Vial. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1917, Les arts, les hommes, la guerre</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, TTM, 2012, 978-2-84278-914-5</w:t>
+              <w:t xml:space="preserve">La marine française sur les mers du monde (1860-1939)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Gallimard, 2012, 978-2-07-013872-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02501198v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02501202v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'amiral d'Argenlieu, un croisé de la France Libre</w:t>
+                <w:t xml:space="preserve">Tentatives de paix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Vaisset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les chrétiens, la guerre et la paix : De la paix de Dieu à l'esprit d'Assise</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">1917, Les arts, les hommes, la guerre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, TTM, 2012, 978-2-84278-914-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Presses universitaires de Rennes</w:t>
-[...31 lines deleted...]
-                <w:t xml:space="preserve">hal-03548306v1</w:t>
+                <w:t xml:space="preserve">hal-02501198v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contemporary Wars and Colonial Empire at the Musée national de la marine : a fading Archipelago ?</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L'amiral d'Argenlieu, un croisé de la France Libre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Vaisset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Frédéric Rousseau. </w:t>
+              <w:t xml:space="preserve">Xavier Boniface; Bruno Béthouart. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Presents of Painful Pasts. History Museums and Configurations of Remembrance. Essays in Museohistory</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Les chrétiens, la guerre et la paix : De la paix de Dieu à l'esprit d'Assise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses universitaires de Rennes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.193-208, 2012, 9782753568655. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.pur.115034⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01062512v1</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03548306v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Du charbon au mazout : la révolution de la chauffe dans la Marine nationale (1895-1935)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Contemporary Wars and Colonial Empire at the Musée national de la marine : a fading Archipelago ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Bruneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Louvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Vaisset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Alain Beltran. </w:t>
+              <w:t xml:space="preserve">Frédéric Rousseau. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le pétrole et la guerre</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The Presents of Painful Pasts. History Museums and Configurations of Remembrance. Essays in Museohistory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Michel Houdiard Éditeur, pp.161-195, 2012, L'atelier des sciences humaines et sociales, 978-2-35692-090-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PIE Peter Lang</w:t>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">hal-02501156v1</w:t>
+                <w:t xml:space="preserve">hal-01062512v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (11)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4862,51 +4862,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Writing the History of the First World War at Sea: An assessment of a century of French historiography</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Vaisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean de Préneuf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Seas</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, International Society for the First World War Studies, Oct 2025, Thessalonique, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4925,191 +4925,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05337911v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Otrante, Dardanelles et Pas de Calais : franchir ou interdire un détroit lors de la Première Guerre mondiale</w:t>
+                <w:t xml:space="preserve">Digital Humanities to explore the Late Modern French Merchant Marines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Vaisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean Martinant de Préneuf</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Drémeaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Détroits en guerre de l’Hellespont à Taïwan. Détroits, canaux interocéaniques et points de passage maritimes contestés</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nantes université (CDMO); Université du littoral Cöte d’Opale (ULCO-UMR TVES et LARJ); Service historique de la Défense, Oct 2024, Paris, France</w:t>
+              <w:t xml:space="preserve">Oceans : Local Mobility, Global Connectivity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 9th International Congress of Maritime History, 2024, Busan (Corée), South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04796008v1</w:t>
+                <w:t xml:space="preserve">hal-04700277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Digital Humanities to explore the Late Modern French Merchant Marines</w:t>
+                <w:t xml:space="preserve">Otrante, Dardanelles et Pas de Calais : franchir ou interdire un détroit lors de la Première Guerre mondiale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Vaisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">François Drémeaux</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Martinant de Préneuf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Oceans : Local Mobility, Global Connectivity</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 9th International Congress of Maritime History, 2024, Busan (Corée), South Korea</w:t>
+              <w:t xml:space="preserve">Détroits en guerre de l’Hellespont à Taïwan. Détroits, canaux interocéaniques et points de passage maritimes contestés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nantes université (CDMO); Université du littoral Cöte d’Opale (ULCO-UMR TVES et LARJ); Service historique de la Défense, Oct 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04700277v1</w:t>
+                <w:t xml:space="preserve">hal-04796008v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les cadavres des victimes des bombardements du Havre de septembre 1944</w:t>
               </w:r>
@@ -5177,51 +5177,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Articuler défenses nationale, impériale et coloniale : La Marine nationale et la défense des ports indochinois de Fachoda à la Seconde Guerre mondiale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Vaisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean de Préneuf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Du port au monde. Une histoire globale des ports indochinois (1858-1956)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université des Sciences et de l'Education de Đà Nẵng (Vietnam), Oct 2022, Đà Nẵng, Vietnam</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5259,51 +5259,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les usages militaires de la submersion à l’époque contemporaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Vaisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean de Préneuf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le rapport à la submersion des sociétés littorales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, GIS d'histoire &amp; Sciences de la mer, May 2021, La Ciotat, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5636,51 +5636,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un redressement, des limites &amp;quot; &amp;quot; Déchirements, déclassement et relèvement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Bruneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Vaisset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5801,51 +5801,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="76DED43F"/>
+    <w:nsid w:val="2247ACBE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6032,51 +6032,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/thomas-vaisset" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9505-4017" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/165497203" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04615653v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Vaisset" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Piketty" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Humbert" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Faucher" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr/product/9946/francaises-et-francais-libres" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04205327v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice de Graaf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Dessberg" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bloomsbury.com/uk/soldiers-in-peacemaking-9781350345034/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03788773v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Miot" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Vo-Ha" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.septentrion.com/fr/livre/?GCOI=27574100986400" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.septentrion.136803" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03205669v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02495276v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.belin-editeur.com/lamiral-dargenlieu" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05102002v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vin.165.0203" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05036051v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vin.164.0196" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04859915v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean de Pr&#233;neuf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70958/bellica.v1i1.2728" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05036040v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rha.316.0043" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04580754v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/infle.056.0035" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04808810v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/parl2.040.0317" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04795969v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Dr&#233;meaux" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-17553-7.p.0027" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04943120v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Klein" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/DYVA7511" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04199748v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/HOVV7845" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02957043v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Vial" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/infle.045.0045" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02500573v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7227/HRV.5.2.7" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02957040v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdna.816.004" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02500795v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/om.182.0129" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02501174v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05025597v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/PBMX8397" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02500858v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Martin" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04922093v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/DHMZ4522" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02501069v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/ADJE1158" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02501161v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/AAHQ8883" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02501166v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04380931v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://boydellandbrewer.com/9781783276554/the-channel-islands-in-anglo-french-relations-1689-1918/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04624737v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04205340v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03788777v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03874105v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://una-editions.fr/le-temps-suspendu/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/primaluna12.9782858926374.4" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03788784v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Gainot" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03230510v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02982171v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.septentrion.com/fr/livre/?GCOI=27574100248410" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02500800v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Martinant de Pr&#233;neuf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02500886v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.encrage.net/encrage/pages/fichouvrage.php?ID=660&amp;amp;edtid=1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02500804v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnrseditions.fr/catalogue/geographie-territoires/loceanie-convoitee/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02500895v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nouveau-monde.net/livre/?GCOI=84736100490200" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02501048v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-sorbonne.fr/fr/livre/?GCOI=28405100163610" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.psorbonne.41348" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02501088v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nouveau-monde.net/livre/?GCOI=84736100815190" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02501192v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02500558v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02501109v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02501148v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pur-editions.fr/product/7329/neptune-au-musee" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02501187v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02501140v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sup.sorbonne-universite.fr/catalogue/histoire-moderne-et-contemporaine/mondes-contemporains/louis-jacquinot-un-independant-en-politique" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02501202v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01062514v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Bruneau" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Louvier" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02501198v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03548306v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr/product/ean/9782753518056/les-chretiens-la-guerre-et-la-paix" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.115034" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01062512v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02501156v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peterlang.com/view/title/11797" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05337915v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05337911v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04796008v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04700277v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929421v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03859876v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03266576v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03559443v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03576228v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03576229v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03576232v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01062631v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/thomas-vaisset" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9505-4017" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/165497203" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04615653v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Vaisset" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Piketty" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Humbert" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Faucher" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr/product/9946/francaises-et-francais-libres" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04205327v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice de Graaf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Dessberg" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bloomsbury.com/uk/soldiers-in-peacemaking-9781350345034/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03788773v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Miot" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Vo-Ha" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.septentrion.com/fr/livre/?GCOI=27574100986400" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.septentrion.136803" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03205669v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02495276v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.belin-editeur.com/lamiral-dargenlieu" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05102002v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vin.165.0203" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05036051v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vin.164.0196" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04795969v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Dr&#233;meaux" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-17553-7.p.0027" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05036040v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rha.316.0043" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04859915v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean de Pr&#233;neuf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70958/bellica.v1i1.2728" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04580754v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/infle.056.0035" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04808810v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/parl2.040.0317" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04199748v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/HOVV7845" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04943120v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Klein" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/DYVA7511" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02957043v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Vial" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/infle.045.0045" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02500573v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7227/HRV.5.2.7" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02957040v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdna.816.004" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02500795v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/om.182.0129" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02500858v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Martin" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02501174v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05025597v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/PBMX8397" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04922093v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/DHMZ4522" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02501069v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/ADJE1158" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02501161v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/AAHQ8883" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02501166v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04380931v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://boydellandbrewer.com/9781783276554/the-channel-islands-in-anglo-french-relations-1689-1918/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04624737v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04205340v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03788777v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03874105v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://una-editions.fr/le-temps-suspendu/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/primaluna12.9782858926374.4" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03788784v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Gainot" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03230510v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02982171v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.septentrion.com/fr/livre/?GCOI=27574100248410" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02500800v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Martinant de Pr&#233;neuf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02500886v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.encrage.net/encrage/pages/fichouvrage.php?ID=660&amp;amp;edtid=1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02500804v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnrseditions.fr/catalogue/geographie-territoires/loceanie-convoitee/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02500895v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nouveau-monde.net/livre/?GCOI=84736100490200" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02501048v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-sorbonne.fr/fr/livre/?GCOI=28405100163610" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.psorbonne.41348" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02501088v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nouveau-monde.net/livre/?GCOI=84736100815190" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02500558v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02501192v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02501109v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02501148v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pur-editions.fr/product/7329/neptune-au-musee" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02501187v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02501140v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sup.sorbonne-universite.fr/catalogue/histoire-moderne-et-contemporaine/mondes-contemporains/louis-jacquinot-un-independant-en-politique" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02501156v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peterlang.com/view/title/11797" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01062514v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Bruneau" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Louvier" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02501202v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02501198v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03548306v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr/product/ean/9782753518056/les-chretiens-la-guerre-et-la-paix" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.115034" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01062512v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05337915v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05337911v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04700277v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04796008v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929421v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03859876v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03266576v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03559443v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03576228v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03576229v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03576232v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01062631v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>