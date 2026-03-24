--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -1330,282 +1330,282 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">UNRAVELING THE COMPLEXITY OF PHOTOREACTIVE SYSTEMS</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Solar Hydrogen Production by Artificial Photosynthesis in Photoreactor for Sustainable Mobility</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Foin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Cornet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Gros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémi Dauchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Vourc’h</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Chemical Engineering and Material Symposium, SICHEM 2024</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Solar PACES</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Albuquerque, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.52825/solarpaces.v1i.653⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04869123v1</w:t>
+                <w:t xml:space="preserve">hal-04845121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solar Hydrogen Production by Artificial Photosynthesis in Photoreactor for Sustainable Mobility</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">UNRAVELING THE COMPLEXITY OF PHOTOREACTIVE SYSTEMS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Gros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Foin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémi Dauchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Vourc’h</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Francois Cornet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Solar PACES</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International Chemical Engineering and Material Symposium, SICHEM 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2024, Bucarest (Roumanie), Romania</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04845121v1</w:t>
+                <w:t xml:space="preserve">hal-04869123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Procédés intensifiés de photooxygénation : vers une modélisation multiphysiques et multi-échelles</w:t>
               </w:r>
@@ -1960,398 +1960,398 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04423952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Production de carburants solaires par photosynthèse artificielle en photoréacteur : application à l'hydrogène</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Foin</w:t>
+                <w:t xml:space="preserve">Photo-génération, transfert et conversion d'énergie électronique en espaces de chemins pour le design inverse de procédés solaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Yaacoub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Villemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Cornet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémi Dauchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Farges</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès de la Société Française de Génie des Procédés</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2022, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Quatrièmes Journées Annuelles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Groupe de Recherche CNRS TAMARYS, Jun 2022, Villeurbanne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04846537v1</w:t>
+                <w:t xml:space="preserve">hal-03744479v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Knowledge models of photobioreactors and their paths integral formulation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Production de carburants solaires par photosynthèse artificielle en photoréacteur : application à l'hydrogène</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Foin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Cornet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Gros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémi Dauchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Vourc’h</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MELiSSA Conference : Current and Future Ways to Closed Life Support Systems, ESA Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2022, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Congrès de la Société Française de Génie des Procédés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04845156v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04846537v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photo-génération, transfert et conversion d'énergie électronique en espaces de chemins pour le design inverse de procédés solaires</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Thomas Villemin</w:t>
+                <w:t xml:space="preserve">Knowledge models of photobioreactors and their paths integral formulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémi Dauchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Cornet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Farges</w:t>
+                <w:t xml:space="preserve">Claude-Gilles Dussap</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Foin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Gros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quatrièmes Journées Annuelles</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Groupe de Recherche CNRS TAMARYS, Jun 2022, Villeurbanne, France</w:t>
+              <w:t xml:space="preserve">MELiSSA Conference : Current and Future Ways to Closed Life Support Systems, ESA Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03744479v1</w:t>
+                <w:t xml:space="preserve">hal-04845156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingénierie de la production d'hydrogène solaire par photosynthèse artificielle</w:t>
               </w:r>
@@ -2639,51 +2639,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Cornet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémi Dauchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Farges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Nationales de l'Energie Solaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Fédération de Recherche sur l’Energie Solaire, Jun 2022, Albi, France</w:t>
@@ -3368,273 +3368,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04846697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Production d'hydrogène en photoréacteur : étude expérimentale et modélisation</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Caroline Supplis</w:t>
+                <w:t xml:space="preserve">Étude expérimentale et théorique de la production d'hydrogène solaire en cellule photo-électrochimique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bourzigui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Gros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Cornet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémi Dauchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Vourc’h</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Nationales de l'Energie Solaire (JNES 2021)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2021, Font Romeu, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04846664v1</w:t>
+                <w:t xml:space="preserve">hal-04846632v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étude expérimentale et théorique de la production d'hydrogène solaire en cellule photo-électrochimique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">A. Bourzigui</w:t>
+                <w:t xml:space="preserve">Production d'hydrogène en photoréacteur : étude expérimentale et modélisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Foin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Supplis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Vourc’h</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémi Dauchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Gros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Nationales de l'Energie Solaire (JNES 2021)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2021, Font Romeu, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04846632v1</w:t>
+                <w:t xml:space="preserve">hal-04846664v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4160,51 +4160,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-05265682v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loris Ibarrart" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Blanco" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Caliot" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mi Dauchet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Eibner" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0330604" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05360302v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Villemin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Yaacoub" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Claverie" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Cornet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-651X/ae1310" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04685010v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Foin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Brunel" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Gros" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2024.109124" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825434v3" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Charon" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Coustet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.500487" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04082101v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Vourc&#8217;h" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Arnau" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Garcia-Gragera" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.iecr.2c04151" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04081924v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gloaguen" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v1-re405" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04025637v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiuyu Wang" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gonzalez-Rodriguez" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Silberzan" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdul I Barakat" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-023-04578-8" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03379559v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Supplis" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Gattepaille" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0255002" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03882743v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Surdez" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sakina Zaidi" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Grosset&#234;te" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Laud-Duval" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Sole Ferre" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ccell.2021.04.001" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04869123v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Cornet" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845121v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52825/solarpaces.v1i.653" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796218v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fontana Lazzari" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micheline Abbas" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Blanco" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846584v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04423952v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846537v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845156v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude-Gilles Dussap" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03744479v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Farges" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845469v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941149v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03744477v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845032v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367310v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Alata" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Vourc'H" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Herv&#233;" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Morales" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2579651" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845407v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bourzigui" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Boyer" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Chadeyron" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846730v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Joyard" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Lafon" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846697v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846664v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846632v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04821624v2" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Fournier" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03818899v2" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02357225v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018USPCC123" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-05265682v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loris Ibarrart" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Blanco" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Caliot" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mi Dauchet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Eibner" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0330604" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05360302v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Villemin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Yaacoub" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Claverie" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Cornet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-651X/ae1310" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04685010v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Foin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Brunel" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Gros" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2024.109124" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825434v3" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Charon" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Coustet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.500487" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04082101v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Vourc&#8217;h" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Arnau" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Garcia-Gragera" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.iecr.2c04151" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04081924v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gloaguen" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v1-re405" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04025637v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiuyu Wang" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gonzalez-Rodriguez" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Silberzan" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdul I Barakat" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-023-04578-8" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03379559v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Supplis" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Gattepaille" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0255002" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03882743v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Surdez" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sakina Zaidi" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Grosset&#234;te" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Laud-Duval" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Sole Ferre" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ccell.2021.04.001" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845121v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52825/solarpaces.v1i.653" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04869123v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Cornet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796218v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fontana Lazzari" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micheline Abbas" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Blanco" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846584v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04423952v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03744479v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Farges" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846537v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845156v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude-Gilles Dussap" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845469v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941149v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03744477v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845032v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367310v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Alata" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Vourc'H" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Herv&#233;" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Morales" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2579651" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845407v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bourzigui" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Boyer" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Chadeyron" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846730v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Joyard" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Lafon" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846697v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846632v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846664v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04821624v2" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Fournier" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03818899v2" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02357225v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018USPCC123" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>