--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Thomas Vuillaume </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Research engineer & lead data scientist.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">thomas-vuillaume</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-5686-2078</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> arXiv : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">vuillaume_t_1 </w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hi. I am Thomas Vuillaume, a data scientist and research software engineer working at LAPP, CNRS.I specialise in data analysis, IA and machine learning and (open) research software development.</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://vuillaut.github.io/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (91)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detection of RS Oph with LST-1 and modelling of its HE/VHE gamma-ray emission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Abe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Abhishek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Acero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Aguasca-Cabot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astron.Astrophys.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 695, pp.A152. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202452447⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04998786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detection of the Geminga pulsar at energies down to 20 GeV with the LST-1 of CTAO</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Abe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Abhishek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Acero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Aguasca-Cabot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astron.Astrophys.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 698, pp.A283. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202554350⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05108258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Galactic transient sources with the Cherenkov Telescope Array</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Abe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Abhir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Abhishek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Acero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mon.Not.Roy.Astron.Soc.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 540 (1), pp.205-238. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/mnras/staf655⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04582071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GRB 221009A: Observations with LST-1 of CTAO and implications for structured jets in long gamma-ray bursts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Abe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Abhishek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Acero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Aguasca-Cabot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astrophys.J.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 988 (2), pp.L42. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3847/2041-8213/ade4cf⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05184079v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dark Matter Line Searches with the Cherenkov Telescope Array</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Abe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Abhir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Abhishek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Acero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Acharyya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JCAP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 07, pp.047. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1475-7516/2024/07/047⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04522281v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A detailed study of the very-high-energy Crab pulsar emission with the LST-1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Abe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Abhishek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Acero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Aguasca-Cabot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astron.Astrophys.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 690, pp.A167. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202450059⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04642251v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prospects for a survey of the Galactic plane with the Cherenkov Telescope Array</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Abe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Abhir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Abhishek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Acero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Acharyya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JCAP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 10, pp.081. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1475-7516/2024/10/081⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04246716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prospects for $\gamma$-ray observations of the Perseus galaxy cluster with the Cherenkov Telescope Array</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Abe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Acero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Acharyya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JCAP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 10, pp.004. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1475-7516/2024/10/004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04212511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new method of reconstructing images of gamma-ray telescopes applied to the LST-1 of CTAO</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Abe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Abhishek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Acero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Aguasca-Cabot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astron.Astrophys.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 691, pp.A328. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202450889⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04758032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensitivity of the Cherenkov Telescope Array to spectral signatures of hadronic PeVatrons with application to Galactic Supernova Remnants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Acero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Acharyya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Aguasca-Cabot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Agudo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astroparticle Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 150, pp.102850. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.astropartphys.2023.102850⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04300157v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance of the joint LST-1 and MAGIC observations evaluated with Crab Nebula data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H Abe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Abe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V.A Acciari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Aguasca-Cabot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astron.Astrophys.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 680, pp.A66. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202346927⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04239601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observations of the Crab Nebula and Pulsar with the Large-Sized Telescope Prototype of the Cherenkov Telescope Array</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Abe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Aguasca-Cabot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I Agudo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Alvarez Crespo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L.A Antonelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Astrophysical Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 956 (2), pp.80. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3847/1538-4357/ace89d⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04152125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-wavelength study of the galactic PeVatron candidate LHAASO J2108+5157</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Abe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Aguasca-Cabot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Agudo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Alvarez Crespo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L.A. Antonelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astron.Astrophys.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 673, pp.A75. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202245086⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03822249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensitivity of the Cherenkov Telescope Array to TeV photon emission from the Large Magellanic Cloud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Acharyya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Aguasca-Cabot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I Agudo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Aguirre-Santaella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 523 (4), pp.5353-5387. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/mnras/stad1576⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04300140v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The ESCAPE Open-source Software and Service Repository</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Vuillaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammad Al-Turany</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias Füßling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tamas Gal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrique Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Open Research Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 3, pp.46. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.12688/openreseurope.15692.2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04609485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Star tracking for pointing determination of Imaging Atmospheric Cherenkov Telescopes. Application to the Large-Sized Telescope of the Cherenkov Telescope Array</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Abe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Aguasca-Cabot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I Agudo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Alvarez Crespo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astron.Astrophys.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 679, pp.A90. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202347128⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04338153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gammapy: A Python package for gamma-ray astronomy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel Donath</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Terrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Remy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atreyee Sinha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cosimo Nigro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 678, pp.A157. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202346488⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04192799v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CTA – the World’s largest ground-based gamma-ray observatory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roberta Zanin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Abe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abusleme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PoS - Proceedings of Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, pp.005. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22323/1.395.0005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">obspm-04060187v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H.E.S.S. and MAGIC observations of a sudden cessation of a very-high-energy $\gamma$-ray flare in PKS 1510−089 in May 2016</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.O. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astron.Astrophys.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 648, pp.A23. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202038949⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03210326v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensitivity of the Cherenkov Telescope Array for probing cosmology and fundamental physics with gamma-ray propagation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Acero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Acharyya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JCAP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 02, pp.048. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1475-7516/2021/02/048⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02981237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensitivity of the Cherenkov Telescope Array to a dark matter signal from the Galactic centre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Acharyya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Adams</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Agudo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Aguirre-Santaella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JCAP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 01, pp.057. </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1475-7516/2021/01/057⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02917236v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for dark matter annihilation in the Wolf-Lundmark-Melotte dwarf irregular galaxy with H.E.S.S.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.O. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 103 (10), pp.102002. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.103.102002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03235663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for dark matter signals towards a selection of recently detected DES dwarf galaxy satellites of the Milky Way with H.E.S.S.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.O. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 102 (6), pp.062001. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.102.062001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02939975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probing the magnetic field in the GW170817 outflow using H.E.S.S. observations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. O. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Astrophysical Journal Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 894 (2), pp.L16. </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3847/2041-8213/ab8b59⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03713189v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H.E.S.S. detection of very high-energy γ-ray emission from the quasar PKS 0736+017</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. O. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 633, pp.A162. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201935906⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-02458766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Very high energy $\gamma$-ray emission from two blazars of unknown redshift and upper limits on their distance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.O. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 494 (4), pp.5590-5602. </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/mnras/staa999⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03178771v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Resolving acceleration to very high energies along the jet of Centaurus A</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.O. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 582 (7812), pp.356-359. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41586-020-2354-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03099102v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simultaneous observations of the blazar PKS 2155−304 from ultra-violet to TeV energies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. O. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 639, pp.A42. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201936900⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-02892930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detection of very-high-energy γ-ray emission from the colliding wind binary η Car with H.E.S.S.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. O. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 635, pp.A167. </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201936761⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03705219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H.E.S.S. and Fermi-LAT observations of PSR B1259-63/LS 2883 during its 2014 and 2017 periastron passages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.O. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 633, pp.A102. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201936621⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03000268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An extreme particle accelerator in the Galactic plane: HESS J1826−130</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.O. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 644, pp.A112. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202038851⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03371639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Resolving the Crab pulsar wind nebula at teraelectronvolt energies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.O. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Arakawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Astronomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 4 (2), pp.167-173. </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41550-019-0910-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02483963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Upper limits on very-high-energy gamma-ray emission from core-collapse supernovae observed with H.E.S.S.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. O. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Arakawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 626, pp.A57. </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201935242⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-02154704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H.E.S.S. observations of the flaring gravitationally lensed galaxy PKS 1830–211</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.O. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Arakawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 486 (3), pp.3886-3891. </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/mnras/stz1031⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02371616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H.E.S.S. and $Suzaku$ observations of the Vela X pulsar wind nebula</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. O. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Arakawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 627, pp.A100. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201935458⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-02177383v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VHE $\gamma$-ray discovery and multiwavelength study of the blazar 1ES 2322−409</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.O. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Arakawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 482 (3), pp.3011-3022. </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/mnras/sty2686⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01921605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The 2014 TeV $\gamma$-Ray Flare of Mrk 501 Seen with H.E.S.S.: Temporal and Spectral Constraints on Lorentz Invariance Violation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.O. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Arakawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Astrophysical Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 870 (2), pp.93. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3847/1538-4357/aaf1c4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02000028v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A very-high-energy component deep in the $\gamma$-ray burst afterglow</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.O. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 575 (7783), pp.464-467. </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41586-019-1743-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02381934v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constraints on the emission region of 3C 279 during strong flares in 2014 and 2015 through VHE γ-ray observations with H.E.S.S.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. O. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 627, pp.A159. </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201935704⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-02186154v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Particle Transport within the Pulsar Wind Nebula HESS J1825-137</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.O. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Arakawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 621, pp.A116. </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201834335⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01990428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A search for new supernova remnant shells in the Galactic plane with H.E.S.S</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abramowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.G. Akhperjanian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 612, pp.A8. </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201730737⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01704982v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detection of variable VHE $\gamma$-ray emission from the extra-galactic $\gamma$-ray binary LMC P3</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abramowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.O. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 610, pp.L17. </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201732426⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01703478v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constraints on particle acceleration in SS433/W50 from MAGIC and H.E.S.S. observations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.L. Ahnen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Ansoldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L.A. Antonelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Arcaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Babić</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 612, pp.A14. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201731169⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01802098v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H.E.S.S. discovery of very high energy $\gamma$-ray emission from PKS 0625−354</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abramowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.G. Akhperjanian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 476 (3), pp.4187-4198. </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/mnras/sty439⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01737884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The supernova remnant W49B as seen with H.E.S.S. and Fermi-LAT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abramowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Akhperjanian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 612, pp.A5. </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201527843⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02410558v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detailed spectral and morphological analysis of the shell type supernova remnant RCW 86</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abramowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.G. Akhperjanian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.O. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 612, pp.A4. </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201526545⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01272839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The $\gamma$-ray spectrum of the core of Centaurus A as observed with H.E.S.S. and Fermi-LAT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abramowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.O. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 619, pp.A71. </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201832640⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01867378v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The H.E.S.S. Galactic plane survey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abramowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.O. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 612, pp.A1. </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201732098⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01781990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First Ground-based Measurement of Sub-20 GeV to 100 GeV $\gamma$-rays from the Vela Pulsar with H.E.S.S. II</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.O. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Arakawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 620, pp.A66. </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201732153⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01851325v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">HESS J1741−302: a hidden accelerator in the Galactic plane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abramowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F.Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.O. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 612, pp.A13. </w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201730581⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01797468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for $\gamma$-Ray Line Signals from Dark Matter Annihilations in the Inner Galactic Halo from 10 Years of Observations with H.E.S.S.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abramowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.O. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 120 (20), pp.201101. </w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.120.201101⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01801921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A stratified jet model for AGN emission in the two-flow paradigm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Vuillaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Henri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Petrucci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 620, pp.A41. </w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201731899⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01897214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The starburst galaxy NGC 253 revisited by H.E.S.S. and Fermi-LAT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.O. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Arakawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 617, pp.A73. </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201833202⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01833680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Population study of Galactic supernova remnants at very high γ-ray energies with H.E.S.S.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abramowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.O. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 612, pp.A3. </w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201732125⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01724846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A search for very high-energy flares from the microquasars GRS 1915+105, Circinus X-1, and V4641 Sgr using contemporaneous H.E.S.S. and RXTE observations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Fiasson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Krayzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 612, pp.A10. </w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201527773⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01346019v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterising the VHE diffuse emission in the central 200 parsecs of our Galaxy with H.E.S.S</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abramowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.G. Akhperjanian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 612, pp.A9. </w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201730824⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01815286v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deeper H.E.S.S. observations of Vela Junior (RX J0852.04622): Morphology studies and resolved spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abramowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. G. Akhperjanian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 612, pp.A7. </w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201630002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02410561v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Searches for gamma-ray lines and 'pure WIMP' spectra from Dark Matter annihilations in dwarf galaxies with H.E.S.S</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.O. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Arakawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cosmology and Astroparticle Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 11, pp.037. </w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1475-7516/2018/11/037⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01897209v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polynomial data compression for large-scale physics experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Vuillaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Maurin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Jacquemier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Lamanna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computing and Software for Big Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 2 (1), pp.6. </w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s41781-018-0010-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01960337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Population of TeV Pulsar Wind Nebulae in the H.E.S.S. Galactic Plane Survey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Fiasson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Krayzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 612, pp.A2. </w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201629377⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01480223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H.E.S.S. observations of RX J1713.7-3946 with improved angular and spectral resolution; evidence for gamma-ray emission extending beyond the X-ray emitting shell</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Fiasson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Krayzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 612, pp.A6. </w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201629790⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01375701v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Systematic search for very-high-energy gamma-ray emission from bow shocks of runaway stars</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abramowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Akhperjanian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 612, pp.A12. </w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201630151⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-02019707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gamma-ray blazar spectra with H.E.S.S. II mono analysis: the case of PKS 2155-304 and PG 1553+113</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jill Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Fiasson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Krayzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 600, pp.A89. </w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201629427⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01411110v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First limits on the very-high energy gamma-ray afterglow emission of a fast radio burst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jill Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Fiasson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Lamanna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 597, pp.A115. </w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201629117⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01447669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-messenger Observations of a Binary Neutron Star Merger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B.P. Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T.D. Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Acernese</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Ackley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astrophysical Journal Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 848 (2), pp.L12. </w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3847/2041-8213/aa91c9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01646052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the EBL spectral energy distribution using the VHE $\gamma$-ray spectra of H.E.S.S. blazars</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abramowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.O. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 606, pp.A59. </w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201731200⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01645741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A polarized fast radio burst at low Galactic latitude</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Petroff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Burke‐spolaor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. F. Keane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. A. Mclaughlin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Miller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 469 (4), pp.4465-4482. </w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/mnras/stx1098⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01678521v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterizing the γ-ray long-term variability of PKS 2155−304 with H.E.S.S. and Fermi-LAT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jill Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Fiasson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Krayzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 598, pp.A39. </w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201629419⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01379906v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TeV gamma-ray observations of the binary neutron star merger GW170817 with H.E.S.S</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abramowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.O. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Astrophysical Journal Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 850 (2), pp.L22. </w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3847/2041-8213/aa97d2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01669863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H.E.S.S. limits on line-like dark matter signatures in the 100 GeV to 2 TeV energy range close to the Galactic Centre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jill Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Fiasson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Krayzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 117, pp.151302. </w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.117.151302⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01375706v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for dark matter annihilations towards the inner Galactic halo from 10 years of observations with H.E.S.S</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jill Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Fiasson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Krayzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 117, pp.111301. </w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.117.111301⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01350659v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constraints on an Annihilation Signal from a Core of Constant Dark Matter Density around the Milky Way Center with H.E.S.S</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abramowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. G. Akhperjanian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. O. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 114, pp.081301. </w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.114.081301⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01118897v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H.E.S.S. detection of TeV emission from the interaction region between the supernova remnant G349.7 0.2 and a molecular cloud (Corrigendum)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abramowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Felix Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. G. Akhperjanian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. O. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 580, pp.C1. </w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201425070e⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03818325v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H.E.S.S. detection of TeV emission from the interaction region between the supernova remnant G349.7+0.2 and a molecular cloud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abramowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Akhperjanian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 574, pp.A100. </w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201425070⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02478856v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The 2012 flare of PG 1553+113 seen with H.E.S.S. and Fermi-LAT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abramowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. G. Akhperjanian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. O. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Astrophysical Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 802, pp.65. </w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0004-637X/802/1/65⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01119861v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discovery of the VHE gamma-ray source HESS J1832-093 in the vicinity of SNR G22.7-0.2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abramowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Acero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. G. Akhperjanian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 446, pp.1163-1169. </w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/mnras/stu2148⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01085027v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discovery of variable VHE gamma-ray emission from the binary system 1FGL J1018.6-5856</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abramowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. G. Akhperjanian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. O. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 577, pp.A131. </w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201525699⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01139213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H.E.S.S. reveals a lack of TeV emission from the supernova remnant Puppis A</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abramowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.G. Akhperjanian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.O. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 575, pp.A81. </w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201424805⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01108646v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probing the gamma-ray emission from HESS J1834-087 using H.E.S.S. and Fermi LAT observations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abramowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. G. Akhperjanian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 574, pp.A27. </w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201322694⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01025854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The exceptionally powerful TeV γ-ray emitters in the Large Magellanic Cloud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abramowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.G. Akhperjanian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. O. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 347 (6220), pp.406-412. </w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1126/science.1261313⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01109515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">HESS J1818-154, a new composite supernova remnant discovered in TeV gamma rays and X-rays</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abramowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. G. Akhperjanian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 562, pp.A40. </w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201322914⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00907620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TeV γ-ray observations of the young synchrotron-dominated SNRs G1.9+0.3 and G330.2+1.0 with H.E.S.S.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abramowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. G. Akhperjanian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 441 (1), pp.790-799. </w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/mnras/stu459⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00975408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erratum: HESS J1640-465 - an exceptionally luminous TeV γ-ray supernova remnant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abramowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. G. Akhperjanian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, pp.3640-3642. </w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/mnras/stu826⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03618551v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for extended γ-ray emission around AGN with H.E.S.S. and Fermi-LAT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abramowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. G. Akhperjanian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 562, pp.A145. </w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201322510⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00947902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">HESS J1640-465 - an exceptionally luminous TeV γ-ray supernova remnant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abramowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. G. Akhperjanian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 439, pp.2828-2836. </w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/mnras/stu139⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00947889v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diffuse Galactic gamma-ray emission with H.E.S.S</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abramowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. G. Akhperjanian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. O. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 90 (12), pp.122007. </w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.90.122007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01091552v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for dark matter annihilation signatures in H.E.S.S. observations of Dwarf Spheroidal Galaxies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abramowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. G. Akhperjanian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 90 (11), pp.112012. </w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.90.112012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01082757v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Long-term monitoring of PKS 2155-304 with ATOM and H.E.S.S.: investigation of optical/gamma-ray correlations in different spectral states</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abramowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. G. Akhperjanian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. O. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 571, pp.A39. </w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201424142⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01061878v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discovery of the hard spectrum VHE gamma-ray source HESS J1641-463</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abramowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. G. Akhperjanian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. O. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Astrophysical Journal Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 794 (1), pp.L1. </w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/2041-8205/794/1/L1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01061876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H.E.S.S. Observations of the Crab during its March 2013 GeV Gamma-Ray Flare</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abramowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. G. Akhperjanian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 562, pp.L4. </w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201323013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00907621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flux upper limits for 47 AGN observed with H.E.S.S. in 2004-2011</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abramowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. G. Akhperjanian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 564, pp.A9. </w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201322897⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00947917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (36)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The new architecture design of the Science Alert Generation pipeline of the Cherenkov Telescope Array Observatory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Castaldini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Bulgarelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Pollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriele Panebianco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">39th International Cosmic Ray Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Geneva, Switzerland. pp.597, </w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22323/1.501.0597⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05294096v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SAG-SCI: the Real-time, High-level Analysis Software for Array Control and Data Acquisition of the Cherenkov Telescope Array Observatory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriele Panebianco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolò Parmiggiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Bulgarelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambra Dipiano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Castaldini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">39th International Cosmic Ray Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Geneva, Switzerland. pp.794, </w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22323/1.501.0794⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05304332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Advanced stereoscopy applied to CTAO</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hana Ali Messaoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tom François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Vuillaume</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">39th International Cosmic Ray Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Geneva, Switzerland. pp.549, </w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22323/1.501.0549⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05304323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The first release of the Cherenkov Telescope Array Observatory array control and data acquisition software</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I Oya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L Baroncelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Bolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Bruno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE Astronomical Telescopes + Instrumentation 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Montréal, Canada. pp.131011D, </w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.3017568⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04669465v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">To clean or not to clean? Influence of pixel removal on event reconstruction using deep learning in CTAO</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tom François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Talpaert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Vuillaume</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">34th annual conference on Astronomical Data Analysis Software and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Valletta, Malta</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04958803v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The science alert generation system of the Cherenkov Telescope Array Observatory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bulgarelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Caroff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L Castaldini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G.De Cesare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE Astronomical Telescopes + Instrumentation 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Yokohama, Japan. pp.1310129, </w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.3017825⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04669755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Methodology for the integration of the array control and data acquisition system with array elements of the Cherenkov Telescope Array Observatory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L Baroncelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Bolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Bruno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE Astronomical Telescopes + Instrumentation 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Montréal, Canada. pp.131010H, </w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.3017493⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04669463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Real Time Analysis framework of the Cherenkov Telescope Array's Large-Sized Telescope</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sami Caroff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrique Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Maurin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Pollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">38th International Cosmic Ray Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Nagoya, Japan. pp.616, </w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22323/1.444.0616⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04235020v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deep unsupervised domain adaptation applied to the Cherenkov Telescope Array Large-Sized Telescope</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Dell'Aiera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Vuillaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikaël Jacquemont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Benoit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th International Conference on Content-based Multimedia Indexing (CBMI 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Orleans, France. pp.133-139, </w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3617233.3617279⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04190277v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance of the Large-Sized Telescope prototype of the Cherenkov Telescope Array</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D Morcuende</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R López-Coto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Moralejo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Nozaki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T Vuillaume</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">38th International Cosmic Ray Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Nagoya, Japan. pp.594, </w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22323/1.444.0594⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04515486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The lstMCpipe library</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrique Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Vuillaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lukas Nickel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">32th Astronomical Data Analysis Software and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Online, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03903594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lstchain: An Analysis Pipeline for LST-1, the First Prototype Large-Sized Telescope of CTA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rubén López-Coto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrés Baquero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Isabel Bernardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franca Cassol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Foffano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30th Astronomical Data Analysis Software and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2020, Granada, Spain. pp.357</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03830397v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Single Imaging Atmospheric Cherenkov Telescope Full-Event Reconstruction with a Deep Multi-Task Learning Architecture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikaël Jacquemont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Vuillaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Maurin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30th Astronomical Data Analysis Software and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2020, Granada, Spain. pp.203</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03830391v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camera Calibration of the CTA-LST prototype</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yukiho Kobayashi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Akira Okumura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franca Cassol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hideaki Katagiri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julian Sitarek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">37th International Cosmic Ray Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, Berlin, Germany. pp.720, </w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22323/1.395.0720⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03324065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of the Cherenkov Telescope Array first Large-Sized Telescope real data using convolutional neural networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Vuillaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikaël Jacquemont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu de Bony de Lavergne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David A. Sanchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Poireau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">37th International Cosmic Ray Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, Berlin, Germany. pp.703, </w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22323/1.395.0703⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03324037v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First Full-Event Reconstruction from Imaging Atmospheric Cherenkov Telescope Real Data with Deep Learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikaël Jacquemont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Vuillaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Maurin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lambert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Content-Based Multimedia Indexing (CBMI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Lille, France. 6 p., </w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CBMI50038.2021.9461918⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03241475v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monte Carlo Studies of Combined MAGIC and LST1 Observations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federico Di Pierro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Arrabito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Baquero Larriva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Berti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Bregeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">36th International Cosmic Ray Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Madison, United States. pp.659, </w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22323/1.358.0659⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02277895v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Cherenkov Telescope Array Performance in Divergent Mode</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Donini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Gasparetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Bregeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Di Pierro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Longo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">36th International Cosmic Ray Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Madison, United States. pp.664, </w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22323/1.358.0664⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02277875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-Task Architecture with Attention for Imaging Atmospheric Cherenkov Telescope Data Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikaël Jacquemont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Vuillaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Maurin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th International Conference on ComputerVision Theory and Applications (VISAPP 2021)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2021, online, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03043188v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Science Alert Generation system of the Cherenkov Telescope Array Observatory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bulgarelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Caroff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Addis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Baroncelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">37th International Cosmic Ray Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, Berlin, Germany. pp.937, </w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22323/1.395.0937⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03323082v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Studying deep convolutional neural networks with hexagonal lattices for imaging atmospheric Cherenkov telescope event reconstruction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Nieto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Brill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Q. Feng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Jacquemont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">36th International Cosmic Ray Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Madison, United States. pp.753, </w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22323/1.358.0753⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02440010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deep-learning-driven event reconstruction applied to simulated data from a single Large-Sized Telescope of CTA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pietro Grespan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikael Jacquemont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ruben Lopez-Coto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tjark Miener</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Nieto-Castaño</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">37th International Cosmic Ray Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, Berlin, Germany. pp.771, </w:t></w:r><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22323/1.395.0771⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03373320v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First follow-up of transient events with the CTA Large Size Telescope prototype</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hyuga Abe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnau Aguasca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Agudo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucio Angelo Antonelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carla Aramo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">37th International Cosmic Ray Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, Berlin, Germany. pp.838, </w:t></w:r><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22323/1.395.0838⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03324272v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deep Learning for Astrophysics, Understanding the Impact of Attention on Variability Induced by Parameter Initialization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikaël Jacquemont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Vuillaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Maurin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICPR'2020 Workshop Explainable Deep Learning-AI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2021, Milan (on line), Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03043058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Physics Performance of the Large-Sized Telescope prototype of the Cherenkov Telescope Array</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. López-Coto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Moralejo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Artero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Baquero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bernardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">37th International Cosmic Ray Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03356459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Single Imaging Atmospheric Cherenkov Telescope Full-Event Reconstruction with a Deep Multi-Task Learning Architecture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikaël Jacquemont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Vuillaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Benoît</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Maurin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomical Data Analysis Software and Systems ADASS XXX</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2020, Granada, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03043005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Indexed Operations for Non-rectangular Lattices Applied to Convolutional Neural Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikaël Jacquemont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Antiga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Vuillaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giorgia Silvestri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VISAPP, 14th International Conference on Computer Vision Theory and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2019, Prague, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02087157v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Application of High Performance Computing and Vectorisation Solutions to Data Analysis for Imaging Atmospheric Cherenkov Telescopes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Vuillaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Jacquemier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Maurin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Lamanna</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26th Annual Astronomical Data Analysis Software and Systems Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Trieste, Italy. pp.632</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02491995v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GammaLearn - first steps to apply Deep Learning to the Cherenkov Telescope Array data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Vuillaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Antiga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lambert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Maurin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23rd International Conference on Computing in High Energy and Nuclear Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Sofia, Bulgaria. pp.06020, </w:t></w:r><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/epjconf/201921406020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02403733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GammaLearn: a Deep Learning framework for IACT data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikaël Jacquemont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Vuillaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Maurin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lambert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">36th International Cosmic Ray Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Madison, United States. pp.705</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02197399v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gammapy - A prototype for the CTA science tools</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christoph Deil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roberta Zanin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Lefaucheur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Boisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Khélifi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICRC 2017 - 35th International Cosmic Ray Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Busan, South Korea. pp.766, </w:t></w:r><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22323/1.301.0766⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01891750v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A inhomogenous jet model for the broad band emission of radio loud AGNs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Vuillaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Henri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Petrucci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35th International Cosmic Ray Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Busan, South Korea. pp.864, </w:t></w:r><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22323/1.301.0864⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01890893v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High Performance Computing algorithms for Atmospheric Cherenkov Telescopes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Vuillaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Maurin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Jacquemier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Lamanna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35th International Cosmic Ray Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Busan, South Korea. pp.771, </w:t></w:r><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22323/1.301.0771⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01890981v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">$ps^2chitt!$ – A Python package for the modelling of atmoSpheric Showers and CHerenkov Imaging Terrestrial Telescopes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Vuillaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Gaté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Maurin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Jacquemier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Lamanna</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35th International Cosmic Ray Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Busan, South Korea. pp.772, </w:t></w:r><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22323/1.301.0772⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01903439v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GammaLearn - first steps to apply Deep Learning to the Cherenkov Telescope Array data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Vuillaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikaël Jacquemont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Antiga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lambert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23rd International Conference on Computing in High Energy and Nuclear Physics (CHEP 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Sofia, Bulgaria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02197396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High Performance Computing algorithms for Atmospheric Cherenkov Telescopes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Vuillaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Maurin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Jacquemier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Lamanna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 35th International Cosmic Ray Conference, the Astroparticle Physics Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Bexco Busan, South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01745128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Real Time Analysis framework of the Cherenkov Telescope Array's Large-Sized Telescope</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sami Caroff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrique Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Maurin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Pollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICRC 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Nagoya, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04904196v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Science with the Cherenkov Telescope Array</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imen Al Samarai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Alves Batista</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">U. Barres de Almeida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. de Cássia dos Anjos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. M. de Gouveia Dal Pino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">WORLD SCIENTIFIC, 2019, 9789813270091. </w:t></w:r><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1142/10986⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02365151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stereograph: Stereoscopic event reconstruction using graph neural networks applied to CTAO</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hana Ali Messaoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Vuillaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tom François</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04958802v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deep Learning and IACT: Bridging the gap between Monte-Carlo simulations and LST-1 data using domain adaptation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Dellaiera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyann Plard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Vuillaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sami Caroff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04529341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The eOSSR library</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Vuillaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrique Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Tacke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tamas Gal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03876630v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H.E.S.S. first public test data release</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abramowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.O. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01944813v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation de l'émission des noyaux actifs de galaxie à l'ère Fermi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Vuillaume</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Astrophysique [astro-ph]. Université Grenoble Alpes, 2015. Français. </w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2015GREAY089⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01686284v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Logiciel (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lstmcpipe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Vuillaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrique Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lukas Nickel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnau Aguasca-Cabot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024, </w:t></w:r><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨swh:1:dir:43bfa01f9c607279d7251e7682b0af2152b1c9ac⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04903552v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gammapy Release V0.19</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel Donath</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christoph Deil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Terrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johannes King</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jose Enrique Ruiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022, </w:t></w:r><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨swh:1:rev:7e2976713facc0d443ade5279e91c4ae6b38c6c4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03663345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Python Package for Gamma-ray Astronomy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel Donath</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Terrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Remy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atreyee Sinha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Pintore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022, </w:t></w:r><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨swh:1:rev:de5a009c6865e5a2bcf4582e4cc4e5a0e91c4820⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03713410v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gammapy V1.0</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Acero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnau Aguasca Cabot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johannes Buchner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Carreto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrew F Cheng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022, </w:t></w:r><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨swh:1:dir:722dae11664cdf6b804fd1daf57083579ab2f297⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03885031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId449"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Thomas Vuillaume </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Research engineer & lead data scientist.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">thomas-vuillaume</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-5686-2078</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> arXiv : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">vuillaume_t_1 </w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hi. I am Thomas Vuillaume, a data scientist and research software engineer working at LAPP, CNRS.I specialise in data analysis, IA and machine learning and (open) research software development.</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://vuillaut.github.io/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (91)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detection of the Geminga pulsar at energies down to 20 GeV with the LST-1 of CTAO</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Abe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Abhishek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Acero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Aguasca-Cabot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astron.Astrophys.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 698, pp.A283. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202554350⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05108258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detection of RS Oph with LST-1 and modelling of its HE/VHE gamma-ray emission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Abe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Abhishek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Acero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Aguasca-Cabot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astron.Astrophys.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 695, pp.A152. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202452447⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04998786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Galactic transient sources with the Cherenkov Telescope Array</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Abe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Abhir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Abhishek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Acero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mon.Not.Roy.Astron.Soc.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 540 (1), pp.205-238. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/mnras/staf655⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04582071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GRB 221009A: Observations with LST-1 of CTAO and implications for structured jets in long gamma-ray bursts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Abe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Abhishek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Acero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Aguasca-Cabot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astrophys.J.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 988 (2), pp.L42. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3847/2041-8213/ade4cf⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05184079v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dark Matter Line Searches with the Cherenkov Telescope Array</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Abe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Abhir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Abhishek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Acero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Acharyya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JCAP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 07, pp.047. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1475-7516/2024/07/047⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04522281v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A detailed study of the very-high-energy Crab pulsar emission with the LST-1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Abe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Abhishek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Acero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Aguasca-Cabot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astron.Astrophys.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 690, pp.A167. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202450059⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04642251v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prospects for $\gamma$-ray observations of the Perseus galaxy cluster with the Cherenkov Telescope Array</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Abe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Acero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Acharyya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JCAP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 10, pp.004. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1475-7516/2024/10/004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04212511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prospects for a survey of the Galactic plane with the Cherenkov Telescope Array</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Abe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Abhir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Abhishek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Acero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Acharyya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JCAP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 10, pp.081. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1475-7516/2024/10/081⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04246716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new method of reconstructing images of gamma-ray telescopes applied to the LST-1 of CTAO</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Abe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Abhishek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Acero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Aguasca-Cabot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astron.Astrophys.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 691, pp.A328. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202450889⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04758032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensitivity of the Cherenkov Telescope Array to spectral signatures of hadronic PeVatrons with application to Galactic Supernova Remnants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Acero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Acharyya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Aguasca-Cabot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Agudo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astroparticle Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 150, pp.102850. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.astropartphys.2023.102850⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04300157v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance of the joint LST-1 and MAGIC observations evaluated with Crab Nebula data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H Abe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Abe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V.A Acciari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Aguasca-Cabot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astron.Astrophys.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 680, pp.A66. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202346927⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04239601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observations of the Crab Nebula and Pulsar with the Large-Sized Telescope Prototype of the Cherenkov Telescope Array</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Abe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Aguasca-Cabot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I Agudo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Alvarez Crespo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L.A Antonelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Astrophysical Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 956 (2), pp.80. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3847/1538-4357/ace89d⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04152125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-wavelength study of the galactic PeVatron candidate LHAASO J2108+5157</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Abe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Aguasca-Cabot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Agudo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Alvarez Crespo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L.A. Antonelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astron.Astrophys.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 673, pp.A75. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202245086⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03822249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The ESCAPE Open-source Software and Service Repository</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Vuillaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammad Al-Turany</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias Füßling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tamas Gal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrique Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Open Research Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 3, pp.46. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.12688/openreseurope.15692.2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04609485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Star tracking for pointing determination of Imaging Atmospheric Cherenkov Telescopes. Application to the Large-Sized Telescope of the Cherenkov Telescope Array</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Abe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Abe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Aguasca-Cabot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I Agudo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Alvarez Crespo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astron.Astrophys.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 679, pp.A90. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202347128⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04338153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gammapy: A Python package for gamma-ray astronomy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel Donath</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Terrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Remy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atreyee Sinha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cosimo Nigro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 678, pp.A157. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202346488⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04192799v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensitivity of the Cherenkov Telescope Array to TeV photon emission from the Large Magellanic Cloud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Acharyya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Aguasca-Cabot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I Agudo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Aguirre-Santaella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 523 (4), pp.5353-5387. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/mnras/stad1576⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04300140v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CTA – the World’s largest ground-based gamma-ray observatory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roberta Zanin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Abe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abusleme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PoS - Proceedings of Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, pp.005. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22323/1.395.0005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">obspm-04060187v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H.E.S.S. and MAGIC observations of a sudden cessation of a very-high-energy $\gamma$-ray flare in PKS 1510−089 in May 2016</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.O. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astron.Astrophys.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 648, pp.A23. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202038949⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03210326v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensitivity of the Cherenkov Telescope Array for probing cosmology and fundamental physics with gamma-ray propagation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Acero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Acharyya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JCAP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 02, pp.048. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1475-7516/2021/02/048⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02981237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for dark matter annihilation in the Wolf-Lundmark-Melotte dwarf irregular galaxy with H.E.S.S.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.O. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 103 (10), pp.102002. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.103.102002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03235663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensitivity of the Cherenkov Telescope Array to a dark matter signal from the Galactic centre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Acharyya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Adams</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Agudo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Aguirre-Santaella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JCAP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 01, pp.057. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1475-7516/2021/01/057⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02917236v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probing the magnetic field in the GW170817 outflow using H.E.S.S. observations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. O. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Astrophysical Journal Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 894 (2), pp.L16. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3847/2041-8213/ab8b59⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03713189v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H.E.S.S. detection of very high-energy γ-ray emission from the quasar PKS 0736+017</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. O. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 633, pp.A162. </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201935906⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-02458766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for dark matter signals towards a selection of recently detected DES dwarf galaxy satellites of the Milky Way with H.E.S.S.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.O. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 102 (6), pp.062001. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.102.062001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02939975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Very high energy $\gamma$-ray emission from two blazars of unknown redshift and upper limits on their distance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.O. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 494 (4), pp.5590-5602. </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/mnras/staa999⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03178771v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Resolving acceleration to very high energies along the jet of Centaurus A</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.O. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 582 (7812), pp.356-359. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41586-020-2354-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03099102v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simultaneous observations of the blazar PKS 2155−304 from ultra-violet to TeV energies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. O. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 639, pp.A42. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201936900⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-02892930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detection of very-high-energy γ-ray emission from the colliding wind binary η Car with H.E.S.S.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. O. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 635, pp.A167. </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201936761⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03705219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H.E.S.S. and Fermi-LAT observations of PSR B1259-63/LS 2883 during its 2014 and 2017 periastron passages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.O. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 633, pp.A102. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201936621⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03000268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An extreme particle accelerator in the Galactic plane: HESS J1826−130</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.O. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 644, pp.A112. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202038851⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03371639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Resolving the Crab pulsar wind nebula at teraelectronvolt energies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.O. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Arakawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Astronomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 4 (2), pp.167-173. </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41550-019-0910-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02483963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The 2014 TeV $\gamma$-Ray Flare of Mrk 501 Seen with H.E.S.S.: Temporal and Spectral Constraints on Lorentz Invariance Violation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.O. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Arakawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Astrophysical Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 870 (2), pp.93. </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3847/1538-4357/aaf1c4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02000028v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Upper limits on very-high-energy gamma-ray emission from core-collapse supernovae observed with H.E.S.S.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. O. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Arakawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 626, pp.A57. </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201935242⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-02154704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H.E.S.S. observations of the flaring gravitationally lensed galaxy PKS 1830–211</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.O. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Arakawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 486 (3), pp.3886-3891. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/mnras/stz1031⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02371616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H.E.S.S. and $Suzaku$ observations of the Vela X pulsar wind nebula</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. O. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Arakawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 627, pp.A100. </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201935458⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-02177383v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VHE $\gamma$-ray discovery and multiwavelength study of the blazar 1ES 2322−409</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.O. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Arakawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 482 (3), pp.3011-3022. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/mnras/sty2686⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01921605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A very-high-energy component deep in the $\gamma$-ray burst afterglow</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.O. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 575 (7783), pp.464-467. </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41586-019-1743-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02381934v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constraints on the emission region of 3C 279 during strong flares in 2014 and 2015 through VHE γ-ray observations with H.E.S.S.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. O. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 627, pp.A159. </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201935704⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-02186154v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Particle Transport within the Pulsar Wind Nebula HESS J1825-137</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.O. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Arakawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 621, pp.A116. </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201834335⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01990428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constraints on particle acceleration in SS433/W50 from MAGIC and H.E.S.S. observations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.L. Ahnen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Ansoldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L.A. Antonelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Arcaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Babić</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 612, pp.A14. </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201731169⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01802098v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H.E.S.S. discovery of very high energy $\gamma$-ray emission from PKS 0625−354</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abramowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.G. Akhperjanian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 476 (3), pp.4187-4198. </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/mnras/sty439⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01737884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A search for new supernova remnant shells in the Galactic plane with H.E.S.S</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abramowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.G. Akhperjanian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 612, pp.A8. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201730737⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01704982v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detection of variable VHE $\gamma$-ray emission from the extra-galactic $\gamma$-ray binary LMC P3</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abramowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.O. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 610, pp.L17. </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201732426⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01703478v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The supernova remnant W49B as seen with H.E.S.S. and Fermi-LAT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abramowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Akhperjanian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 612, pp.A5. </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201527843⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02410558v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detailed spectral and morphological analysis of the shell type supernova remnant RCW 86</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abramowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.G. Akhperjanian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.O. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 612, pp.A4. </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201526545⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01272839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The $\gamma$-ray spectrum of the core of Centaurus A as observed with H.E.S.S. and Fermi-LAT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abramowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.O. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 619, pp.A71. </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201832640⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01867378v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The H.E.S.S. Galactic plane survey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abramowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.O. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 612, pp.A1. </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201732098⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01781990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First Ground-based Measurement of Sub-20 GeV to 100 GeV $\gamma$-rays from the Vela Pulsar with H.E.S.S. II</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.O. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Arakawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 620, pp.A66. </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201732153⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01851325v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A stratified jet model for AGN emission in the two-flow paradigm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Vuillaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Henri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Petrucci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 620, pp.A41. </w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201731899⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01897214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">HESS J1741−302: a hidden accelerator in the Galactic plane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abramowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F.Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.O. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 612, pp.A13. </w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201730581⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01797468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for $\gamma$-Ray Line Signals from Dark Matter Annihilations in the Inner Galactic Halo from 10 Years of Observations with H.E.S.S.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abramowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.O. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 120 (20), pp.201101. </w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.120.201101⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01801921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A search for very high-energy flares from the microquasars GRS 1915+105, Circinus X-1, and V4641 Sgr using contemporaneous H.E.S.S. and RXTE observations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Fiasson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Krayzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 612, pp.A10. </w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201527773⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01346019v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The starburst galaxy NGC 253 revisited by H.E.S.S. and Fermi-LAT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.O. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Arakawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 617, pp.A73. </w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201833202⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01833680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Population study of Galactic supernova remnants at very high γ-ray energies with H.E.S.S.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abramowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.O. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 612, pp.A3. </w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201732125⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01724846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Searches for gamma-ray lines and 'pure WIMP' spectra from Dark Matter annihilations in dwarf galaxies with H.E.S.S</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.O. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Arakawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cosmology and Astroparticle Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 11, pp.037. </w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1475-7516/2018/11/037⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01897209v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deeper H.E.S.S. observations of Vela Junior (RX J0852.04622): Morphology studies and resolved spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abramowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. G. Akhperjanian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 612, pp.A7. </w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201630002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02410561v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterising the VHE diffuse emission in the central 200 parsecs of our Galaxy with H.E.S.S</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abramowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.G. Akhperjanian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 612, pp.A9. </w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201730824⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01815286v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polynomial data compression for large-scale physics experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Vuillaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Maurin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Jacquemier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Lamanna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computing and Software for Big Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 2 (1), pp.6. </w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s41781-018-0010-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01960337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Population of TeV Pulsar Wind Nebulae in the H.E.S.S. Galactic Plane Survey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Fiasson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Krayzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 612, pp.A2. </w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201629377⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01480223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H.E.S.S. observations of RX J1713.7-3946 with improved angular and spectral resolution; evidence for gamma-ray emission extending beyond the X-ray emitting shell</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Fiasson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Krayzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 612, pp.A6. </w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201629790⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01375701v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Systematic search for very-high-energy gamma-ray emission from bow shocks of runaway stars</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abramowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Akhperjanian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 612, pp.A12. </w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201630151⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-02019707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gamma-ray blazar spectra with H.E.S.S. II mono analysis: the case of PKS 2155-304 and PG 1553+113</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jill Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Fiasson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Krayzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 600, pp.A89. </w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201629427⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01411110v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First limits on the very-high energy gamma-ray afterglow emission of a fast radio burst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jill Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Fiasson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Lamanna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 597, pp.A115. </w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201629117⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01447669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the EBL spectral energy distribution using the VHE $\gamma$-ray spectra of H.E.S.S. blazars</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abramowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.O. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 606, pp.A59. </w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201731200⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01645741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-messenger Observations of a Binary Neutron Star Merger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B.P. Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T.D. Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Acernese</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Ackley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astrophys.J.Lett.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 848 (2), pp.L12. </w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3847/2041-8213/aa91c9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01646052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterizing the γ-ray long-term variability of PKS 2155−304 with H.E.S.S. and Fermi-LAT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jill Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Fiasson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Krayzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 598, pp.A39. </w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201629419⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01379906v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A polarized fast radio burst at low Galactic latitude</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Petroff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Burke‐spolaor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. F. Keane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. A. Mclaughlin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Miller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 469 (4), pp.4465-4482. </w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/mnras/stx1098⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01678521v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TeV gamma-ray observations of the binary neutron star merger GW170817 with H.E.S.S</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abramowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.O. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Astrophysical Journal Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 850 (2), pp.L22. </w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3847/2041-8213/aa97d2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01669863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H.E.S.S. limits on line-like dark matter signatures in the 100 GeV to 2 TeV energy range close to the Galactic Centre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jill Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Fiasson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Krayzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 117, pp.151302. </w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.117.151302⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01375706v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for dark matter annihilations towards the inner Galactic halo from 10 years of observations with H.E.S.S</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jill Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Fiasson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Krayzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 117, pp.111301. </w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.117.111301⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01350659v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H.E.S.S. detection of TeV emission from the interaction region between the supernova remnant G349.7 0.2 and a molecular cloud (Corrigendum)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abramowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Felix Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. G. Akhperjanian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. O. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 580, pp.C1. </w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201425070e⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03818325v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H.E.S.S. detection of TeV emission from the interaction region between the supernova remnant G349.7+0.2 and a molecular cloud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abramowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Akhperjanian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 574, pp.A100. </w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201425070⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02478856v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constraints on an Annihilation Signal from a Core of Constant Dark Matter Density around the Milky Way Center with H.E.S.S</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abramowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. G. Akhperjanian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. O. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 114, pp.081301. </w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.114.081301⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01118897v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The 2012 flare of PG 1553+113 seen with H.E.S.S. and Fermi-LAT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abramowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. G. Akhperjanian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. O. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Astrophysical Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 802, pp.65. </w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0004-637X/802/1/65⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01119861v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discovery of the VHE gamma-ray source HESS J1832-093 in the vicinity of SNR G22.7-0.2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abramowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Acero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. G. Akhperjanian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 446, pp.1163-1169. </w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/mnras/stu2148⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01085027v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H.E.S.S. reveals a lack of TeV emission from the supernova remnant Puppis A</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abramowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.G. Akhperjanian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.O. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 575, pp.A81. </w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201424805⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01108646v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discovery of variable VHE gamma-ray emission from the binary system 1FGL J1018.6-5856</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abramowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. G. Akhperjanian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. O. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 577, pp.A131. </w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201525699⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01139213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probing the gamma-ray emission from HESS J1834-087 using H.E.S.S. and Fermi LAT observations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abramowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. G. Akhperjanian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 574, pp.A27. </w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201322694⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01025854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The exceptionally powerful TeV γ-ray emitters in the Large Magellanic Cloud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abramowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.G. Akhperjanian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. O. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 347 (6220), pp.406-412. </w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1126/science.1261313⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01109515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for extended γ-ray emission around AGN with H.E.S.S. and Fermi-LAT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abramowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. G. Akhperjanian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 562, pp.A145. </w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201322510⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00947902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erratum: HESS J1640-465 - an exceptionally luminous TeV γ-ray supernova remnant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abramowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. G. Akhperjanian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, pp.3640-3642. </w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/mnras/stu826⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03618551v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diffuse Galactic gamma-ray emission with H.E.S.S</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abramowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. G. Akhperjanian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. O. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 90 (12), pp.122007. </w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.90.122007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01091552v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">HESS J1640-465 - an exceptionally luminous TeV γ-ray supernova remnant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abramowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. G. Akhperjanian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 439, pp.2828-2836. </w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/mnras/stu139⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00947889v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">HESS J1818-154, a new composite supernova remnant discovered in TeV gamma rays and X-rays</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abramowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. G. Akhperjanian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 562, pp.A40. </w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201322914⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00907620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TeV γ-ray observations of the young synchrotron-dominated SNRs G1.9+0.3 and G330.2+1.0 with H.E.S.S.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abramowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. G. Akhperjanian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 441 (1), pp.790-799. </w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/mnras/stu459⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00975408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for dark matter annihilation signatures in H.E.S.S. observations of Dwarf Spheroidal Galaxies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abramowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. G. Akhperjanian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review D</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 90 (11), pp.112012. </w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevD.90.112012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01082757v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Long-term monitoring of PKS 2155-304 with ATOM and H.E.S.S.: investigation of optical/gamma-ray correlations in different spectral states</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abramowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. G. Akhperjanian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. O. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 571, pp.A39. </w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201424142⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01061878v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discovery of the hard spectrum VHE gamma-ray source HESS J1641-463</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abramowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. G. Akhperjanian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. O. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Astrophysical Journal Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 794 (1), pp.L1. </w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/2041-8205/794/1/L1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-01061876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H.E.S.S. Observations of the Crab during its March 2013 GeV Gamma-Ray Flare</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abramowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. G. Akhperjanian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 562, pp.L4. </w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201323013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00907621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flux upper limits for 47 AGN observed with H.E.S.S. in 2004-2011</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abramowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. G. Akhperjanian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 564, pp.A9. </w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201322897⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00947917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (36)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The new architecture design of the Science Alert Generation pipeline of the Cherenkov Telescope Array Observatory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Castaldini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Bulgarelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Pollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriele Panebianco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">39th International Cosmic Ray Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Geneva, Switzerland. pp.597, </w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22323/1.501.0597⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05294096v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SAG-SCI: the Real-time, High-level Analysis Software for Array Control and Data Acquisition of the Cherenkov Telescope Array Observatory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriele Panebianco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolò Parmiggiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Bulgarelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambra Dipiano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Castaldini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">39th International Cosmic Ray Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Geneva, Switzerland. pp.794, </w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22323/1.501.0794⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05304332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Advanced stereoscopy applied to CTAO</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hana Ali Messaoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tom François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Vuillaume</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">39th International Cosmic Ray Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Geneva, Switzerland. pp.549, </w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22323/1.501.0549⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05304323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The first release of the Cherenkov Telescope Array Observatory array control and data acquisition software</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I Oya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L Baroncelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Bolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Bruno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE Astronomical Telescopes + Instrumentation 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Montréal, Canada. pp.131011D, </w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.3017568⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04669465v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">To clean or not to clean? Influence of pixel removal on event reconstruction using deep learning in CTAO</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tom François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Talpaert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Vuillaume</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">34th annual conference on Astronomical Data Analysis Software and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Valletta, Malta</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04958803v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The science alert generation system of the Cherenkov Telescope Array Observatory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bulgarelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Caroff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L Castaldini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G.De Cesare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE Astronomical Telescopes + Instrumentation 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Yokohama, Japan. pp.1310129, </w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.3017825⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04669755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Methodology for the integration of the array control and data acquisition system with array elements of the Cherenkov Telescope Array Observatory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L Baroncelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Bolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Bruno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE Astronomical Telescopes + Instrumentation 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Montréal, Canada. pp.131010H, </w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.3017493⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04669463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Real Time Analysis framework of the Cherenkov Telescope Array's Large-Sized Telescope</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sami Caroff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrique Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Maurin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Pollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">38th International Cosmic Ray Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Nagoya, Japan. pp.616, </w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22323/1.444.0616⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04235020v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deep unsupervised domain adaptation applied to the Cherenkov Telescope Array Large-Sized Telescope</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Dell'Aiera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Vuillaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikaël Jacquemont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Benoit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th International Conference on Content-based Multimedia Indexing (CBMI 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Orleans, France. pp.133-139, </w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3617233.3617279⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04190277v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance of the Large-Sized Telescope prototype of the Cherenkov Telescope Array</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D Morcuende</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R López-Coto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Moralejo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Nozaki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T Vuillaume</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">38th International Cosmic Ray Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Nagoya, Japan. pp.594, </w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22323/1.444.0594⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04515486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The lstMCpipe library</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrique Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Vuillaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lukas Nickel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">32th Astronomical Data Analysis Software and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Online, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03903594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lstchain: An Analysis Pipeline for LST-1, the First Prototype Large-Sized Telescope of CTA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rubén López-Coto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrés Baquero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Isabel Bernardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franca Cassol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Foffano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30th Astronomical Data Analysis Software and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2020, Granada, Spain. pp.357</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03830397v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Single Imaging Atmospheric Cherenkov Telescope Full-Event Reconstruction with a Deep Multi-Task Learning Architecture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikaël Jacquemont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Vuillaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Maurin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30th Astronomical Data Analysis Software and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2020, Granada, Spain. pp.203</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03830391v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First Full-Event Reconstruction from Imaging Atmospheric Cherenkov Telescope Real Data with Deep Learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikaël Jacquemont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Vuillaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Maurin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lambert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Content-Based Multimedia Indexing (CBMI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Lille, France. 6 p., </w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CBMI50038.2021.9461918⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03241475v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camera Calibration of the CTA-LST prototype</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yukiho Kobayashi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Akira Okumura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franca Cassol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hideaki Katagiri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julian Sitarek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">37th International Cosmic Ray Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, Berlin, Germany. pp.720, </w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22323/1.395.0720⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03324065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of the Cherenkov Telescope Array first Large-Sized Telescope real data using convolutional neural networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Vuillaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikaël Jacquemont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu de Bony de Lavergne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David A. Sanchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Poireau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">37th International Cosmic Ray Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, Berlin, Germany. pp.703, </w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22323/1.395.0703⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03324037v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monte Carlo Studies of Combined MAGIC and LST1 Observations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federico Di Pierro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Arrabito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Baquero Larriva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Berti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Bregeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">36th International Cosmic Ray Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Madison, United States. pp.659, </w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22323/1.358.0659⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02277895v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Cherenkov Telescope Array Performance in Divergent Mode</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Donini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Gasparetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Bregeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Di Pierro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Longo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">36th International Cosmic Ray Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Madison, United States. pp.664, </w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22323/1.358.0664⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02277875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-Task Architecture with Attention for Imaging Atmospheric Cherenkov Telescope Data Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikaël Jacquemont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Vuillaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Maurin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th International Conference on ComputerVision Theory and Applications (VISAPP 2021)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2021, online, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03043188v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Studying deep convolutional neural networks with hexagonal lattices for imaging atmospheric Cherenkov telescope event reconstruction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Nieto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Brill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Q. Feng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Jacquemont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">36th International Cosmic Ray Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Madison, United States. pp.753, </w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22323/1.358.0753⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02440010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Science Alert Generation system of the Cherenkov Telescope Array Observatory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bulgarelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Caroff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Addis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Baroncelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">37th International Cosmic Ray Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, Berlin, Germany. pp.937, </w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22323/1.395.0937⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03323082v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deep-learning-driven event reconstruction applied to simulated data from a single Large-Sized Telescope of CTA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pietro Grespan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikael Jacquemont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ruben Lopez-Coto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tjark Miener</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Nieto-Castaño</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">37th International Cosmic Ray Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, Berlin, Germany. pp.771, </w:t></w:r><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22323/1.395.0771⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03373320v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First follow-up of transient events with the CTA Large Size Telescope prototype</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hyuga Abe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnau Aguasca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Agudo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucio Angelo Antonelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carla Aramo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">37th International Cosmic Ray Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, Berlin, Germany. pp.838, </w:t></w:r><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22323/1.395.0838⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03324272v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Physics Performance of the Large-Sized Telescope prototype of the Cherenkov Telescope Array</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. López-Coto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Moralejo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Artero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Baquero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bernardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">37th International Cosmic Ray Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03356459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deep Learning for Astrophysics, Understanding the Impact of Attention on Variability Induced by Parameter Initialization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikaël Jacquemont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Vuillaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Maurin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICPR'2020 Workshop Explainable Deep Learning-AI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2021, Milan (on line), Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03043058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Single Imaging Atmospheric Cherenkov Telescope Full-Event Reconstruction with a Deep Multi-Task Learning Architecture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikaël Jacquemont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Vuillaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Benoît</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Maurin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lambert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomical Data Analysis Software and Systems ADASS XXX</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2020, Granada, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03043005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Indexed Operations for Non-rectangular Lattices Applied to Convolutional Neural Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikaël Jacquemont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Antiga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Vuillaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giorgia Silvestri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VISAPP, 14th International Conference on Computer Vision Theory and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2019, Prague, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02087157v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Application of High Performance Computing and Vectorisation Solutions to Data Analysis for Imaging Atmospheric Cherenkov Telescopes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Vuillaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Jacquemier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Maurin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Lamanna</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26th Annual Astronomical Data Analysis Software and Systems Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Trieste, Italy. pp.632</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02491995v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GammaLearn - first steps to apply Deep Learning to the Cherenkov Telescope Array data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Vuillaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Antiga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lambert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Maurin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23rd International Conference on Computing in High Energy and Nuclear Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Sofia, Bulgaria. pp.06020, </w:t></w:r><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/epjconf/201921406020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02403733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GammaLearn: a Deep Learning framework for IACT data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikaël Jacquemont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Vuillaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Maurin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lambert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">36th International Cosmic Ray Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Madison, United States. pp.705</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02197399v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gammapy - A prototype for the CTA science tools</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christoph Deil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roberta Zanin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Lefaucheur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Boisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Khélifi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICRC 2017 - 35th International Cosmic Ray Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Busan, South Korea. pp.766, </w:t></w:r><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22323/1.301.0766⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01891750v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High Performance Computing algorithms for Atmospheric Cherenkov Telescopes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Vuillaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Maurin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Jacquemier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Lamanna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35th International Cosmic Ray Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Busan, South Korea. pp.771, </w:t></w:r><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22323/1.301.0771⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01890981v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A inhomogenous jet model for the broad band emission of radio loud AGNs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Vuillaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Henri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Petrucci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35th International Cosmic Ray Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Busan, South Korea. pp.864, </w:t></w:r><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22323/1.301.0864⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01890893v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GammaLearn - first steps to apply Deep Learning to the Cherenkov Telescope Array data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Vuillaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikaël Jacquemont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Antiga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Lambert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23rd International Conference on Computing in High Energy and Nuclear Physics (CHEP 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Sofia, Bulgaria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02197396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">$ps^2chitt!$ – A Python package for the modelling of atmoSpheric Showers and CHerenkov Imaging Terrestrial Telescopes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Vuillaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Gaté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Maurin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Jacquemier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Lamanna</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35th International Cosmic Ray Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Busan, South Korea. pp.772, </w:t></w:r><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22323/1.301.0772⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01903439v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High Performance Computing algorithms for Atmospheric Cherenkov Telescopes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Vuillaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Maurin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Jacquemier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Lamanna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 35th International Cosmic Ray Conference, the Astroparticle Physics Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Bexco Busan, South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01745128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Real Time Analysis framework of the Cherenkov Telescope Array's Large-Sized Telescope</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sami Caroff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrique Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Maurin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Pollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICRC 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Nagoya, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04904196v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Science with the Cherenkov Telescope Array</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imen Al Samarai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Alves Batista</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">U. Barres de Almeida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. de Cássia dos Anjos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. M. de Gouveia Dal Pino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">WORLD SCIENTIFIC, 2019, 9789813270091. </w:t></w:r><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1142/10986⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02365151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stereograph: Stereoscopic event reconstruction using graph neural networks applied to CTAO</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hana Ali Messaoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Vuillaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tom François</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04958802v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deep Learning and IACT: Bridging the gap between Monte-Carlo simulations and LST-1 data using domain adaptation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Dellaiera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyann Plard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Vuillaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sami Caroff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04529341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The eOSSR library</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Vuillaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrique Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Tacke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tamas Gal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03876630v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H.E.S.S. first public test data release</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Abdalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abramowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aharonian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ait Benkhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.O. Angüner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01944813v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation de l'émission des noyaux actifs de galaxie à l'ère Fermi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Vuillaume</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Astrophysique [astro-ph]. Université Grenoble Alpes, 2015. Français. </w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2015GREAY089⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01686284v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Logiciel (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lstmcpipe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Vuillaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrique Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lukas Nickel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnau Aguasca-Cabot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024, </w:t></w:r><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨swh:1:dir:43bfa01f9c607279d7251e7682b0af2152b1c9ac⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04903552v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Python Package for Gamma-ray Astronomy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel Donath</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Terrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Remy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atreyee Sinha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Pintore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022, </w:t></w:r><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨swh:1:rev:de5a009c6865e5a2bcf4582e4cc4e5a0e91c4820⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03713410v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gammapy Release V0.19</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel Donath</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christoph Deil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Terrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johannes King</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jose Enrique Ruiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022, </w:t></w:r><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨swh:1:rev:7e2976713facc0d443ade5279e91c4ae6b38c6c4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03663345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gammapy V1.0</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Acero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnau Aguasca Cabot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johannes Buchner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Carreto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrew F Cheng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022, </w:t></w:r><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨swh:1:dir:722dae11664cdf6b804fd1daf57083579ab2f297⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03885031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId449"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="C2A4954C"/>
+    <w:nsid w:val="EC08D1DD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -337,51 +337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/thomas-vuillaume" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5686-2078" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arxiv.org/a/vuillaume_t_1 " TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vuillaut.github.io/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04998786v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Abe" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Abe" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Abhishek" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Acero" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Aguasca-Cabot" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202452447" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05108258v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202554350" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04582071v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Abhir" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/staf655" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05184079v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/2041-8213/ade4cf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04522281v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Acharyya" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1475-7516/2024/07/047" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642251v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202450059" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04246716v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1475-7516/2024/10/081" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212511v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Acero" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Adam" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1475-7516/2024/10/004" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758032v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202450889" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04300157v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Acero" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Acharyya" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Adam" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Aguasca-Cabot" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Agudo" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.astropartphys.2023.102850" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239601v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Abe" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.A Acciari" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202346927" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04152125v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Agudo" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Alvarez Crespo" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.A Antonelli" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/ace89d" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03822249v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Abe" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.A. Antonelli" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202245086" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04300140v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Aguirre-Santaella" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stad1576" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609485v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Vuillaume" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Al-Turany" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias F&#252;&#223;ling" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamas Gal" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrique Garcia" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12688/openreseurope.15692.2" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04338153v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202347128" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04192799v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Donath" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Terrier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Remy" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atreyee Sinha" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cosimo Nigro" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202346488" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-obspm.ccsd.cnrs.fr/obspm-04060187v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberta Zanin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Abdalla" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Abe" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Abusleme" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.395.0005" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03210326v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Aharonian" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ait Benkhali" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.O. Ang&#252;ner" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202038949" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02981237v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1475-7516/2021/02/048" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02917236v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Adams" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Aguirre-Santaella" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1475-7516/2021/01/057" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03235663v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Abdallah" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.103.102002" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02939975v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.102.062001" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03713189v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. O. Ang&#252;ner" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/2041-8213/ab8b59" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02458766v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201935906" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03178771v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/staa999" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03099102v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-020-2354-1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02892930v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201936900" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03705219v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201936761" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03000268v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201936621" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371639v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202038851" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02483963v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Arakawa" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41550-019-0910-0" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02154704v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201935242" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02371616v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stz1031" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02177383v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201935458" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01921605v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/sty2686" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02000028v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/aaf1c4" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02381934v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-019-1743-9" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02186154v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201935704" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01990428v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201834335" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704982v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Abramowski" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.G. Akhperjanian" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201730737" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01703478v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201732426" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01802098v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L. Ahnen" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ansoldi" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Arcaro" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Babi&#263;" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201731169" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01737884v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/sty439" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02410558v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Akhperjanian" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201527843" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01272839v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201526545" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01867378v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201832640" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01781990v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201732098" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851325v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201732153" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01797468v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.Ait Benkhali" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201730581" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801921v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.120.201101" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01897214v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Henri" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Petrucci" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201731899" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833680v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201833202" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01724846v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201732125" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01346019v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Aubert" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Chevalier" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fiasson" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Krayzel" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201527773" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815286v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201730824" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02410561v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. G. Akhperjanian" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201630002" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01897209v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1475-7516/2018/11/037" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01960337v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Aubert" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Maurin" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Jacquemier" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Lamanna" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41781-018-0010-3" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01480223v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201629377" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01375701v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201629790" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-02019707v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201630151" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01411110v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jill Chevalier" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201629427" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01447669v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lamanna" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201629117" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01646052v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.P. Abbott" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Abbott" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.D. Abbott" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Acernese" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Ackley" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/2041-8213/aa91c9" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01645741v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201731200" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01678521v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Petroff" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Burke&#8208;spolaor" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. F. Keane" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. A. Mclaughlin" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Miller" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stx1098" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01379906v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201629419" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669863v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/2041-8213/aa97d2" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01375706v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.117.151302" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01350659v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.117.111301" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01118897v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.114.081301" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03818325v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Aharonian" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201425070e" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02478856v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ang&#252;ner" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201425070" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01119861v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0004-637X/802/1/65" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01085027v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stu2148" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01139213v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201525699" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01108646v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201424805" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01025854v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201322694" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01109515v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1261313" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00907620v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201322914" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00975408v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stu459" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03618551v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stu826" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00947902v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201322510" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00947889v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stu139" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01091552v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.90.122007" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01082757v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.90.112012" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01061878v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201424142" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01061876v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2041-8205/794/1/L1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00907621v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201323013" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00947917v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201322897" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05294096v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Castaldini" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Bulgarelli" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Pollet" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Panebianco" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.501.0597" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05304332v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicol&#242; Parmiggiani" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambra Dipiano" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.501.0794" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05304323v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hana Ali Messaoud" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Fran&#231;ois" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.501.0549" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04669465v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Oya" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Aubert" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Baroncelli" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Bolle" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Bruno" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3017568" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958803v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Talpaert" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04669755v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Bulgarelli" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Caroff" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Castaldini" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.De Cesare" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3017825" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04669463v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Lopez" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3017493" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04235020v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Caroff" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.444.0616" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190277v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Dell'Aiera" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#235;l Jacquemont" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Benoit" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3617233.3617279" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04515486v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Morcuende" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R L&#243;pez-Coto" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Moralejo" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Nozaki" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Vuillaume" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.444.0594" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03903594v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lukas Nickel" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03830397v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rub&#233;n L&#243;pez-Coto" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;s Baquero" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Isabel Bernardos" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franca Cassol" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Foffano" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03830391v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Lambert" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03324065v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yukiho Kobayashi" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akira Okumura" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hideaki Katagiri" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Sitarek" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.395.0720" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03324037v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu de Bony de Lavergne" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David A. Sanchez" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Poireau" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.395.0703" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03241475v2" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CBMI50038.2021.9461918" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277895v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Di Pierro" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Arrabito" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Baquero Larriva" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Berti" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bregeon" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.358.0659" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277875v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Donini" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Gasparetto" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Di Pierro" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Longo" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.358.0664" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03043188v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Benoit" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323082v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bulgarelli" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Caroff" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Addis" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Baroncelli" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.395.0937" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02440010v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Nieto" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Brill" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. Feng" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jacquemont" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Kim" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.358.0753" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03373320v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pietro Grespan" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Jacquemont" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruben Lopez-Coto" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tjark Miener" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Nieto-Casta&#241;o" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.395.0771" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03324272v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyuga Abe" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnau Aguasca" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Agudo" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucio Angelo Antonelli" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Aramo" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.395.0838" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03043058v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03356459v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. L&#243;pez-Coto" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Moralejo" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Artero" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Baquero" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bernardos" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03043005v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Beno&#238;t" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02087157v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Antiga" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgia Silvestri" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02491995v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Vuillaume" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Jacquemier" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Maurin" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02403733v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201921406020" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02197399v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01891750v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Deil" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lefaucheur" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Boisson" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Kh&#233;lifi" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.301.0766" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01890893v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.301.0864" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01890981v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.301.0771" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01903439v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Gat&#233;" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.301.0772" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02197396v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uvsq.hal.science/hal-01745128v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04904196v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365151v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Al Samarai" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Alves Batista" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U. Barres de Almeida" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. de C&#225;ssia dos Anjos" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. M. de Gouveia Dal Pino" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/10986" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958802v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04529341v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Dellaiera" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyann Plard" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03876630v2" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Tacke" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01944813v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01686284v3" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015GREAY089" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903552v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnau Aguasca-Cabot" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:43bfa01f9c607279d7251e7682b0af2152b1c9ac" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03663345v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes King" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Enrique Ruiz" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:rev:7e2976713facc0d443ade5279e91c4ae6b38c6c4" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03713410v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Pintore" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:rev:de5a009c6865e5a2bcf4582e4cc4e5a0e91c4820" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03885031v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnau Aguasca Cabot" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Buchner" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Carreto" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew F Cheng" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:722dae11664cdf6b804fd1daf57083579ab2f297" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/thomas-vuillaume" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5686-2078" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arxiv.org/a/vuillaume_t_1 " TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vuillaut.github.io/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05108258v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Abe" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Abe" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Abhishek" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Acero" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Aguasca-Cabot" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202554350" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04998786v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202452447" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04582071v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Abhir" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/staf655" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05184079v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/2041-8213/ade4cf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04522281v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Acharyya" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1475-7516/2024/07/047" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642251v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202450059" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212511v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Acero" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Adam" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1475-7516/2024/10/004" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04246716v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1475-7516/2024/10/081" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758032v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202450889" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04300157v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Acero" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Acharyya" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Adam" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Aguasca-Cabot" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Agudo" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.astropartphys.2023.102850" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239601v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Abe" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.A Acciari" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202346927" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04152125v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Agudo" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Alvarez Crespo" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.A Antonelli" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/ace89d" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03822249v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Abe" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.A. Antonelli" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202245086" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609485v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Vuillaume" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Al-Turany" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias F&#252;&#223;ling" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamas Gal" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrique Garcia" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12688/openreseurope.15692.2" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04338153v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202347128" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04192799v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Donath" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Terrier" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Remy" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atreyee Sinha" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cosimo Nigro" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202346488" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04300140v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Aguirre-Santaella" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stad1576" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-obspm.ccsd.cnrs.fr/obspm-04060187v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberta Zanin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Abdalla" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Abe" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Abusleme" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.395.0005" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03210326v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Aharonian" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ait Benkhali" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.O. Ang&#252;ner" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202038949" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02981237v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1475-7516/2021/02/048" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03235663v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Abdallah" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.103.102002" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02917236v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Adams" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Aguirre-Santaella" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1475-7516/2021/01/057" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03713189v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. O. Ang&#252;ner" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/2041-8213/ab8b59" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02458766v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201935906" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02939975v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.102.062001" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03178771v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/staa999" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03099102v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-020-2354-1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02892930v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201936900" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03705219v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201936761" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03000268v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201936621" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371639v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202038851" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02483963v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Arakawa" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41550-019-0910-0" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02000028v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/aaf1c4" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02154704v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201935242" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02371616v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stz1031" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02177383v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201935458" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01921605v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/sty2686" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02381934v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-019-1743-9" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02186154v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201935704" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01990428v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201834335" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01802098v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L. Ahnen" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ansoldi" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Arcaro" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Babi&#263;" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201731169" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01737884v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Abramowski" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.G. Akhperjanian" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/sty439" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704982v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201730737" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01703478v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201732426" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02410558v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Akhperjanian" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201527843" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01272839v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201526545" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01867378v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201832640" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01781990v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201732098" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851325v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201732153" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01897214v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Henri" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Petrucci" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201731899" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01797468v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.Ait Benkhali" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201730581" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801921v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.120.201101" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01346019v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Aubert" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Chevalier" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fiasson" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Krayzel" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201527773" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833680v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201833202" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01724846v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201732125" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01897209v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1475-7516/2018/11/037" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02410561v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. G. Akhperjanian" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201630002" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815286v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201730824" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01960337v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Aubert" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Maurin" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Jacquemier" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Lamanna" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41781-018-0010-3" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01480223v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201629377" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01375701v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201629790" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-02019707v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201630151" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01411110v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jill Chevalier" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201629427" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01447669v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lamanna" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201629117" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01645741v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201731200" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01646052v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.P. Abbott" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Abbott" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.D. Abbott" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Acernese" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Ackley" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/2041-8213/aa91c9" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01379906v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201629419" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01678521v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Petroff" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Burke&#8208;spolaor" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. F. Keane" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. A. Mclaughlin" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Miller" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stx1098" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669863v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/2041-8213/aa97d2" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01375706v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.117.151302" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01350659v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.117.111301" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03818325v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Aharonian" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201425070e" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02478856v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ang&#252;ner" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201425070" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01118897v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.114.081301" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01119861v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0004-637X/802/1/65" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01085027v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stu2148" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01108646v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201424805" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01139213v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201525699" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01025854v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201322694" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01109515v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1261313" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00947902v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201322510" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03618551v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stu826" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01091552v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.90.122007" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00947889v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stu139" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00907620v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201322914" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00975408v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stu459" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01082757v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.90.112012" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01061878v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201424142" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01061876v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2041-8205/794/1/L1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00907621v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201323013" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00947917v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201322897" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05294096v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Castaldini" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Bulgarelli" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Pollet" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Panebianco" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.501.0597" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05304332v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicol&#242; Parmiggiani" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambra Dipiano" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.501.0794" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05304323v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hana Ali Messaoud" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Fran&#231;ois" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.501.0549" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04669465v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Oya" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Aubert" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Baroncelli" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Bolle" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Bruno" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3017568" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958803v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Talpaert" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04669755v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Bulgarelli" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Caroff" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Castaldini" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.De Cesare" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3017825" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04669463v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Lopez" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3017493" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04235020v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Caroff" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.444.0616" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190277v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Dell'Aiera" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#235;l Jacquemont" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Benoit" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3617233.3617279" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04515486v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Morcuende" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R L&#243;pez-Coto" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Moralejo" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Nozaki" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Vuillaume" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.444.0594" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03903594v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lukas Nickel" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03830397v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rub&#233;n L&#243;pez-Coto" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;s Baquero" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Isabel Bernardos" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franca Cassol" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Foffano" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03830391v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Lambert" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03241475v2" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CBMI50038.2021.9461918" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03324065v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yukiho Kobayashi" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akira Okumura" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hideaki Katagiri" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Sitarek" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.395.0720" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03324037v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu de Bony de Lavergne" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David A. Sanchez" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Poireau" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.395.0703" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277895v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Di Pierro" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Arrabito" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Baquero Larriva" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Berti" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bregeon" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.358.0659" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277875v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Donini" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Gasparetto" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Di Pierro" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Longo" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.358.0664" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03043188v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Benoit" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02440010v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Nieto" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Brill" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. Feng" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jacquemont" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Kim" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.358.0753" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323082v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bulgarelli" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Caroff" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Addis" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Baroncelli" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.395.0937" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03373320v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pietro Grespan" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Jacquemont" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruben Lopez-Coto" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tjark Miener" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Nieto-Casta&#241;o" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.395.0771" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03324272v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyuga Abe" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnau Aguasca" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Agudo" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucio Angelo Antonelli" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Aramo" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.395.0838" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03356459v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. L&#243;pez-Coto" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Moralejo" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Artero" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Baquero" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bernardos" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03043058v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03043005v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Beno&#238;t" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02087157v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Antiga" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgia Silvestri" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02491995v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Vuillaume" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Jacquemier" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Maurin" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02403733v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201921406020" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02197399v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01891750v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Deil" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lefaucheur" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Boisson" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Kh&#233;lifi" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.301.0766" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01890981v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.301.0771" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01890893v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.301.0864" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02197396v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01903439v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Gat&#233;" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.301.0772" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uvsq.hal.science/hal-01745128v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04904196v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365151v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Al Samarai" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Alves Batista" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U. Barres de Almeida" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. de C&#225;ssia dos Anjos" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. M. de Gouveia Dal Pino" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/10986" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958802v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04529341v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Dellaiera" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyann Plard" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03876630v2" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Tacke" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01944813v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01686284v3" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015GREAY089" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903552v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnau Aguasca-Cabot" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:43bfa01f9c607279d7251e7682b0af2152b1c9ac" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03713410v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Pintore" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:rev:de5a009c6865e5a2bcf4582e4cc4e5a0e91c4820" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03663345v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes King" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Enrique Ruiz" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:rev:7e2976713facc0d443ade5279e91c4ae6b38c6c4" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03885031v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnau Aguasca Cabot" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Buchner" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Carreto" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew F Cheng" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:722dae11664cdf6b804fd1daf57083579ab2f297" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>