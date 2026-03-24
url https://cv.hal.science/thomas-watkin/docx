--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -917,278 +917,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04182296v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Designers et ergonomes à l’épreuve de la reconnaissance professionnelle : un essai de comparaison entre deux cultures de la conception dans l’industrie française des télécommunications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Vial</w:t>
+                <w:t xml:space="preserve">Rethinking social and sustainable innovations through prospective co-design and project-grounded research</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Julie Catoir-Brisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Watkin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue française des sciences de l'information et de la communication</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">DISCERN, International journal of design for social change sustainable innovation and entrepreneurship</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 2, pp.123-137</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03406186v1</w:t>
+                <w:t xml:space="preserve">hal-03406196v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyser les relations dans et par une démarche de design : entre projet, coproduction et prospective</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Watkin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Passerelles SHS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, Analyse de réseau(x) en SHS, 1, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.48649/pshs.84⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03453217v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rethinking social and sustainable innovations through prospective co-design and project-grounded research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marie-Julie Catoir-Brisson</w:t>
+                <w:t xml:space="preserve">Designers et ergonomes à l’épreuve de la reconnaissance professionnelle : un essai de comparaison entre deux cultures de la conception dans l’industrie française des télécommunications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Vial</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Watkin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DISCERN, International journal of design for social change sustainable innovation and entrepreneurship</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Revue française des sciences de l'information et de la communication</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Cultures de conception, 23, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/rfsic.11835⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03406196v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03406186v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design et participation : un tandem en recherche</w:t>
               </w:r>
@@ -3360,51 +3360,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From the specificity of the project in design to social innovation by design: a contribution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-­‐julie Catoir-­‐brisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Vial</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michela Deni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5094,51 +5094,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="8324D5E4"/>
+    <w:nsid w:val="E14B74BD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5325,51 +5325,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/thomas-watkin" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1671-7335" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/032382472" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://projekt.unimes.fr/membres/thomas-watkin/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unimes.academia.edu/ThomasWatkin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/profile/Thomas-Watkin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.linkedin.com/in/twatkin/?originalSubdomain=fr" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05069693v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Saad-Sulonen" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Watkin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15710882.2025.2476626" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04557571v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Julie Catoir-Brisson" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/activites.9557" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04237995v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/desi_r_00720" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558495v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04186043v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belinda Redondo" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sdd.017.0122" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04186026v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Elsen" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Smail Khainnar" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sdd.017.0008" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04182296v2" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03406186v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Vial" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfsic.11835" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03453217v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48649/pshs.84" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03406196v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03224304v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03115036v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02145126v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14606925.2019.1595015" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819012v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Haapaj&#228;rvi" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samina Mesgarzadeh" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/soco.109.0005" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01730083v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Vial Vial" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne Le Boeuf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bihanic" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Gagnon" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sdd.005.0009" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01856414v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmine Abbas" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaillon Lara" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01856413v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01870799v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03176060v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05399374v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05399390v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377783v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824479v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377773v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909549v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909555v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259171v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452321v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03766182v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03118188v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03411737v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;linda Redondo" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02149777v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925821v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02109359v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02127990v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01736864v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01736543v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01635177v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01441155v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-&#173;&#8208;julie Catoir-&#173;&#8208;brisson" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michela Deni" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21606/drs.2016.143" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01736544v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01730116v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01736549v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01855409v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02127995v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02127998v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066228v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783839476031-005" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799352v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsimbernon.com/achat/ecohabiter-des-environnements-pluriels/15490.htm" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03224337v3" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03043542v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02127988v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02127974v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Krawczyk" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Livet" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Crouzy" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stella Bacchiocchi" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03453600v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184918v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillemette Crozet" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04186017v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03356554v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01736823v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/thomas-watkin" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1671-7335" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/032382472" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://projekt.unimes.fr/membres/thomas-watkin/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unimes.academia.edu/ThomasWatkin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/profile/Thomas-Watkin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.linkedin.com/in/twatkin/?originalSubdomain=fr" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05069693v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Saad-Sulonen" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Watkin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15710882.2025.2476626" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04557571v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Julie Catoir-Brisson" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/activites.9557" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04237995v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/desi_r_00720" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558495v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04186043v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belinda Redondo" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sdd.017.0122" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04186026v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Elsen" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Smail Khainnar" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sdd.017.0008" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04182296v2" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03406196v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03453217v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48649/pshs.84" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03406186v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Vial" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfsic.11835" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03224304v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03115036v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02145126v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14606925.2019.1595015" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819012v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Haapaj&#228;rvi" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samina Mesgarzadeh" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/soco.109.0005" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01730083v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Vial Vial" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne Le Boeuf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bihanic" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Gagnon" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sdd.005.0009" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01856414v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmine Abbas" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaillon Lara" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01856413v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01870799v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03176060v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05399374v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05399390v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377783v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824479v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377773v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909549v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909555v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259171v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452321v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03766182v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03118188v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03411737v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;linda Redondo" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02149777v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925821v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02109359v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02127990v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01736864v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01736543v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01635177v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01441155v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-&#173;&#8208;julie Catoir-&#173;&#8208;brisson" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michela Deni" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21606/drs.2016.143" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01736544v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01730116v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01736549v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01855409v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02127995v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02127998v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066228v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783839476031-005" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799352v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsimbernon.com/achat/ecohabiter-des-environnements-pluriels/15490.htm" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03224337v3" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03043542v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02127988v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02127974v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Krawczyk" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Livet" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Crouzy" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stella Bacchiocchi" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03453600v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184918v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillemette Crozet" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04186017v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03356554v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01736823v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>