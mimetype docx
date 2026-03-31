--- v0 (2026-03-05)
+++ v1 (2026-03-31)
@@ -1404,252 +1404,252 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01427615v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La Manufacture d’Armes de Saint-Étienne : un conflit mémoriel</w:t>
+                <w:t xml:space="preserve">Une multinationale au « village » ? Politique urbaine municipale et intérêts privés localisés : le cas de Michelin à Clermont-Ferrand (France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Zanetti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Norois. Environnement, aménagement, société</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Bulletin de la Société Géographique de Liège</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01427612v1</w:t>
+                <w:t xml:space="preserve">halshs-01427623v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De la ville de l’efficacité industrielle à la ville de la qualité urbaine : le « territoire Michelin » à Clermont-Ferrand</w:t>
+                <w:t xml:space="preserve">La Manufacture d’Armes de Saint-Étienne : un conflit mémoriel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Zanetti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Géographique de l'Est</w:t>
+              <w:t xml:space="preserve">Norois. Environnement, aménagement, société</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/rge.3147⟩</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/norois.3467⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01427618v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01427612v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une multinationale au « village » ? Politique urbaine municipale et intérêts privés localisés : le cas de Michelin à Clermont-Ferrand (France)</w:t>
+                <w:t xml:space="preserve">De la ville de l’efficacité industrielle à la ville de la qualité urbaine : le « territoire Michelin » à Clermont-Ferrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Zanetti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de la Société Géographique de Liège</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Revue Géographique de l'Est</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/rge.3147⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01427623v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01427618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La gouvernance patrimoniale stéphanoise: Le consensus au prix du conflit?</w:t>
               </w:r>
@@ -2015,165 +2015,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04748285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’approche libertaire pour saisir la dimension politique du patrimoine</w:t>
+                <w:t xml:space="preserve">Le patrimoine populaire comme support aux mobilisations citoyennes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Zanetti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès fondateur de l’Association Internationale de Géographie Francophone</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Rabat (Maroc), Maroc</w:t>
+              <w:t xml:space="preserve">Patrimonialisations ouvrières et postcoloniales « minoritaires » en France et à l’étranger : théories et terrains</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2023, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04748264v1</w:t>
+                <w:t xml:space="preserve">halshs-04748302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le patrimoine populaire comme support aux mobilisations citoyennes</w:t>
+                <w:t xml:space="preserve">L’approche libertaire pour saisir la dimension politique du patrimoine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Zanetti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Patrimonialisations ouvrières et postcoloniales « minoritaires » en France et à l’étranger : théories et terrains</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2023, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">Congrès fondateur de l’Association Internationale de Géographie Francophone</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Rabat (Maroc), Maroc</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04748302v1</w:t>
+                <w:t xml:space="preserve">halshs-04748264v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le développement du transitoire dans la métropole lyonnaise : prise de risque ou gestion de l'incertitude ?</w:t>
               </w:r>
@@ -2399,394 +2399,394 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04935606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les commerces d'un quartier populaire à l'épreuve de la gentrification et du Covid-19</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Lucas Lecompte</w:t>
+                <w:t xml:space="preserve">Explorer la dimension territoriale des mouvements sociaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Judicaëlle Dietrich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Roche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Zanetti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les territoires du commerce populaire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Metz, Dec 2021, Metz, France</w:t>
+              <w:t xml:space="preserve">9ème congrès de l’association française de sociologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04167964v1</w:t>
+                <w:t xml:space="preserve">halshs-04748239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Explorer la dimension territoriale des mouvements sociaux</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Elise Roche</w:t>
+                <w:t xml:space="preserve">Les commerces d'un quartier populaire à l'épreuve de la gentrification et du Covid-19</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Duchene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Lecompte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Zanetti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9ème congrès de l’association française de sociologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2021, Lille, France</w:t>
+              <w:t xml:space="preserve">Les territoires du commerce populaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Metz, Dec 2021, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04748239v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04167964v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les commerces d'un quartier populaire à l'épreuve de la gentrification et du Covid 19. Le cas de la Guillotière (Lyon)</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Le patrimoine ordinaire, support d’une fabrique d’un commun urbain et d’un urbanisme libertaire ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Zanetti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les territoires du commerce populaire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2021, Metz, France</w:t>
+              <w:t xml:space="preserve">3ème conférence internationale des géographes et géographies anarchistes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2021, Oaxaca (Mexique), Mexique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04748247v1</w:t>
+                <w:t xml:space="preserve">halshs-04748262v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le patrimoine ordinaire, support d’une fabrique d’un commun urbain et d’un urbanisme libertaire ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les commerces d'un quartier populaire à l'épreuve de la gentrification et du Covid 19. Le cas de la Guillotière (Lyon)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Duchêne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Zanetti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3ème conférence internationale des géographes et géographies anarchistes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2021, Oaxaca (Mexique), Mexique</w:t>
+              <w:t xml:space="preserve">Les territoires du commerce populaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2021, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04748262v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04748247v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une revue de la géographie anarchiste contemporaine à partir d’un numéro thématique</w:t>
               </w:r>
@@ -2962,51 +2962,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Palimpsestes mémoriels et voisinages migratoires : l’exemple de la Guillotière à Lyon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Duchêne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Zanetti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3661,346 +3661,346 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Une centralité commerciale populaire à l’épreuve de la gentrification et du Covid-19. L’exemple de la Guillotière à Lyon »</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Une centralité commerciale populaire à l’épreuve de la gentrification et du Covid-19. L’exemple de la Guillotière à Lyon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Zanetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Duchêne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...14 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Lecompte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Territoires du commerce populaire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 9782384511440</w:t>
+              <w:t xml:space="preserve">Les territoires du commerce populaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05025889v1</w:t>
+                <w:t xml:space="preserve">halshs-04748186v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une centralité commerciale populaire à l’épreuve de la gentrification et du Covid-19. L’exemple de la Guillotière à Lyon</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Une centralité commerciale populaire à l'épreuve de la gentrification et du Covid-19 L'exemple de la Guillotière à Lyon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Duchêne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Lecompte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Zanetti</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...40 lines deleted...]
-            <w:pPr/>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Editions de l'Université de Lorraine. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les territoires du commerce populaire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024</w:t>
+              <w:t xml:space="preserve">Territoires du commerce populaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 978-2-38451-144-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04748186v1</w:t>
+                <w:t xml:space="preserve">halshs-04916231v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une centralité commerciale populaire à l'épreuve de la gentrification et du Covid-19 L'exemple de la Guillotière à Lyon</w:t>
+                <w:t xml:space="preserve">« Une centralité commerciale populaire à l’épreuve de la gentrification et du Covid-19. L’exemple de la Guillotière à Lyon »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Duchêne</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lucas Lecompte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Zanetti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Editions de l'Université de Lorraine. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Territoires du commerce populaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 978-2-38451-144-0</w:t>
+              <w:t xml:space="preserve">, 2024, 9782384511440</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04916231v1</w:t>
+                <w:t xml:space="preserve">hal-05025889v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une multinationale n’est rien sans migrants. L’apport décisif des travailleurs étrangers à l’aventure Michelin</w:t>
               </w:r>
@@ -4801,52 +4801,417 @@
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03386079v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">N°spécial de revue/special issue (3)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luttes, territoires et justice spatiale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Judicaëlle Dietrich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Roche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Zanetti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Justice spatiale = Spatial justice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 19, 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05052499v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Démocratie métropolitaine, action collective et participation citoyenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Cadiou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Dolez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Feildel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Ségas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Zanetti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Participations - Revue de sciences sociales sur la démocratie et la citoyenneté</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024/1 (38), 2024, Participations</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04594800v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Visibilité et invisibilité de la pollution des sols dans les territoires (post)industriels : de nouvelles perspectives sur la résilience et la justice environnementale ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Zanetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Ferrieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Morel Journel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Gay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Géocarrefour - Revue de géographie de Lyon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/geocarrefour.11289⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01988684v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId100"/>
+      <w:footerReference w:type="default" r:id="rId108"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -4993,51 +5358,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05045717v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judica&#235;lle Dietrich" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Roche" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Zanetti" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04748164v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Cadiou" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Dolez" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Feildel" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Segas" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/parti.038.0007" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04452500v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tem.8627" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03377074v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/metropoles.7899" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03265428v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Chevalier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Duchene" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bagf.6745" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03377073v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1074943ar" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01988663v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/gc.6381" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01988681v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geocarrefour.11744" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01988665v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ag.723.0536" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01427600v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/espacepolitique.3960" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01316639v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Mallet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.16495" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01316532v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Nicolas" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/articulo.2464" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01316632v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lhs.193.0091" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01427608v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/esp.152.0181" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01427615v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/insitu.206" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01427612v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/norois.3467" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01427618v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rge.3147" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01427623v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01427634v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05435869v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Colin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04579099v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Dumont" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Groux Annette" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04748285v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04748264v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04748302v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04748275v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Vernette" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04748317v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04935606v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corine V&#233;drine" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04167964v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Lecompte" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04748239v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04748247v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Duch&#234;ne" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04748262v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04748249v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Mass&#233;" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabella Tomassi" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04748225v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03265435v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04748233v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Blot" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01988692v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04748234v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01988689v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01988687v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01316681v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01316662v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01316672v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Veschambre" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05025889v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04748186v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04916231v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04748177v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04748195v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04748205v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01988679v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122020v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03386071v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judicaelle Dietrich" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05281602v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05281584v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03386079v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05045717v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judica&#235;lle Dietrich" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Roche" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Zanetti" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04748164v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Cadiou" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Dolez" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Feildel" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Segas" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/parti.038.0007" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04452500v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tem.8627" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03377074v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/metropoles.7899" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03265428v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Chevalier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Duchene" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bagf.6745" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03377073v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1074943ar" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01988663v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/gc.6381" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01988681v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geocarrefour.11744" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01988665v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ag.723.0536" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01427600v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/espacepolitique.3960" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01316639v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Mallet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.16495" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01316532v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Nicolas" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/articulo.2464" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01316632v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lhs.193.0091" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01427608v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/esp.152.0181" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01427615v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/insitu.206" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01427623v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01427612v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/norois.3467" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01427618v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rge.3147" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01427634v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05435869v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Colin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04579099v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Dumont" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Groux Annette" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04748285v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04748302v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04748264v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04748275v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Vernette" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04748317v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04935606v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corine V&#233;drine" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04748239v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04167964v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Lecompte" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04748262v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04748247v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Duch&#234;ne" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04748249v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Mass&#233;" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabella Tomassi" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04748225v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03265435v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04748233v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Blot" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01988692v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04748234v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01988689v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01988687v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01316681v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01316662v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01316672v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Veschambre" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04748186v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04916231v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05025889v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04748177v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04748195v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04748205v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01988679v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122020v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03386071v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judicaelle Dietrich" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05281602v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05281584v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03386079v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05052499v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04594800v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien S&#233;gas" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01988684v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Ferrieux" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Morel Journel" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Gay" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geocarrefour.11289" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>