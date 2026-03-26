--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -106,295 +106,295 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spores of Clostridioides difficile are toxin delivery vehicles</w:t>
+                <w:t xml:space="preserve">A Streamlined Method to Obtain Biologically Active TcdA and TcdB Toxins from Clostridioides difficile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carolina Cassona</w:t>
+                <w:t xml:space="preserve">Diane Sapa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sara Ramalhete</w:t>
+                <w:t xml:space="preserve">Anaïs Brosse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Khira Amara</w:t>
+                <w:t xml:space="preserve">Héloïse Coullon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Gauthier Péan de Ponfilly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Thomas Candela</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Imad Kansau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communications Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 7 (1), pp.839. </w:t>
+              <w:t xml:space="preserve">Toxins</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 16 (1), pp 38. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s42003-024-06521-x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/toxins16010038⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04664956v1</w:t>
+                <w:t xml:space="preserve">hal-04417180v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Streamlined Method to Obtain Biologically Active TcdA and TcdB Toxins from Clostridioides difficile</w:t>
+                <w:t xml:space="preserve">Spores of Clostridioides difficile are toxin delivery vehicles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diane Sapa</w:t>
+                <w:t xml:space="preserve">Carolina Cassona</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anaïs Brosse</w:t>
+                <w:t xml:space="preserve">Sara Ramalhete</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Héloïse Coullon</w:t>
+                <w:t xml:space="preserve">Khira Amara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Candela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gauthier Péan de Ponfilly</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Thomas Candela</w:t>
+                <w:t xml:space="preserve">Imad Kansau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Toxins</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 16 (1), pp 38. </w:t>
+              <w:t xml:space="preserve">Communications Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 7 (1), pp.839. </w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/toxins16010038⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s42003-024-06521-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04417180v1</w:t>
+                <w:t xml:space="preserve">hal-04664956v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The absence of surface D-alanylation, localized on lipoteichoic acid, impacts the Clostridioides difficile way of life and antibiotic resistance</w:t>
               </w:r>
@@ -648,64 +648,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clostridioides difficile peptidoglycan modifications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Héloïse Coullon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Candela</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Current Opinion in Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 65, pp.156-161. </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
@@ -867,51 +867,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-03243540v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Human IgA binds a diverse array of commensal bacteria</w:t>
+                <w:t xml:space="preserve">Correction: Human IgA bind a diverse array of commensal bacteria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Sterlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jehane Fadlallah</w:t>
@@ -950,748 +950,748 @@
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Parizot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Experimental Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 217 (3), pp.e20181635. </w:t>
+              <w:t xml:space="preserve">, 2020, 217 (3), </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1084/jem.20181635⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1084/jem.2018163501152020c⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02433421v1</w:t>
+                <w:t xml:space="preserve">hal-03125222v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Correction: Human IgA bind a diverse array of commensal bacteria</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Christophe Parizot</w:t>
+                <w:t xml:space="preserve">AsnB is responsible for peptidoglycan precursor amidation in Clostridium difficile in the presence of vancomycin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fariza Ammam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Patin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Héloïse Coullon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Blanot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Experimental Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1084/jem.2018163501152020c⟩</w:t>
+              <w:t xml:space="preserve">Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, 166 (6), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1099/mic.0.000917⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03125222v1</w:t>
+                <w:t xml:space="preserve">hal-02571416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">AsnB is responsible for peptidoglycan precursor amidation in Clostridium difficile in the presence of vancomycin</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Peptidoglycan analysis reveals that synergistic deacetylase activity in vegetative Clostridium difficile impacts the host response</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Héloïse Coullon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Thierry Lambert</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Rifflet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Wheeler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Janoir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivo G Boneca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1099/mic.0.000917⟩</w:t>
+              <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 295 (49), pp.16785-16796. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1074/jbc.RA119.012442⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02571416v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03332384v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peptidoglycan analysis reveals that synergistic deacetylase activity in vegetative Clostridium difficile impacts the host response</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Ivo G Boneca</w:t>
+                <w:t xml:space="preserve">Human IgA binds a diverse array of commensal bacteria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Sterlin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jehane Fadlallah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivia Adams</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Fieschi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Parizot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 295 (49), pp.16785-16796. </w:t>
+              <w:t xml:space="preserve">Journal of Experimental Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 217 (3), pp.e20181635. </w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1074/jbc.RA119.012442⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1084/jem.20181635⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03332384v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02433421v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Ser/Thr kinase PrkC participates in cell wall homeostasis and antimicrobial resistance in Clostridium difficile</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Transito Garcia-Garcia</w:t>
+                <w:t xml:space="preserve">CalY is a major virulence factor and a biofilm matrix protein</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Candela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thibaut Douche</w:t>
+                <w:t xml:space="preserve">Annette Fagerlund</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Gorgette</w:t>
+                <w:t xml:space="preserve">Christophe Buisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Courtin</w:t>
+                <w:t xml:space="preserve">Nathalie Gilois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne‐brit Kolstø</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Infection and Immunity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/IAI.00005-19⟩</w:t>
+              <w:t xml:space="preserve">Molecular Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 111 (6), pp.1416-1429. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/mmi.14184⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-02164685v1</w:t>
+                <w:t xml:space="preserve">hal-02620254v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CalY is a major virulence factor and a biofilm matrix protein</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Annette Fagerlund</w:t>
+                <w:t xml:space="preserve">The Ser/Thr kinase PrkC participates in cell wall homeostasis and antimicrobial resistance in Clostridium difficile</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Cuenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Transito Garcia-Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Buisson</w:t>
+                <w:t xml:space="preserve">Thibaut Douche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Gilois</w:t>
+                <w:t xml:space="preserve">Olivier Gorgette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne‐brit Kolstø</w:t>
+                <w:t xml:space="preserve">Pascal Courtin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 111 (6), pp.1416-1429. </w:t>
+              <w:t xml:space="preserve">Infection and Immunity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 87 (8), pp.e00005-19. </w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/mmi.14184⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1128/IAI.00005-19⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02620254v2</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-02164685v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clostridium difficile forms variable biofilms on abiotic surface</w:t>
               </w:r>
@@ -1824,51 +1824,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Surfaceome and Proteosurfaceome in Parietal Monoderm Bacteria: Focus on Protein Cell-Surface Display</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Desvaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Candela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Serror</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1915,90 +1915,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N-Deacetylases required for muramic-δ-lactam production are involved in Clostridium difficile sporulation, germination, and heat resistance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Héloïse Coullon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Rifflet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Wheeler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Janoir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivo Gomperts Boneca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2183,51 +2183,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N-acetylglucosamine deacetylases modulate the anchoring of the gamma-glutamyl capsule to the cell wall of Bacillus anthracis.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Candela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stavroula Balomenou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2356,51 +2356,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregory Jouvion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Candela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Huot Khun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2503,51 +2503,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Ravaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Le Goffic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Candela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS Pathogens</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 3 (12), pp.e187. </w:t>
@@ -2585,51 +2585,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Poly-gamma-glutamate in bacteria.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Candela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Fouet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2676,51 +2676,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CapE, a 47-amino-acid peptide, is necessary for Bacillus anthracis polyglutamate capsule synthesis.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Candela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Mock</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2806,273 +2806,273 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le polysaccharide II est essentiel à la mise en place de la surface de C. difficile</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A new method to produce TcdA and TcdB toxins from Clostridioides difficile</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Léa Huet</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Martin-Verstraete</w:t>
+                <w:t xml:space="preserve">Afi Akofa Diane Sapa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Brosse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Héloïse Coullon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Gauthier Péan de Ponfilly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Thomas Candela</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bactéries sporulantes pathogènes ou d'intérêt technologique BSPIT</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">Réunion Réseau CD France #5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, RCDF, Jun 2023, Paris Institut Pasteur, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04341988v1</w:t>
+                <w:t xml:space="preserve">hal-04420506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new method to produce TcdA and TcdB toxins from Clostridioides difficile</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Le polysaccharide II est essentiel à la mise en place de la surface de C. difficile</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Malet-Villemagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Huet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Janoir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Afi Akofa Diane Sapa</w:t>
-[...45 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Isabelle Martin-Verstraete</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Candela</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Réunion Réseau CD France #5</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, RCDF, Jun 2023, Paris Institut Pasteur, France</w:t>
+              <w:t xml:space="preserve">Bactéries sporulantes pathogènes ou d'intérêt technologique BSPIT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04420506v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04341988v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La D-alanylation de la surface de Clostridioides difficile permet une résistance accrue aux antibiotiques</w:t>
               </w:r>
@@ -3084,64 +3084,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Alexandre Lacotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Denis‐quanquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Martin-Verstraete</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Candela</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SFM</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Montpelier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3166,90 +3166,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Altered spore cortex impairs virulence in &amp;lt;i&amp;gt;C. difficile&amp;lt;/i&amp;gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Héloïse Coullon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Rifflet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Wheeler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Janoir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivo Boneca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3291,90 +3291,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muramic-δ-lactams are involved in &amp;lt;i&amp;gt;C. difficile&amp;lt;/i&amp;gt; sporulation, germination and virulence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Héloïse Coullon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Rifflet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Wheeler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Janoir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivo Boneca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3487,64 +3487,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Evanno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Denis-Quanquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Janoir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Candela</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Clostpath 13</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2023, Banff (Alberta), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3569,103 +3569,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A new method for the production of TcdA and TcdB toxins from Clostridioides difficile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Afi Akofa Diane Sapa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Brosse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Héloïse Coullon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gauthier Péan de Ponfilly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Candela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Clostpath 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2023, Banff, Canada</w:t>
@@ -3720,64 +3720,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Alexandre Lacotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Denis-Quanquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Martin-Verstraete</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Candela</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Clostpath 13</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2023, Banff (Alberta), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3815,90 +3815,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A new method for the production of TcdA and TcdB toxins from Clostridioides difficile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alban Le Monnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Afi Akofa Diane Sapa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Brosse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gauthier Péan de Ponfilly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Candela</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECCMID</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2023, Copenhage, Denmark</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3923,64 +3923,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nouvelle méthode de production des toxines TcdA et TcdB de Clostridioides difficile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Afi Akofa Diane Sapa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Brosse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeanne Malet-Villemagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4048,103 +4048,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nouvelle méthode de production des toxines TcdA et TcdB de C. difficile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Afi Akofa Diane Sapa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Brosse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeanne Malet-Villemagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gauthier Péan de Ponfilly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Candela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MICROBES</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Montpellier, France</w:t>
@@ -4212,64 +4212,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Evanno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Denis‐quanquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Janoir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Candela</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Anaerobe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Seatle, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4463,51 +4463,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04664956v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Cassona" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Ramalhete" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khira Amara" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Candela" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imad Kansau" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-024-06521-x" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04417180v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Sapa" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Brosse" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lo&#239;se Coullon" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier P&#233;an de Ponfilly" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/toxins16010038" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04281897v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alexandre Lacotte" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Denis-Quanquin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Chatonnat" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Le Bris" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Leparfait" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2023.1267662" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04009559v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Malet-Villemagne" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liang Yucheng" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Evanno" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Emmanuel Hugonnet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/spectrum.04227-22" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03933803v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mib.2021.11.010" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03243540v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Transito Garcia-Garcia" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Poncet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Cuenot" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Douch&#233;" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Giai Gianetto" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mBio.00519-21" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02433421v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Sterlin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jehane Fadlallah" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Adams" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Fieschi" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Parizot" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1084/jem.20181635" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03125222v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1084/jem.2018163501152020c" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02571416v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fariza Ammam" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Patin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Blanot" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lambert" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/mic.0.000917" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03332384v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Rifflet" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Wheeler" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Janoir" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivo G Boneca" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.RA119.012442" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02164685v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Douche" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gorgette" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Courtin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/IAI.00005-19" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620254v2" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette Fagerlund" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Buisson" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Gilois" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne&#8208;brit Kolst&#248;" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mmi.14184" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02549240v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Pantaleon" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Monot" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Eckert" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Hoys" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Collignon" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anaerobe.2018.05.006" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01727158v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Desvaux" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Serror" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2018.00100" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04374612v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivo Gomperts Boneca" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.RA118.004273" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02639033v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Philibertine Soavelomandroso" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Bouttier" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Briandet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bryan Roxas" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0124971" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01119761v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stavroula Balomenou" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willy Aucher" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vassilis Bouriotis" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Simorre" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/mdr.2014.0063" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-00512101v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Piris-Gimenez" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Corre" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Jouvion" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huot Khun" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/644506" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-00317899v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Raymond" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Leduc" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Ravaux" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Le Goffic" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.0030187" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-00317429v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Fouet" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2958.2006.05179.x" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00082806v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Mock" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.187.22.7765-7772.2005" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04341988v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Huet" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Martin-Verstraete" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04420506v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Afi Akofa Diane Sapa" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04341953v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Denis&#8208;quanquin" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04341916v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivo Boneca" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04341951v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04342006v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04342523v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04342019v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336412v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Le Monnier" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336544v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Pean De Ponfilly" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336498v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04341931v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04417180v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Sapa" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Brosse" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lo&#239;se Coullon" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier P&#233;an de Ponfilly" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Candela" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/toxins16010038" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04664956v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Cassona" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Ramalhete" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khira Amara" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imad Kansau" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-024-06521-x" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04281897v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alexandre Lacotte" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Denis-Quanquin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Chatonnat" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Le Bris" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Leparfait" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2023.1267662" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04009559v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Malet-Villemagne" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liang Yucheng" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Evanno" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Emmanuel Hugonnet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/spectrum.04227-22" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03933803v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mib.2021.11.010" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03243540v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Transito Garcia-Garcia" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Poncet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Cuenot" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Douch&#233;" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Giai Gianetto" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mBio.00519-21" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03125222v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Sterlin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jehane Fadlallah" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Adams" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Fieschi" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Parizot" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1084/jem.2018163501152020c" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02571416v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fariza Ammam" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Patin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Blanot" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lambert" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/mic.0.000917" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03332384v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Rifflet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Wheeler" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Janoir" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivo G Boneca" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.RA119.012442" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02433421v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1084/jem.20181635" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620254v2" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette Fagerlund" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Buisson" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Gilois" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne&#8208;brit Kolst&#248;" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mmi.14184" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02164685v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Douche" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gorgette" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Courtin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/IAI.00005-19" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02549240v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Pantaleon" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Monot" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Eckert" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Hoys" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Collignon" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anaerobe.2018.05.006" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01727158v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Desvaux" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Serror" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2018.00100" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04374612v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivo Gomperts Boneca" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.RA118.004273" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02639033v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Philibertine Soavelomandroso" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Bouttier" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Briandet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bryan Roxas" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0124971" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01119761v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stavroula Balomenou" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willy Aucher" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vassilis Bouriotis" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Simorre" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/mdr.2014.0063" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-00512101v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Piris-Gimenez" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Corre" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Jouvion" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huot Khun" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/644506" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-00317899v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Raymond" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Leduc" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Ravaux" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Le Goffic" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.0030187" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-00317429v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Fouet" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2958.2006.05179.x" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00082806v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Mock" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.187.22.7765-7772.2005" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04420506v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Afi Akofa Diane Sapa" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04341988v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Huet" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Martin-Verstraete" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04341953v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Denis&#8208;quanquin" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04341916v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivo Boneca" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04341951v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04342006v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04342523v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04342019v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336412v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Le Monnier" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336544v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Pean De Ponfilly" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336498v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04341931v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>