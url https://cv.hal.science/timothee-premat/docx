--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -413,213 +413,213 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptations de la mélodie aux variations de longueur du vers aux XIIe et XIIIe siècles</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La musication dans les chansons d’Henry Fresneau, Grammaire d’association, paraphonologie et forme polyphonique au XVIe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Chouvion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothée Premat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sophie Chouvion</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axelle Verner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Anejos de Rythmica, revista espaõla de métrica comparada</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Textus &amp; Musica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Langues et musiques dans les corpus chantés du Moyen Âge et de la Renaissance, 3</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03317673v1</w:t>
+                <w:t xml:space="preserve">hal-03430688v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La musication dans les chansons d’Henry Fresneau, Grammaire d’association, paraphonologie et forme polyphonique au XVIe siècle</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Adaptations de la mélodie aux variations de longueur du vers aux XIIe et XIIIe siècles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timothée Premat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Chouvion</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Axelle Verner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Textus &amp; Musica</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Anejos de Rythmica, revista espaõla de métrica comparada</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Del ritmo en los refranes, cantinelas y fórmulas, VI, pp.243-270. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5944/rhythmica.32387⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03430688v1</w:t>
+                <w:t xml:space="preserve">halshs-03317673v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Voyelles finales et traits-φ à la rencontre des diasystèmes d'oïl, d'oc et du francoprovençal</w:t>
               </w:r>
@@ -745,51 +745,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothée Premat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Chouvion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axelle Verner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Michela Russo. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Emergence of Grammars. A Closer Look at Dialects between Phonology and Morphosyntax.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
@@ -1279,558 +1279,558 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Du discours à la machine, de la machine à la textualité. Dialogues et frictions entre Pêcheux et la textométrie</w:t>
+                <w:t xml:space="preserve">Discursive routines and speakers status in university councils' minutes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Virginie Lethier</w:t>
+                <w:t xml:space="preserve">Frédérique Sitri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilie Née</w:t>
+                <w:t xml:space="preserve">Cyrielle Montrichard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothée Premat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sascha Diwersy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international « Actualité de Michel Pêcheux »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université Paris Nanterre; Université Paris-Est Créteil, Feb 2025, Nanterre, France</w:t>
+              <w:t xml:space="preserve">Corpus Linguistics 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Birmingham, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05012022v1</w:t>
+                <w:t xml:space="preserve">hal-05384234v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Discursive routines and speakers status in university councils' minutes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
+                <w:t xml:space="preserve">Political dimension of councils’ minutes in small towns</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrielle Montrichard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Sitri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothée Premat</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sascha Diwersy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Corpus Linguistics 2025</w:t>
+              <w:t xml:space="preserve">Corpus Linguistics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Birmingham, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05384234v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05384239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Political dimension of councils’ minutes in small towns</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cyrielle Montrichard</w:t>
+                <w:t xml:space="preserve">Methodological Exploration of Pattern Mining to Identify Discursive Routines in Formal Records</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Dumoulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Frédérique Sitri</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timothée Premat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Timothée Premat</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sascha Diwersy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Corpus Linguistics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Birmingham, United Kingdom</w:t>
+              <w:t xml:space="preserve">Corpus Linguistics 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aston Univeristy, Jun 2025, Birmingham, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05384239v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05311380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Methodological Exploration of Pattern Mining to Identify Discursive Routines in Formal Records</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L'élision de JO dans le NCA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothée Premat</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sascha Diwersy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Corpus Linguistics 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aston Univeristy, Jun 2025, Birmingham, United Kingdom</w:t>
+              <w:t xml:space="preserve">Congrès de la Société Internationale de Diachronie du Français</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2025, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05311380v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05384248v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'élision de JO dans le NCA</w:t>
+                <w:t xml:space="preserve">Norme et aberration computationnelle : les finales Vschwa dans les vers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothée Premat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès de la Société Internationale de Diachronie du Français</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2025, Grenoble, France</w:t>
+              <w:t xml:space="preserve">Nouveaux regards sur la norme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Fribourg (CH), Suisse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05384248v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05384252v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Norme et aberration computationnelle : les finales Vschwa dans les vers</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Du discours à la machine, de la machine à la textualité. Dialogues et frictions entre Pêcheux et la textométrie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Lethier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Née</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothée Premat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nouveaux regards sur la norme</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Fribourg (CH), Suisse</w:t>
+              <w:t xml:space="preserve">Colloque international « Actualité de Michel Pêcheux »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Paris Nanterre; Université Paris-Est Créteil, Feb 2025, Nanterre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05384252v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05012022v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparalem, Outil pour une phonétique historique de corpus</w:t>
               </w:r>
@@ -1948,204 +1948,204 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04053198v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Voyelles finales et traits-phi à la rencontre des diasystèmes d'oïl, d'oc et du francoprovençal</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Henry Fresneau, polyphonie et musication : L'association de la musique et du texte chez un compositeur du XVIe s.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Chouvion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothée Premat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Michela Russo</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axelle Verner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d'étude Modélisation diasystémique et typologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2019, Paris, France</w:t>
+              <w:t xml:space="preserve">Congrès Philologie et musicologie, IVèmes rencontres franco-italiennes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Morimondo/Pavie, Italie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02320764v1</w:t>
+                <w:t xml:space="preserve">hal-02320763v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Henry Fresneau, polyphonie et musication : L'association de la musique et du texte chez un compositeur du XVIe s.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sophie Chouvion</w:t>
+                <w:t xml:space="preserve">Le PAM, un Programme d'Annotation Métrique pour le français médiéval</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enzo Poggio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothée Premat</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Axelle Verner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès Philologie et musicologie, IVèmes rencontres franco-italiennes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Morimondo/Pavie, Italie</w:t>
+              <w:t xml:space="preserve">Rencontres lyonnaises des jeunes chercheurs en linguistique historique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02320763v1</w:t>
+                <w:t xml:space="preserve">hal-02320760v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The “rolled” /R/ in French and some regional languages of France</w:t>
               </w:r>
@@ -2207,342 +2207,342 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02355438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le PAM, un Programme d'Annotation Métrique pour le français médiéval</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Enzo Poggio</w:t>
+                <w:t xml:space="preserve">Voyelles finales et traits-phi à la rencontre des diasystèmes d'oïl, d'oc et du francoprovençal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michela Russo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothée Premat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rencontres lyonnaises des jeunes chercheurs en linguistique historique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Lyon, France</w:t>
+              <w:t xml:space="preserve">Michela Russo (keynote speaker) invitée dans le cadre des Journées d’études "Modélisation diasystémique et typologie"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jean Léo Léonard (Sorbonne Université), Apr 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02320760v1</w:t>
+                <w:t xml:space="preserve">hal-02476807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Voyelles finales et traits-phi à la rencontre des diasystèmes d'oïl, d'oc et du francoprovençal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timothée Premat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michela Russo</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Timothée Premat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Michela Russo (keynote speaker) invitée dans le cadre des Journées d’études "Modélisation diasystémique et typologie"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jean Léo Léonard (Sorbonne Université), Apr 2019, Paris, France</w:t>
+              <w:t xml:space="preserve">Journée d'étude Modélisation diasystémique et typologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02476807v1</w:t>
+                <w:t xml:space="preserve">hal-02320764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Métrifier le chant, dérivations parallèles entre musique et texte chez les trouvères</w:t>
+                <w:t xml:space="preserve">Match it like a trouvere! Alignement of text and music prominences in the trouvères' writing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothée Premat</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Axelle Verner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d'étude ´Le linguiste musicien’</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Paris, France</w:t>
+              <w:t xml:space="preserve">The 2018 NordMetrik conference: Metrics and versification in poetry and song</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Stockholm, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02320817v1</w:t>
+                <w:t xml:space="preserve">hal-02320813v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Match it like a trouvere! Alignement of text and music prominences in the trouvères' writing</w:t>
+                <w:t xml:space="preserve">Métrifier le chant, dérivations parallèles entre musique et texte chez les trouvères</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothée Premat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axelle Verner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 2018 NordMetrik conference: Metrics and versification in poetry and song</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2018, Stockholm, Sweden</w:t>
+              <w:t xml:space="preserve">Journée d'étude ´Le linguiste musicien’</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02320813v1</w:t>
+                <w:t xml:space="preserve">hal-02320817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Approcher le vers médiéval en métrique (presque) générale, Structures, équivalence, mètre et rythme, textsetting</w:t>
               </w:r>
@@ -3138,51 +3138,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="2B5E486B"/>
+    <w:nsid w:val="98AC2FB0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3286,51 +3286,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="27E9865F"/>
+    <w:nsid w:val="C1792F3C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3520,51 +3520,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/timothee-premat" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5696-5221" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/220909326" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:timothee.premat.pro@gmail.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://phonodiachro.hypotheses.org" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://phonodiachro.hypotheses.org/cv-fr" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04574584v2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Premat" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2023COAZ2051" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03317673v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Chouvion" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5944/rhythmica.32387" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03430688v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Verner" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03188567v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michela Russo" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03353521v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://novapublishers.com/shop/the-emergence-of-grammars-a-closer-look-at-dialects-between-phonology-and-morphosyntax/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02320550v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enzo Poggio" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.3464477" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01904796v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Boula de Mare&#252;il" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/jep.2018-7" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02320578v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02317116v2" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Pinche" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Afra Pujol I Campeny" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iris Fabry" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prunelle Deleville" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.3462309" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05012022v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Lethier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie N&#233;e" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05384234v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Sitri" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Montrichard" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sascha Diwersy" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05384239v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05311380v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Dumoulin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05384248v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05384252v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04615505v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04053198v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02320764v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02320763v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02355438v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02320760v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02476807v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02320817v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02320813v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02320821v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02320822v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02320827v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02320828v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03171991v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03095798v2" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03116096v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/timothee-premat" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5696-5221" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/220909326" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:timothee.premat.pro@gmail.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://phonodiachro.hypotheses.org" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://phonodiachro.hypotheses.org/cv-fr" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04574584v2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Premat" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2023COAZ2051" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03430688v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Chouvion" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Verner" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03317673v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5944/rhythmica.32387" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03188567v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michela Russo" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03353521v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://novapublishers.com/shop/the-emergence-of-grammars-a-closer-look-at-dialects-between-phonology-and-morphosyntax/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02320550v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enzo Poggio" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.3464477" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01904796v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Boula de Mare&#252;il" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/jep.2018-7" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02320578v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02317116v2" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Pinche" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Afra Pujol I Campeny" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iris Fabry" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prunelle Deleville" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.3462309" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05384234v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Sitri" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Montrichard" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sascha Diwersy" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05384239v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05311380v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Dumoulin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05384248v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05384252v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05012022v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Lethier" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie N&#233;e" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04615505v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04053198v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02320763v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02320760v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02355438v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02476807v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02320764v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02320813v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02320817v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02320821v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02320822v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02320827v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02320828v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03171991v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03095798v2" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03116096v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>