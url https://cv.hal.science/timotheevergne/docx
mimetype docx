--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -66,9723 +66,9743 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (73)</w:t>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Selective culling and the potential persistence of lumpy skin disease in cattle herds: insights from a mechanistic transmission model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clara Delecroix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Beaunée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bertagnoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Lurier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brandon Hayes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05562573v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (72)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Intérêt épidémiologique des centres de soins de faune sauvage pour la surveillance de l'influenza aviaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorette Hivert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothée Vergne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Godard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Tissidre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Palumbo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Epidémiologie et Santé Animale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2026, 86 (14), 13p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (data paper)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05512354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effective mortality thresholds for reporting suspicion of highly pathogenic avian influenza in mule ducks</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Poultry farm density and proximity drive highly pathogenic avian influenza spread</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Guinat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecilia Valenzuela Agüí</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François-Xavier Briand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Debapriyo Chakraborty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisa Fourtune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Veterinary Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13567-025-01525-9⟩</w:t>
+              <w:t xml:space="preserve">Communications Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 8 (1), pp.1306. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s42003-025-08687-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05041165v1</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05244266v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Poultry farm density and proximity drive highly pathogenic avian influenza spread</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Promising Effects of Duck Vaccination against Highly Pathogenic Avian Influenza, France 2023–2024</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Guinat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lisa Fourtune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Lambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Gerbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communications Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s42003-025-08687-4⟩</w:t>
+              <w:t xml:space="preserve">Emerging Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 31 (7), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3201/eid3107.241445⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05244266v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05244269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Promising Effects of Duck Vaccination against Highly Pathogenic Avian Influenza, France 2023–2024</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Surveillance strategy in duck flocks vaccinated against highly pathogenic avian influenza virus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Planchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timothée Vergne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean‐Luc Guérin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Rautureau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Gerbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Emerging Infectious Diseases</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 31 (7), </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3201/eid3107.241445⟩</w:t>
+              <w:t xml:space="preserve">, 2025, 31 (1), pp.115-122. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3201/eid3101.241140⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05244269v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04889291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surveillance strategy in duck flocks vaccinated against highly pathogenic avian influenza virus</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Gerbier</w:t>
+                <w:t xml:space="preserve">SVEPM 2024, the annual conference of the Society for Veterinary Epidemiology and Preventive Medicine, Uppsala, Sweden</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fernanda C. Dórea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carla Correia-Gomes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luís Pedro Carmo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Egil A.J. Fischer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Locksley Messam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Emerging Infectious Diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3201/eid3101.241140⟩</w:t>
+              <w:t xml:space="preserve">Preventive Veterinary Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 237, pp.106458. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.prevetmed.2025.106458⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04889291v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05209510v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatial risk modelling of highly pathogenic avian influenza in France: Fattening duck farm activity matters</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Optimizing contact tracing for avian influenza in poultry flocks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Lambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lisa Fourtune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Axelle Scoizec</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter H. F. Hobbelen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Baca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José L. Gonzales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0316248⟩</w:t>
+              <w:t xml:space="preserve">Journal of the Royal Society Interface</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 22 (222), pp.20240523. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1098/rsif.2024.0523⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">anses-04960000v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04889224v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SVEPM 2024, the annual conference of the Society for Veterinary Epidemiology and Preventive Medicine, Uppsala, Sweden</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Locksley Messam</w:t>
+                <w:t xml:space="preserve">Spatial risk modelling of highly pathogenic avian influenza in France: Fattening duck farm activity matters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Artois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timothée Vergne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisa Fourtune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Dellicour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axelle Scoizec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Preventive Veterinary Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.prevetmed.2025.106458⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 20 (2), pp.e0316248. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0316248⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05209510v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">anses-04960000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimizing contact tracing for avian influenza in poultry flocks</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">José L. Gonzales</w:t>
+                <w:t xml:space="preserve">Carp edema virus surveillance in the koi trade: early detection through shipping environment sampling and longitudinal monitoring of CEV outbreaks in a wholesaler facility</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Montacq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Baud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Giummarra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Doriana Flores</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurane Pallandre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Royal Society Interface</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1098/rsif.2024.0523⟩</w:t>
+              <w:t xml:space="preserve">Veterinary Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 56 (1), pp.48. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13567-025-01476-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04889224v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04977829v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carp edema virus surveillance in the koi trade: early detection through shipping environment sampling and longitudinal monitoring of CEV outbreaks in a wholesaler facility</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Effective mortality thresholds for reporting suspicion of highly pathogenic avian influenza in mule ducks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Lambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Godard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timothée Vergne</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Veterinary Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 56 (1), pp.48. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13567-025-01476-1⟩</w:t>
+              <w:t xml:space="preserve">, 2025, 56 (1), pp.85. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13567-025-01525-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04977829v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05041165v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elucidating the influence of wild boar density on African swine fever spread in wild boar populations, Italy, 2022–2023</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Public debate on bovine tuberculosis eradication: Topics and metaphors in the trans-Pyrenees region (Spain and France) 2018–2020</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlota M Moragas-Fernández</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arantxa Capdevila</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ciaravino Giovanna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josep Espluga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothée Vergne</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EFSA Supporting Publications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2903/sp.efsa.2024.en-9049⟩</w:t>
+              <w:t xml:space="preserve">Journal of Rural Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 108, pp.103280. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jrurstud.2024.103280⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04912032v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04908641v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A spatially-heterogeneous impact of fencing on the African swine fever wavefront in the Korean wild boar population</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jun-Sik Lim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothée Vergne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eutteum Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Guinat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Dellicour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Veterinary Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 55 (1), pp.163. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1186/s13567-024-01422-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04853938v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Public debate on bovine tuberculosis eradication: Topics and metaphors in the trans-Pyrenees region (Spain and France) 2018–2020</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Highly pathogenic avian influenza management policy in domestic poultry: from reacting to preventing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothée Vergne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Paul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Guinat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mattias Delpont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brandon Hayes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Rural Studies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jrurstud.2024.103280⟩</w:t>
+              <w:t xml:space="preserve">Eurosurveillance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 29 (42), pp.2400266. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2807/1560-7917.ES.2024.29.42.2400266⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04908641v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04745867v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Highly pathogenic avian influenza management policy in domestic poultry: from reacting to preventing</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Brandon Hayes</w:t>
+                <w:t xml:space="preserve">Needs and capabilities for improving poultry production and health management in Indonesia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorraine Chapot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rebecca Hibbard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kurnia Bagus Ariyanto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kusnul Yuli Maulana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Havan Yusuf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eurosurveillance</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2807/1560-7917.ES.2024.29.42.2400266⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 19 (8), pp.e0308379. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0308379⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04745867v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04889378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Needs and capabilities for improving poultry production and health management in Indonesia</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Elucidating the influence of wild boar density on African swine fever spread in wild boar populations, Italy, 2022–2023</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B H Hayes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J S Lim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Andraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timothée Vergne</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0308379⟩</w:t>
+              <w:t xml:space="preserve">EFSA Supporting Publications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 21 (11), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2903/sp.efsa.2024.en-9049⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04889378v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04912032v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A systematic review of mechanistic models used to study avian influenza virus transmission and control</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">SVEPM 2022, the annual conference of the Society for Veterinary Epidemiology and Preventive Medicine: A joyful hybrid meeting after two years online</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fernanda C. Dórea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothée Vergne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carla Correia-Gomes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luís Pedro Carmo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Egil A.J. Fischer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Veterinary Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13567-023-01219-0⟩</w:t>
+              <w:t xml:space="preserve">Preventive Veterinary Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 215, pp.105927. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.prevetmed.2023.105927⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-03997785v2</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04091011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improving the communication between farmers and veterinarians to enhance the acceptability of bovine tuberculosis eradication programmes</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mathematical modeling at the livestock-wildlife interface: scoping review of drivers of disease transmission between species</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vanessa Freixa</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Brandon H. Hayes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timothée Vergne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Andraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Rose</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Preventive Veterinary Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.prevetmed.2023.106046⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Veterinary Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 10, pp.1225446. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fvets.2023.1225446⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04321194v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04223851v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SVEPM 2022, the annual conference of the Society for Veterinary Epidemiology and Preventive Medicine: A joyful hybrid meeting after two years online</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Optimizing environmental viral surveillance: bovine serum albumin increases RT-qPCR sensitivity for high pathogenicity avian influenza H5Nx virus detection from dust samples</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bessière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brandon Hayes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Filaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Lèbre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothée Vergne</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Egil A.J. Fischer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Preventive Veterinary Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.prevetmed.2023.105927⟩</w:t>
+              <w:t xml:space="preserve">Microbiology Spectrum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, 11 (6), pp.e03055-23. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/spectrum.03055-23⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04091011v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04335181v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathematical modeling at the livestock-wildlife interface: scoping review of drivers of disease transmission between species</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Three Years of African Swine Fever in South Korea (2019–2021): A Scoping Review of Epidemiological Understanding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jun-Sik Lim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Andraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eutteum Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothée Vergne</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Rose</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Veterinary Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fvets.2023.1225446⟩</w:t>
+              <w:t xml:space="preserve">Transboundary and emerging diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 2023, pp.4686980. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1155/2023/4686980⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04223851v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04055541v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimizing environmental viral surveillance: bovine serum albumin increases RT-qPCR sensitivity for high pathogenicity avian influenza H5Nx virus detection from dust samples</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Fabien Filaire</w:t>
+                <w:t xml:space="preserve">Estimer la date de première infection par l'influenza aviaire hautement pathogène chez les volailles pour optimiser les enquêtes épidémiologiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Lambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter H. F. Hobbelen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisa Fourtune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Baca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laetitia Lèbre</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Timothée Vergne</w:t>
+                <w:t xml:space="preserve">Jose Gonzales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microbiology Spectrum</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Epidémiologie et Santé Animale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 81, pp.11-21</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04335181v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04745965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimer la date de première infection par l'influenza aviaire hautement pathogène chez les volailles pour optimiser les enquêtes épidémiologiques</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Julie Baca</w:t>
+                <w:t xml:space="preserve">A qualitative analysis of health information-sharing networks in the Indonesian poultry sector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Chapot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jose Gonzales</w:t>
+                <w:t xml:space="preserve">R. Hibbard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K.B. Ariyanto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K.Y. Maulana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Yusuf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Epidémiologie et Santé Animale</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Preventive Veterinary Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 219, pp.106003. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.prevetmed.2023.106003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04745965v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04204060v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A qualitative analysis of health information-sharing networks in the Indonesian poultry sector</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">H. Yusuf</w:t>
+                <w:t xml:space="preserve">“It’s a habit. They’ve been doing it for decades and they feel good and safe.”: A qualitative study of barriers and opportunities to changing antimicrobial use in the Indonesian poultry sector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rebecca Hibbard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorraine Chapot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Havan Yusuf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kurnia Bagus Ariyanto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kusnul Yuli Maulana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Preventive Veterinary Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.prevetmed.2023.106003⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 18 (9), pp.e0291556. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0291556⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04204060v1</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04223728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Three Years of African Swine Fever in South Korea (2019–2021): A Scoping Review of Epidemiological Understanding</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Validation of an RNAscope assay for the detection of avian influenza A virus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Gaide</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuela Crispo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adam Jbenyeni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Bleuart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxence Delverdier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transboundary and emerging diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1155/2023/4686980⟩</w:t>
+              <w:t xml:space="preserve">Journal of Veterinary Diagnostic Investigation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 35 (5), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/10406387231182385⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04055541v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04144666v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">“It’s a habit. They’ve been doing it for decades and they feel good and safe.”: A qualitative study of barriers and opportunities to changing antimicrobial use in the Indonesian poultry sector</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Kusnul Yuli Maulana</w:t>
+                <w:t xml:space="preserve">Impact of palmiped farm density on the resilience of the poultry sector to highly pathogenic avian influenza H5N8 in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Billy Bauzile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Lambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Rautureau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisa Fourtune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0291556⟩</w:t>
+              <w:t xml:space="preserve">Veterinary Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 54, pp.56. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13567-023-01183-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04223728v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04183713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Validation of an RNAscope assay for the detection of avian influenza A virus</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Maxence Delverdier</w:t>
+                <w:t xml:space="preserve">Improving the communication between farmers and veterinarians to enhance the acceptability of bovine tuberculosis eradication programmes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giovanna Ciaravino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josep Espluga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlota Moragas-Fernández</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arantxa Capdevila</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Freixa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Veterinary Diagnostic Investigation</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Preventive Veterinary Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 220, pp.106046. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.prevetmed.2023.106046⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1177/10406387231182385⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04144666v1</w:t>
+                <w:t xml:space="preserve">hal-04321194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of palmiped farm density on the resilience of the poultry sector to highly pathogenic avian influenza H5N8 in France</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId84" w:history="1">
+                <w:t xml:space="preserve">A systematic review of mechanistic models used to study avian influenza virus transmission and control</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Lambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Billy Bauzile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Mugnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Lisa Fourtune</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timothée Vergne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Veterinary Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 54, pp.56. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13567-023-01183-9⟩</w:t>
+              <w:t xml:space="preserve">, 2023, 54, pp.96. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13567-023-01219-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04183713v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03997785v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phylodynamic analysis of the highly pathogenic avian influenza H5N8 epidemic in France, 2016–2017</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Highly Pathogenic Avian Influenza A(H5N8) Clade 2.3.4.4b Virus in Dust Samples from Poultry Farms, France, 2021</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu Andraud</w:t>
+                <w:t xml:space="preserve">Fabien Filaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Lebre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Foret-Lucas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timothée Vergne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transboundary and emerging diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/tbed.14490⟩</w:t>
+              <w:t xml:space="preserve">Emerging Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 28 (7), pp.1446-1450. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3201/eid2807.212247⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">anses-03659141v1</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03750755v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Highly Pathogenic Avian Influenza A(H5N8) Clade 2.3.4.4b Virus in Dust Samples from Poultry Farms, France, 2021</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Charlotte Foret-Lucas</w:t>
+                <w:t xml:space="preserve">The African swine fever modelling challenge: Model comparison and lessons learnt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Ezanno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Picault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Servane Bareille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Timothée Vergne</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Patrick Daniel</w:t>
+                <w:t xml:space="preserve">Gaël Beaunée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gert Jan Boender</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Emerging Infectious Diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3201/eid2807.212247⟩</w:t>
+              <w:t xml:space="preserve">Epidemics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 40, pp.100615. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.epidem.2022.100615⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03750755v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03765381v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The African swine fever modelling challenge: Model comparison and lessons learnt</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Gert Jan Boender</w:t>
+                <w:t xml:space="preserve">Phylodynamic analysis of the highly pathogenic avian influenza H5N8 epidemic in France, 2016–2017</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Debapriyo Chakraborty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Guinat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicola F. Müller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois-Xavier Briand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Andraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Epidemics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.epidem.2022.100615⟩</w:t>
+              <w:t xml:space="preserve">Transboundary and emerging diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 69 (5), pp.e1574-e1583. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/tbed.14490⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03765381v1</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">anses-03659141v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SARS-CoV-2 Infection in Companion Animals: Prospective Serological Survey and Risk Factor Analysis in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bessière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothée Vergne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matéo Battini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessie Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Averso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Viruses</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 14 (6), pp.1178. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/v14061178⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04008876v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling African swine fever virus spread in pigs using time‐respective network data: Scientific support for decision makers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Andraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pachka Hammami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brandon Hastings Hayes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jason A. Galvis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothée Vergne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Transboundary and emerging diseases</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 69 (5), pp.e2132-e2144. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/tbed.14550⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">anses-03888302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two major epidemics of highly pathogenic avian influenza virus H5N8 and H5N1 in domestic poultry in France, 2020–2022</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The African swine fever modelling challenge: Objectives, model description and synthetic data generation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Picault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timothée Vergne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Mancini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Servane Bareille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Ezanno</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transboundary and emerging diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/tbed.14722⟩</w:t>
+              <w:t xml:space="preserve">Epidemics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 40, pp.100616. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.epidem.2022.100616⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">anses-03926786v1</w:t>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03739528v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apport de la modélisation épidémiologique à la santé animale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Ezanno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandie Arnoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gael Beaunée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Cecilia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lina Cristancho Fajardo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Epidémiologie et Santé Animale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, Journées Scientifiques de l'Association pour l'Etude de l'Epidémiologie des Maladies Animales (AEEMA), 80, pp.37-56</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04483137v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The African swine fever modelling challenge: Objectives, model description and synthetic data generation</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Two major epidemics of highly pathogenic avian influenza virus H5N8 and H5N1 in domestic poultry in France, 2020–2022</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Lambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Andraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roxane Delacourt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axelle Scoizec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Epidemics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.epidem.2022.100616⟩</w:t>
+              <w:t xml:space="preserve">Transboundary and emerging diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 69 (6), pp.3160-3166. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/tbed.14722⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03739528v1</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">anses-03926786v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pathobiology of highly pathogenic H5 avian influenza viruses in naturally infected Galliformes and Anseriformes in France during winter 2015–2016</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Kim M. Bouwman</w:t>
+                <w:t xml:space="preserve">Unravelling direct and indirect contact patterns between duck farms in France and their association with the 2016–2017 epidemic of Highly Pathogenic Avian Influenza (H5N8)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Billy Bauzile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Sicard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Guinat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Andraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Rose</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Veterinary Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Preventive Veterinary Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 198, pp.105548. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.prevetmed.2021.105548⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s13567-022-01028-x⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04008921v1</w:t>
+                <w:t xml:space="preserve">anses-03659158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unravelling direct and indirect contact patterns between duck farms in France and their association with the 2016–2017 epidemic of Highly Pathogenic Avian Influenza (H5N8)</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Rose</w:t>
+                <w:t xml:space="preserve">SVEPM 2021 – Research sharing and networking in times of pandemic: The online Annual Conference of the Society for Veterinary Epidemiology and Preventive Medicine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fernanda Dórea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timothée Vergne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gerdien van Schaik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Barrett</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luís Pedro Carmo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Preventive Veterinary Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 198, pp.105548. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2022, 202, pp.105611. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.prevetmed.2022.105611⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.prevetmed.2021.105548⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">anses-03659158v1</w:t>
+                <w:t xml:space="preserve">hal-04014775v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SVEPM 2021 – Research sharing and networking in times of pandemic: The online Annual Conference of the Society for Veterinary Epidemiology and Preventive Medicine</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Luís Pedro Carmo</w:t>
+                <w:t xml:space="preserve">Pathobiology of highly pathogenic H5 avian influenza viruses in naturally infected Galliformes and Anseriformes in France during winter 2015–2016</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Gaide</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Noëlle Lucas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mattias Delpont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Croville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kim M. Bouwman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Preventive Veterinary Medicine</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Veterinary Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 53, pp.11. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13567-022-01028-x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.prevetmed.2022.105611⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04014775v1</w:t>
+                <w:t xml:space="preserve">hal-04008921v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exposure assessment for avian influenza and Newcastle disease viruses from peridomestic wild birds in a conservation breeding site in the United Arab Emirates</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Mechanistic modelling of African swine fever: A systematic review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brandon Hayes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Andraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis G. Salazar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Rose</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothée Vergne</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transboundary and emerging diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/tbed.14253⟩</w:t>
+              <w:t xml:space="preserve">Preventive Veterinary Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 191, pp.105358. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.prevetmed.2021.105358⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-03335403v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03475391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Risk of Anticoagulant Rodenticide Exposure for Mammals and Birds in Parc National des Pyrénées, France</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marie Lestrade</w:t>
+                <w:t xml:space="preserve">Modelling the Spatial Distribution of ASF-Positive Wild Boar Carcasses in South Korea Using 2019–2020 National Surveillance Data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jun-Sik Lim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timothée Vergne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Lafitte</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Son-Il Pak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eutteum Kim</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of wildlife diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.7589/JWD-D-20-00125⟩</w:t>
+              <w:t xml:space="preserve">Animals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (5), pp.1208. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ani11051208⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03326617v1</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03287055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimizing the early detection of low pathogenic avian influenza H7N9 virus in live bird markets</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Claire Guinat</w:t>
+                <w:t xml:space="preserve">Viral tropism and detection of clade 2.3.4.4b H5N8 highly pathogenic avian influenza viruses in feathers of ducks and geese</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Gaide</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Foret-Lucas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Figueroa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timothée Vergne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damian Tago</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Ramsès Djidjou-Demasse</w:t>
+                <w:t xml:space="preserve">Marie-Noêlle Lucas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Royal Society Interface</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1098/rsif.2021.0074⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (1), pp.5928. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-021-85109-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03285866v1</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03194244v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Newcastle disease virus transmission dynamics in wild peridomestic birds in the United Arab Emirates</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Julien Hirschinger</w:t>
+                <w:t xml:space="preserve">Combining Analytical Approaches and Multiple Sources of Information to Improve Interpretation of Diagnostic Test Results for Tuberculosis in Wild Meerkats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stuart J Patterson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlene Clarke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucile Marescot</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jean-Luc Guerin</w:t>
+                <w:t xml:space="preserve">Tim H Clutton-Brock</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Le Loc’h</w:t>
+                <w:t xml:space="preserve">Sven D C Parsons</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dirk U. Pfeiffer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-020-79184-3⟩</w:t>
+              <w:t xml:space="preserve">Animals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (12), pp.3453. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ani11123453⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03207093v1</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03754071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Viral tropism and detection of clade 2.3.4.4b H5N8 highly pathogenic avian influenza viruses in feathers of ducks and geese</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Exposure assessment for avian influenza and Newcastle disease viruses from peridomestic wild birds in a conservation breeding site in the United Arab Emirates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Hirschinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothée Vergne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marie-Noêlle Lucas</w:t>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tifenn Corre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Hingrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Guerin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-021-85109-5⟩</w:t>
+              <w:t xml:space="preserve">Transboundary and emerging diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/tbed.14253⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03194244v1</w:t>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03335403v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combining Analytical Approaches and Multiple Sources of Information to Improve Interpretation of Diagnostic Test Results for Tuberculosis in Wild Meerkats</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Tim H Clutton-Brock</w:t>
+                <w:t xml:space="preserve">Optimizing the early detection of low pathogenic avian influenza H7N9 virus in live bird markets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Guinat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sven D C Parsons</w:t>
+                <w:t xml:space="preserve">Damian Tago</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tifenn Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dirk U. Pfeiffer</w:t>
+                <w:t xml:space="preserve">Christian Selinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ramsès Djidjou-Demasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animals</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ani11123453⟩</w:t>
+              <w:t xml:space="preserve">Journal of the Royal Society Interface</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 18 (178), pp.20210074. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1098/rsif.2021.0074⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03754071v1</w:t>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03285866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling the Spatial Distribution of ASF-Positive Wild Boar Carcasses in South Korea Using 2019–2020 National Surveillance Data</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Newcastle disease virus transmission dynamics in wild peridomestic birds in the United Arab Emirates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Hirschinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile Marescot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Hingrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Guerin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Le Loc’h</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animals</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ani11051208⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11, pp.3491. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-020-79184-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03287055v1</w:t>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03207093v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanistic modelling of African swine fever: A systematic review</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Risk of Anticoagulant Rodenticide Exposure for Mammals and Birds in Parc National des Pyrénées, France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Lestrade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Lafitte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothée Vergne</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Guinat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Berny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Preventive Veterinary Medicine</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of wildlife diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 57 (3), pp.637-642. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7589/JWD-D-20-00125⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.prevetmed.2021.105358⟩</w:t>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">hal-03475391v1</w:t>
+                <w:t xml:space="preserve">hal-03326617v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Revue des facteurs de risque spatialisés de transmission du virus de l’influenza aviaire hautement pathogène H5N8 en France en 2016-2017</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Guinat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marius Gilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Bronner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tifenn Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin Epidémiologique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 92, pp.3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03335797v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inferring within‐flock transmission dynamics of highly pathogenic avian influenza H5N8 virus in France, 2020</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothée Vergne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Gubbins</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Guinat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Billy Bauzile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mattias Delpont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Transboundary and emerging diseases</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 68 (6), pp.3151-3155. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/tbed.14202⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03479732v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanical transmission of African swine fever virus by Stomoxys calcitrans : Insights from a mechanistic model</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId221" w:history="1">
+                <w:t xml:space="preserve">An expert opinion assessment of blood‐feeding arthropods based on their capacity to transmit African swine fever virus in Metropolitan France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Saegerman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Bouhsira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nick de Regge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marc Desquesnes</w:t>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johanna Fite</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Transboundary and emerging diseases</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 68 (3), pp.1541-1549. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2021, 68 (3), pp.1190-1204. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/tbed.13769⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/tbed.13824⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02958879v1</w:t>
+                <w:t xml:space="preserve">hal-02934678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An expert opinion assessment of blood‐feeding arthropods based on their capacity to transmit African swine fever virus in Metropolitan France</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Mechanical transmission of African swine fever virus by Stomoxys calcitrans : Insights from a mechanistic model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timothée Vergne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Andraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claude Saegerman</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Sarah Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nick de Regge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Johanna Fite</w:t>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Desquesnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Transboundary and emerging diseases</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 68 (3), pp.1190-1204. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/tbed.13769⟩</w:t>
+              <w:t xml:space="preserve">, 2021, 68 (3), pp.1541-1549. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/tbed.13824⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02934678v1</w:t>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02958879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">What can phylodynamics bring to animal health research?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Guinat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothee Vergne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Kocher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Debapryio Chakraborty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde C. Paul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Trends in Ecology &amp; Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 36 (9), pp.837-847. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.tree.2021.04.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03327681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Risk of Anticoagulant Rodenticide Exposure for Mammals and Birds in Parc National des Pyrénées, France</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Lafitte</w:t>
+                <w:t xml:space="preserve">Putative Role of Arthropod Vectors in African Swine Fever Virus Transmission in Relation to Their Bio-Ecological Properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Bouhsira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nick de Regge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johanna Fite</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Etore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of wildlife diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.7589/JWD-D-20-00125⟩</w:t>
+              <w:t xml:space="preserve">Viruses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 12 (7), pp.778. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/v12070778⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-03719666v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">anses-02902933v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Undetected Circulation of African Swine Fever in Wild Boar, Asia</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Role of Live-Duck Movement Networks in Transmission of Avian Influenza, France, 2016–2017</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Guinat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId238" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">A Brun</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timothee Vergne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tifenn Corre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Rautureau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Emerging Infectious Diseases</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 26 (10), pp.2480-2482. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3201/eid2610.200608⟩</w:t>
+              <w:t xml:space="preserve">, 2020, 26 (3), pp.472-480. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3201/eid2603.190412⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03285806v1</w:t>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03207007v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Role of Live-Duck Movement Networks in Transmission of Avian Influenza, France, 2016–2017</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Séverine Rautureau</w:t>
+                <w:t xml:space="preserve">Transmission of highly pathogenic avian influenza in the nomadic free- grazing duck production system in Viet Nam</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katriina Willgert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dinh Xuan Tung</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nhu Van Thu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pham Thanh Long</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Emerging Infectious Diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3201/eid2603.190412⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10, pp.8432. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-020-65413-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03207007v1</w:t>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02929113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Putative Role of Arthropod Vectors in African Swine Fever Virus Transmission in Relation to Their Bio-Ecological Properties</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Florence Etore</w:t>
+                <w:t xml:space="preserve">Exposure to and Circulation of Avian Influenza and Newcastle Disease Viruses in Peridomestic Wild Birds in the United Arab Emirates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Hirschinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mar Carrasco Munoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Hingrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timothee Vergne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Guerin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Viruses</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/v12070778⟩</w:t>
+              <w:t xml:space="preserve">Journal of wildlife diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 56 (2), pp.437-442. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7589/2019-06-164⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">anses-02902933v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03214098v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transmission of highly pathogenic avian influenza in the nomadic free- grazing duck production system in Viet Nam</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Pham Thanh Long</w:t>
+                <w:t xml:space="preserve">Undetected Circulation of African Swine Fever in Wild Boar, Asia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timothée Vergne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Guinat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dirk Pfeiffer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Gutiérrez Adán</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-020-65413-2⟩</w:t>
+              <w:t xml:space="preserve">Emerging Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 26 (10), pp.2480-2482. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3201/eid2610.200608⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02929113v1</w:t>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03285806v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exposure to and Circulation of Avian Influenza and Newcastle Disease Viruses in Peridomestic Wild Birds in the United Arab Emirates</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jean-Luc Guerin</w:t>
+                <w:t xml:space="preserve">Optimising the detectability of H5N1 and H5N6 highly pathogenic avian influenza viruses in Vietnamese live-bird markets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timothée Vergne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pham Thanh Long</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Doaa A Elkholly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ken Inui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of wildlife diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.7589/2019-06-164⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9, pp.1031. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-018-37616-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03214098v1</w:t>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02015653v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Editorial: Epidemiology of Avian Influenza Viruses</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Impact of Imperfect Disease Detection on the Identification of Risk Factors in Veterinary Epidemiology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisa Combelles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Corbiere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Calavas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Bronner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viviane Hénaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Veterinary Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 6, pp.150. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fvets.2019.00150⟩</w:t>
+              <w:t xml:space="preserve">, 2019, 6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fvets.2019.00066⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId257" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03205163v1</w:t>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03199932v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimising the detectability of H5N1 and H5N6 highly pathogenic avian influenza viruses in Vietnamese live-bird markets</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Editorial: Epidemiology of Avian Influenza Viruses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Paul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothée Vergne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId249" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paolo Mulatti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thanawat Tiensin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irene Iglesias</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-018-37616-1⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Veterinary Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 6, pp.150. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fvets.2019.00150⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId262" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02015653v1</w:t>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03205163v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of Imperfect Disease Detection on the Identification of Risk Factors in Veterinary Epidemiology</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Viviane Hénaux</w:t>
+                <w:t xml:space="preserve">Comparative Epidemiology of Highly Pathogenic Avian Influenza Virus H5N1 and H5N6 in Vietnamese Live Bird Markets: Spatiotemporal Patterns of Distribution and Risk Factors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kate C Mellor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Doaa A Elkholly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pham T Long</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Fournié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Veterinary Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 6, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fvets.2019.00066⟩</w:t>
+              <w:t xml:space="preserve">, 2018, 5, pp.51. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fvets.2018.00051⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId266" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03199932v1</w:t>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01957306v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative Epidemiology of Highly Pathogenic Avian Influenza Virus H5N1 and H5N6 in Vietnamese Live Bird Markets: Spatiotemporal Patterns of Distribution and Risk Factors</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Fournié</w:t>
+                <w:t xml:space="preserve">Quantitative Outcomes of a One Health approach to Study Global Health Challenges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura C. Falzon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabel Lechner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilias Chantziaras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Collineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Courcoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Veterinary Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fvets.2018.00051⟩</w:t>
+              <w:t xml:space="preserve">EcoHealth</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 15 (1), pp.209-227. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10393-017-1310-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId272" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01957306v1</w:t>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02621263v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantitative Outcomes of a One Health approach to Study Global Health Challenges</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Courcoul</w:t>
+                <w:t xml:space="preserve">Trade patterns facilitating highly pathogenic avian influenza virus dissemination in the free-grazing layer duck system in Vietnam</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Dinh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Han</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Do</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Nhu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EcoHealth</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10393-017-1310-5⟩</w:t>
+              <w:t xml:space="preserve">Transboundary and emerging diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 65 (2), pp.408-419. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/tbed.12697⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId277" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02621263v1</w:t>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02872328v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trade patterns facilitating highly pathogenic avian influenza virus dissemination in the free-grazing layer duck system in Vietnam</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">T. Nhu</w:t>
+                <w:t xml:space="preserve">Spatio-temporal patterns of highly pathogenic avian influenza virus subtype H5N8 spread, France, 2016 to 2017</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Guinat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaelle Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timothée Vergne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Bronner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transboundary and emerging diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/tbed.12697⟩</w:t>
+              <w:t xml:space="preserve">Eurosurveillance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 23 (26), pp.2-11. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2807/1560-7917.ES.2018.23.26.1700791⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId284" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02872328v1</w:t>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02621576v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatio-temporal patterns of highly pathogenic avian influenza virus subtype H5N8 spread, France, 2016 to 2017</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Effectiveness and practicality of control strategies for African swine fever: what do we really know?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Guinat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId292" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Benoit Durand</w:t>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Vergne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Jurado-Diaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Sánchez-Vizcaíno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Linda Dixon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eurosurveillance</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2807/1560-7917.ES.2018.23.26.1700791⟩</w:t>
+              <w:t xml:space="preserve">Veterinary Record</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 180 (4), pp.97-97. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1136/vr.103992⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId291" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02621576v1</w:t>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04186504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effectiveness and practicality of control strategies for African swine fever: what do we really know?</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Linda Dixon</w:t>
+                <w:t xml:space="preserve">Movement and contact patterns of long-distance free-grazing ducks and avian influenza persistence in Vietnam</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tung Xuan Dinh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thu van Nhu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Long Thanh Pham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Scott Newman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Veterinary Record</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1136/vr.103992⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 12 (6), pp.e0178241. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0178241⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId294" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04186504v1</w:t>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02013531v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Movement and contact patterns of long-distance free-grazing ducks and avian influenza persistence in Vietnam</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Scott Newman</w:t>
+                <w:t xml:space="preserve">Quantitative Assessment of the Risk of Release of Foot-and-Mouth Disease Virus via Export of Bull Semen from Israel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Zamir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Ben Yair Gilboa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Gelman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. U Pfeiffer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0178241⟩</w:t>
+              <w:t xml:space="preserve">Risk Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 37 (12), pp.2350-2359. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/risa.12799⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId300" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02013531v1</w:t>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02013543v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantitative Assessment of the Risk of Release of Foot-and-Mouth Disease Virus via Export of Bull Semen from Israel</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">D. U Pfeiffer</w:t>
+                <w:t xml:space="preserve">Attitudes and Beliefs of Pig Farmers and Wild Boar Hunters Towards Reporting of African Swine Fever in Bulgaria, Germany and the Western Part of the Russian Federation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Vergne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Guinat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Petkova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Gogin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Kolbasov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Risk Analysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/risa.12799⟩</w:t>
+              <w:t xml:space="preserve">Transboundary and Emerging Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 63 (2), pp.e194-e204. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/tbed.12254⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId306" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02013543v1</w:t>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04749535v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental pig-to-pig transmission dynamics for African swine fever virus, Georgia 2007/1 strain</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId295" w:history="1">
+                <w:t xml:space="preserve">Estimating the incidence of equine viral arteritis and the sensitivity of its surveillance in the French breeding stock.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Amat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Vergne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId314" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">L. Dixon</w:t>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Tapprest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Ferry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Hans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Epidemiology and Infection</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/S0950268815000862⟩</w:t>
+              <w:t xml:space="preserve">Veterinary Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 192, pp.34-42. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.vetmic.2016.06.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId312" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04186499v1</w:t>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01606652v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Attitudes and Beliefs of Pig Farmers and Wild Boar Hunters Towards Reporting of African Swine Fever in Bulgaria, Germany and the Western Part of the Russian Federation</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">D. Kolbasov</w:t>
+                <w:t xml:space="preserve">Transmission tree of the highly pathogenic avian influenza (H5N1) epidemic in Israel, 2015</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timothée Vergne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Fournié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michal Perry Markovich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rolf J. F. Ypma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ram Katz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transboundary and Emerging Diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/tbed.12254⟩</w:t>
+              <w:t xml:space="preserve">Veterinary Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 47 (1), pp.109. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13567-016-0393-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId317" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04749535v1</w:t>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01479391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimating the incidence of equine viral arteritis and the sensitivity of its surveillance in the French breeding stock.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId295" w:history="1">
+                <w:t xml:space="preserve">Attitudes and Beliefs of Pig Farmers and Wild Boar Hunters Towards Reporting of African Swine Fever in Bulgaria, Germany and the Western Part of the Russian Federation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Vergne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId325" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">A. Hans</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Guinat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Petkova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Gogin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Kolbasov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Veterinary Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.vetmic.2016.06.010⟩</w:t>
+              <w:t xml:space="preserve">Transboundary and Emerging Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 63 (2), pp.e194-e204. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/tbed.12254⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId323" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01606652v1</w:t>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04186492v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transmission tree of the highly pathogenic avian influenza (H5N1) epidemic in Israel, 2015</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Ram Katz</w:t>
+                <w:t xml:space="preserve">Experimental pig-to-pig transmission dynamics for African swine fever virus, Georgia 2007/1 strain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Guinat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Gubbins</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Vergne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Gonzales</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Dixon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Veterinary Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Epidemiology and Infection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 144 (1), pp.25-34. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S0950268815000862⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s13567-016-0393-2⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01479391v1</w:t>
+                <w:t xml:space="preserve">hal-04186499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Attitudes and Beliefs of Pig Farmers and Wild Boar Hunters Towards Reporting of African Swine Fever in Bulgaria, Germany and the Western Part of the Russian Federation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId295" w:history="1">
+                <w:t xml:space="preserve">Syndromic surveillance of abortions in beef cattle based on the prospective analysis of spatio-temporal variations of calvings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bronner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Morignat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Fournié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Vergne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">D. Kolbasov</w:t>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J-L Vinard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transboundary and Emerging Diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/tbed.12254⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 5 (1), pp.18285. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/srep18285⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId334" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04186492v1</w:t>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04598272v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Syndromic surveillance of abortions in beef cattle based on the prospective analysis of spatio-temporal variations of calvings</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId275" w:history="1">
+                <w:t xml:space="preserve">Iso-population partition: An innovative epidemiological approach to mapping and analyzing spatially aggregated data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Bronner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Morignat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Gay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timothée Vergne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fournié</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">J-L Vinard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/srep18285⟩</w:t>
+              <w:t xml:space="preserve">Preventive Veterinary Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 122 (3), pp.253-256. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.prevetmed.2015.11.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId335" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04598272v1</w:t>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04598267v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Iso-population partition: An innovative epidemiological approach to mapping and analyzing spatially aggregated data</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Zero-inflated models for identifying disease risk factors when case detection is imperfect: Application to highly pathogenic avian influenza H5N1 in Thailand</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothée Vergne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId275" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Fournié</w:t>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde C. Paul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wanida Chaengprachak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marius Gilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Preventive Veterinary Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 122 (3), pp.253-256. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.prevetmed.2015.11.008⟩</w:t>
+              <w:t xml:space="preserve">, 2014, 114 (1), pp.28-36. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.prevetmed.2014.01.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId340" w:history="1">
-[...133 lines deleted...]
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02630698v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9792,755 +9812,755 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-host modelling of brucellosis at the wildlife-livestock interface in the French Alps</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The HPAI Modelling Challenge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brandon Hastings Hayes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gael Beaunée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Lambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timothée Vergne</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15. European Wildlife Disease Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2024, Stralsund, Germany</w:t>
+              <w:t xml:space="preserve">3. Modelling in Animal Health conference (ModAH)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2024, Nantes, France. 2024, 3. Modelling in Animal Health conference (ModAH)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId347" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04712573v1</w:t>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04684727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The HPAI Modelling Challenge</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Investigating the relevance and feasibility of involving wildlife rehabilitation centres for disease surveillance in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Lambert</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Lorette Hivert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothée Vergne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Tissidre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anouk Decors</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Le Loc'h</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3. Modelling in Animal Health conference (ModAH)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2024, Nantes, France. 2024, 3. Modelling in Animal Health conference (ModAH)</w:t>
+              <w:t xml:space="preserve">European Wildlife Disease Association</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Straslund, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId353" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04684727v1</w:t>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04736618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigating the relevance and feasibility of involving wildlife rehabilitation centres for disease surveillance in France</w:t>
+                <w:t xml:space="preserve">Densité et vaccination : quels impacts sur la circulation de l’influenza aviaire hautement pathogène dans le Sud-Ouest ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lorette Hivert</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Timothée Vergne</w:t>
+                <w:t xml:space="preserve">S. Lambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Billy Bauzile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisa Fourtune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Rautureau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manon Tissidre</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jean-Luc Guérin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Wildlife Disease Association</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">15èmes Journées de la Recherche Avicole et des Palmipèdes à Foie Gras</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2024, Tours, France. 15 (3), pp.222-223, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.anscip.2024.06.078⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04736618v1</w:t>
+                <w:t xml:space="preserve">hal-04712637v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId359" w:history="1">
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Densité et vaccination : quels impacts sur la circulation de l’influenza aviaire hautement pathogène dans le Sud-Ouest ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Multi-host modelling of brucellosis at the wildlife-livestock interface in the French Alps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clara Meyers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Lambert</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Séverine Rautureau</w:t>
+                <w:t xml:space="preserve">Emmanuelle Gilot-Fromont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Luc Guérin</w:t>
+                <w:t xml:space="preserve">Pauline Bouillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Fay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Gauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15èmes Journées de la Recherche Avicole et des Palmipèdes à Foie Gras</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">15. European Wildlife Disease Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Stralsund, Germany</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId359" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04712637v1</w:t>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04712573v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploring the Effects of Outdoor Access and Farm Size on Highly Pathogenic Avian Influenza Virus Diffusion Among Poultry Farms in Southwest France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brandon Hastings Hayes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lisa Fourtune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde C. Paul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothée Vergne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9th International Conference on Infectious Disease Dynamics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2023, Bologna, Italy. 2023, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2139/ssrn.4654797⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId364" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04714434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId365" w:history="1">
+            <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multihost epidemic modelling of African Swine Fever: Disease control insights at the domestic-wildlife interface</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brandon Hastings Hayes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothée Vergne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Rose</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Andraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14th EPIZONE Annual Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Barcelona, Spain. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId365" w:history="1">
+            <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">anses-04082810v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10550,1074 +10570,1074 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId366" w:history="1">
+            <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lessons learnt from the first modelling challenge in animal health: improving preparedness to control African swine fever at the interface between livestock and wildlife</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Ezanno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Picault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothée Vergne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire de la plateforme ESA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Online, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId366" w:history="1">
+            <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04687213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparaison de l'efficacité des stratégies de surveillance dans un élevage de canards vaccinés contre l'influenza aviaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Planchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothée Vergne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Lambert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15èmes Journées de la Recherche Avicole et des Palmipèdes à Foie Gras</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2024, Tours, France. pp.213, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.anscip.2024.06.056⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId368" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04714318v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId369" w:history="1">
+            <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elucidating African Swine Fever transmission patterns between domestic pigs and wild boar in Romania</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brandon Hastings Hayes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothée Vergne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Rose</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Andraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annual Conference of the Society for Veterinary Epidemiology and Preventive Medicine (SVEPM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2022, Belfast (Northern Ireland), Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId369" w:history="1">
+            <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">anses-04081915v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId370" w:history="1">
+            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lessons learnt from the first modelling challenge in animal health: Improving preparedness to control African swine fever at the interface between livestock and wildlife</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Picault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Picault</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Pauline Ezanno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Servane Bareille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId371" w:history="1">
+            <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Mancini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothée Vergne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the Conference of the Society for Veterinary Epidemiology and Preventive Medicine (SVEPM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Society for Veterinary Epidemiology and Preventive Medicine (SVEPM), Mar 2022, Belfast, Ireland. pp.129-140</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId370" w:history="1">
+            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04707776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId372" w:history="1">
+            <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation de la propagation de la peste porcine africaine : appui scientifique auprès des décideurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Andraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pachka Hammami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brandon Hastings Hayes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothée Vergne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId373" w:history="1">
+            <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gustavo Machado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">54èmes Journées de la Recherche Porcine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ifip; Inrae, Feb 2022, Paris, France. pp.345-350</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId372" w:history="1">
+            <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">anses-04081897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId374" w:history="1">
+            <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Apport de la modélisation épidémiologique à la santé animale</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId137" w:history="1">
+                <w:t xml:space="preserve">Lessons learnt from the first modelling challenge in animal health: Improving preparedness to control African swine fever at the interface between livestock and wildlife</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Picault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Ezanno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sandie Arnoux</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Servane Bareille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gael Beaunée</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Matthieu Mancini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timothée Vergne</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JOURNÉE AEEMA : L’AEEMA A 40 ANS ; QUELLES PERSPECTIVES EN ÉPIDÉMIOLOGIE ANIMALE ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, AEEMA ( Association pour l'étude de l'épidémiologie des maladies animales), May 2022, Maisons-Alfort, France. pp.37-56</w:t>
+              <w:t xml:space="preserve">Annual Conference of the Society for Veterinary Epidemiology and Preventive Medicine (SVEPM 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Society for Veterinary Epidemiology and Preventive Medicine, Mar 2022, Belfast, United Kingdom. pp.129-140</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId374" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04698169v1</w:t>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03790022v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId375" w:history="1">
+            <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lessons learnt from the first modelling challenge in animal health: Improving preparedness to control African swine fever at the interface between livestock and wildlife</w:t>
+                <w:t xml:space="preserve">Apport de la modélisation épidémiologique à la santé animale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Picault</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Pauline Ezanno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Servane Bareille</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandie Arnoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu Mancini</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Gael Beaunée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Cecilia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lina Cristancho Fajardo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annual Conference of the Society for Veterinary Epidemiology and Preventive Medicine (SVEPM 2022)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Society for Veterinary Epidemiology and Preventive Medicine, Mar 2022, Belfast, United Kingdom. pp.129-140</w:t>
+              <w:t xml:space="preserve">JOURNÉE AEEMA : L’AEEMA A 40 ANS ; QUELLES PERSPECTIVES EN ÉPIDÉMIOLOGIE ANIMALE ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AEEMA ( Association pour l'étude de l'épidémiologie des maladies animales), May 2022, Maisons-Alfort, France. pp.37-56</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId375" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03790022v1</w:t>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04698169v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId376" w:history="1">
+            <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lessons learnt from the first modelling challenge in animal health: improving preparedness to control African swine fever at the interface between livestock and wildlife</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Ezanno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothée Vergne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Servane Bareille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Mancini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Picault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8th International Conference on Infectious Disease Dynamics (Epidemics 8)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2021, Online, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId376" w:history="1">
+            <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03790655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId377" w:history="1">
+            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identifying disease risk factors when the sensitivity of the surveillance is heterogeneous</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothée Vergne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Paul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId378" w:history="1">
+            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W Chaenprachak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marius Gilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2nd GEOVET Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2013, Londres, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId377" w:history="1">
+            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02746532v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -11627,133 +11647,133 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Preface of the African swine fever modelling challenge special issue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Ezanno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Picault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothée Vergne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Epidemics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 42, pp.100669, 2023, The first modelling challenge in animal health: ASF spread at the interface between wild boar and domestic pigs, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.epidem.2023.100669⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId380" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04018016v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -11763,790 +11783,790 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId381" w:history="1">
+            <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantitative Methods to Evaluate Health Surveillance Effectiveness</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId382" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vladimir Grosbois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fournié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId383" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Duboz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothée Vergne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId384" w:history="1">
+            <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marisa Peyre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Principles for Evaluation of One Health Surveillance: The EVA Book</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer International Publishing, pp.195-217, 2022, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId385" w:history="1">
+            <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-030-82727-4_10⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId381" w:history="1">
+            <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04106215v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimizing public health strategies in low-income countries : epidemiology, ecology and evolution for the control of malaria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId387" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eve Miguel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId388" w:history="1">
+            <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Fournet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rakiswendé Serge Yerbanga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Moiroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId391" w:history="1">
+            <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Yao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ecology and evolution of infectious diseases : pathogen control and public health management in low-income countries.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId392" w:history="1">
+            <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/oso/9780198789833.003.0016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02968232v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Proceedings/Recueil des communications (2)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">SVEPM 2020 — Resilience and community support in the first year of the COVID-19 pandemic: The Society for Veterinary Epidemiology and Preventive Medicine Annual Conference, extraordinarily held online</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fernanda Dórea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timothée Vergne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marnie Brennan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gerdien van Schaik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Barrett</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Society for Veterinary Epidemiology and Preventive Medicine Annual Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2020, On line, 191, , pp.105368, 2021, 2021-04-28, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.prevetmed.2021.105368⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03475404v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId397" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">SVEPM 2019—Implications of pathogen and antimicrobial evolution on animal health, herd management and policy making, society for veterinary epidemiology and preventive medicine conference Utrecht, the Netherlands 27th–29th March 2019</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fernanda C. Dórea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timothée Vergne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId398" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisa Boden</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marnie Brennan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Marie Mcintyre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SVEPM 2019—Implications of pathogen and antimicrobial evolution on animal health, herd management and policy making, society for veterinary epidemiology and preventive medicine conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2019, Utrecht, Netherlands. 183, pp.104821, 2020, SVEPM 2019—Implications of pathogen and antimicrobial evolution on animal health, herd management and policy making, society for veterinary epidemiology and preventive medicine conference, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId400" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.prevetmed.2019.104821⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId397" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03475231v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">HDR (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId393" w:history="1">
+            <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apport de l’épidémiologie quantitative à l’amélioration des stratégies de gestion des maladies animales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothée Vergne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Life Sciences [q-bio]. Université Paul Sabatier (Toulouse 3); SEVAB, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId393" w:history="1">
+            <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04916214v1</w:t>
-              </w:r>
-[...294 lines deleted...]
-                <w:t xml:space="preserve">hal-03475231v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId401" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les méthodes de capture-recapture pour évaluer les systèmes de surveillance des maladies animales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothée Vergne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Médecine humaine et pathologie. Université Paris Sud - Paris XI, 2012. Français. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId403" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨NNT : 2012PA11T042⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thèse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId402" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00764769v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -12556,105 +12576,105 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId403" w:history="1">
+            <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Épidémiologie de Trypanosoma evansi en Thaïlande : études expérimentales de la transmission vectorielle par les sangsues et les tiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothée Vergne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Médecine vétérinaire et santé animale. 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mémoire d'étudiant</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId403" w:history="1">
+            <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">dumas-04557375v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId404"/>
+      <w:footerReference w:type="default" r:id="rId405"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -12801,51 +12821,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05512354v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hivert Lorette" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Vergne" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Godard" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tissidre Manon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Palumbo" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041165v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lambert" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13567-025-01525-9" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05244266v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Guinat" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Valenzuela Ag&#252;&#237;" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Briand" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debapriyo Chakraborty" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Fourtune" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-025-08687-4" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05244269v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Martin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gerbier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3201/eid3107.241445" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889291v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Planchand" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;Luc Gu&#233;rin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Rautureau" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3201/eid3101.241140" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04960000v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Artois" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Dellicour" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Scoizec" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0316248" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05209510v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernanda C. D&#243;rea" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Correia-Gomes" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu&#237;s Pedro Carmo" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Egil A.J. Fischer" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Locksley Messam" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prevetmed.2025.106458" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889224v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter H. F. Hobbelen" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Baca" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; L. Gonzales" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsif.2024.0523" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04977829v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Montacq" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Baud" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Giummarra" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doriana Flores" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurane Pallandre" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13567-025-01476-1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://envt.hal.science/hal-04912032v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B H Hayes" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J S Lim" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Andraud" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2903/sp.efsa.2024.en-9049" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853938v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun-Sik Lim" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eutteum Kim" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13567-024-01422-7" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04908641v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlota M Moragas-Fern&#225;ndez" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arantxa Capdevila" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ciaravino Giovanna" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josep Espluga" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jrurstud.2024.103280" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745867v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Paul" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mattias Delpont" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brandon Hayes" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2807/1560-7917.ES.2024.29.42.2400266" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04889378v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorraine Chapot" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Hibbard" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kurnia Bagus Ariyanto" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kusnul Yuli Maulana" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Havan Yusuf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0308379" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03997785v2" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Billy Bauzile" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Mugnier" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Durand" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13567-023-01219-0" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04321194v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanna Ciaravino" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlota Moragas-Fern&#225;ndez" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Freixa" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prevetmed.2023.106046" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04091011v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prevetmed.2023.105927" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04223851v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brandon H. Hayes" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Andraud" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rose" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fvets.2023.1225446" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04335181v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bessi&#232;re" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Filaire" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia L&#232;bre" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/spectrum.03055-23" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745965v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Gonzales" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04204060v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Chapot" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Hibbard" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.B. Ariyanto" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.Y. Maulana" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Yusuf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prevetmed.2023.106003" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04055541v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2023/4686980" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04223728v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0291556" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04144666v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gaide" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuela Crispo" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Jbenyeni" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bleuart" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Delverdier" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/10406387231182385" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04183713v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13567-023-01183-9" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03659141v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola F. M&#252;ller" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois-Xavier Briand" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tbed.14490" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03750755v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Lebre" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Foret-Lucas" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Daniel" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3201/eid2807.212247" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03765381v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Ezanno" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Picault" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Servane Bareille" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Beaun&#233;e" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gert Jan Boender" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epidem.2022.100615" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04008876v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mat&#233;o Battini" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessie Brun" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Averso" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v14061178" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03888302v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pachka Hammami" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brandon Hastings Hayes" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason A. Galvis" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tbed.14550" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03926786v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Delacourt" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tbed.14722" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04483137v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandie Arnoux" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Beaun&#233;e" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Cecilia" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina Cristancho Fajardo" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03739528v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Mancini" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epidem.2022.100616" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04008921v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Lucas" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Croville" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim M. Bouwman" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13567-022-01028-x" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03659158v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Sicard" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prevetmed.2021.105548" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04014775v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernanda D&#243;rea" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerdien van Schaik" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Barrett" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prevetmed.2022.105611" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03335403v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Hirschinger" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tifenn Corre" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Hingrat" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Guerin" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tbed.14253" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-03326617v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lestrade" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Lafitte" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Berny" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7589/JWD-D-20-00125" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03285866v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damian Tago" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Selinger" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rams&#232;s Djidjou-Demasse" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsif.2021.0074" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03207093v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Marescot" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Le Loc&#8217;h" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-79184-3" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03194244v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Figueroa" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#234;lle Lucas" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-85109-5" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03754071v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stuart J Patterson" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlene Clarke" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim H Clutton-Brock" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sven D C Parsons" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk U. Pfeiffer" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ani11123453" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03287055v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Son-Il Pak" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ani11051208" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03475391v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis G. Salazar" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prevetmed.2021.105358" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03335797v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marius Gilbert" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bronner" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03479732v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Gubbins" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tbed.14202" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02958879v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Bonnet" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nick de Regge" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Desquesnes" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tbed.13824" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02934678v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Saegerman" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Bouhsira" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Fite" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tbed.13769" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03327681v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothee Vergne" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Kocher" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debapryio Chakraborty" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde C. Paul" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tree.2021.04.013" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-03719666v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03285806v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk Pfeiffer" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Guti&#233;rrez Ad&#225;n" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Brun" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3201/eid2610.200608" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03207007v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3201/eid2603.190412" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-02902933v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Etore" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v12070778" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02929113v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katriina Willgert" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Meyer" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dinh Xuan Tung" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nhu Van Thu" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pham Thanh Long" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-65413-2" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03214098v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar Carrasco Munoz" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7589/2019-06-164" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03205163v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Mulatti" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanawat Tiensin" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Iglesias" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fvets.2019.00150" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02015653v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doaa A Elkholly" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ken Inui" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-37616-1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03199932v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Combelles" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Corbiere" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Calavas" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane H&#233;naux" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fvets.2019.00066" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01957306v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kate C Mellor" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pham T Long" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Fourni&#233;" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fvets.2018.00051" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621263v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura C. Falzon" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Lechner" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilias Chantziaras" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Collineau" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Courcoul" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10393-017-1310-5" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02872328v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Meyer" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Dinh" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Han" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Do" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Nhu" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tbed.12697" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621576v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Nicolas" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2807/1560-7917.ES.2018.23.26.1700791" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04186504v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Vergne" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Jurado-Diaz" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. S&#225;nchez-Vizca&#237;no" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Dixon" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/vr.103992" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02013531v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tung Xuan Dinh" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thu van Nhu" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Long Thanh Pham" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scott Newman" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0178241" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02013543v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Zamir" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ben Yair Gilboa" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Gelman" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. U Pfeiffer" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/risa.12799" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04186499v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gubbins" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gonzales" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Dixon" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0950268815000862" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04749535v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Guinat" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Petkova" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gogin" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Kolbasov" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tbed.12254" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606652v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Amat" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Tapprest" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Ferry" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hans" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetmic.2016.06.010" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479391v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Perry Markovich" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rolf J. F. Ypma" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ram Katz" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13567-016-0393-2" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04186492v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04598272v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bronner" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Morignat" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-L Vinard" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep18285" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04598267v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Morignat" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Gay" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prevetmed.2015.11.008" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630698v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wanida Chaengprachak" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prevetmed.2014.01.011" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04712573v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Meyers" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Gilot-Fromont" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Bouillot" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Fay" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Gauthier" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04684727v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04736618v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorette Hivert" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Tissidre" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouk Decors" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Le Loc'h" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04712637v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lambert" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Gu&#233;rin" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anscip.2024.06.078" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04714434v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2139/ssrn.4654797" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04082810v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04687213v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04714318v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anscip.2024.06.056" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04081915v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707776v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Mancini" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04081897v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Machado" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04698169v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03790022v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03790655v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746532v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W Chaenprachak" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04018016v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epidem.2023.100669" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04106215v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Grosbois" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Duboz" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marisa Peyre" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-82727-4_10" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968232v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Miguel" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Fournet" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rakiswend&#233; Serge Yerbanga" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Moiroux" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Yao" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/oso/9780198789833.003.0016" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://envt.hal.science/tel-04916214v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03475404v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marnie Brennan" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prevetmed.2021.105368" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03475231v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Boden" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Marie Mcintyre" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prevetmed.2019.104821" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00764769v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2012PA11T042" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dumas.ccsd.cnrs.fr/dumas-04557375v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05562573v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Delecroix" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Beaun&#233;e" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bertagnoli" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Lurier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brandon Hayes" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05512354v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorette Hivert" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Vergne" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Godard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Tissidre" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Palumbo" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05244266v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Guinat" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Valenzuela Ag&#252;&#237;" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Briand" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debapriyo Chakraborty" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Fourtune" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-025-08687-4" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05244269v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lambert" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Martin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gerbier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3201/eid3107.241445" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889291v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Planchand" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;Luc Gu&#233;rin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Rautureau" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3201/eid3101.241140" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05209510v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernanda C. D&#243;rea" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Correia-Gomes" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu&#237;s Pedro Carmo" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Egil A.J. Fischer" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Locksley Messam" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prevetmed.2025.106458" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889224v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter H. F. Hobbelen" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Baca" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; L. Gonzales" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsif.2024.0523" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04960000v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Artois" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Dellicour" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Scoizec" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0316248" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04977829v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Montacq" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Baud" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Giummarra" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doriana Flores" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurane Pallandre" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13567-025-01476-1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041165v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13567-025-01525-9" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04908641v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlota M Moragas-Fern&#225;ndez" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arantxa Capdevila" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ciaravino Giovanna" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josep Espluga" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jrurstud.2024.103280" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853938v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun-Sik Lim" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eutteum Kim" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13567-024-01422-7" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745867v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Paul" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mattias Delpont" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2807/1560-7917.ES.2024.29.42.2400266" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04889378v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorraine Chapot" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Hibbard" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kurnia Bagus Ariyanto" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kusnul Yuli Maulana" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Havan Yusuf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0308379" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://envt.hal.science/hal-04912032v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B H Hayes" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J S Lim" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Andraud" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2903/sp.efsa.2024.en-9049" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04091011v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prevetmed.2023.105927" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04223851v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brandon H. Hayes" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Andraud" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rose" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fvets.2023.1225446" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04335181v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bessi&#232;re" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Filaire" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia L&#232;bre" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/spectrum.03055-23" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04055541v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2023/4686980" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745965v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Gonzales" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04204060v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Chapot" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Hibbard" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.B. Ariyanto" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.Y. Maulana" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Yusuf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prevetmed.2023.106003" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04223728v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0291556" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04144666v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gaide" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuela Crispo" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Jbenyeni" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bleuart" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Delverdier" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/10406387231182385" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04183713v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Billy Bauzile" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Durand" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13567-023-01183-9" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04321194v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanna Ciaravino" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlota Moragas-Fern&#225;ndez" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Freixa" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prevetmed.2023.106046" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03997785v2" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Mugnier" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13567-023-01219-0" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03750755v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Lebre" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Foret-Lucas" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Daniel" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3201/eid2807.212247" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03765381v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Ezanno" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Picault" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Servane Bareille" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gert Jan Boender" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epidem.2022.100615" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03659141v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola F. M&#252;ller" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois-Xavier Briand" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tbed.14490" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04008876v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mat&#233;o Battini" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessie Brun" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Averso" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v14061178" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03888302v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pachka Hammami" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brandon Hastings Hayes" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason A. Galvis" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tbed.14550" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03739528v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Mancini" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epidem.2022.100616" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04483137v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandie Arnoux" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Beaun&#233;e" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Cecilia" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina Cristancho Fajardo" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03926786v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Delacourt" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tbed.14722" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03659158v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Sicard" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prevetmed.2021.105548" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04014775v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernanda D&#243;rea" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerdien van Schaik" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Barrett" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prevetmed.2022.105611" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04008921v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Lucas" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Croville" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim M. Bouwman" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13567-022-01028-x" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03475391v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis G. Salazar" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prevetmed.2021.105358" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03287055v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Son-Il Pak" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ani11051208" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03194244v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Figueroa" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#234;lle Lucas" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-85109-5" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03754071v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stuart J Patterson" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlene Clarke" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim H Clutton-Brock" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sven D C Parsons" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk U. Pfeiffer" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ani11123453" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03335403v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Hirschinger" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tifenn Corre" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Hingrat" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Guerin" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tbed.14253" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03285866v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damian Tago" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Selinger" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rams&#232;s Djidjou-Demasse" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsif.2021.0074" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03207093v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Marescot" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Le Loc&#8217;h" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-79184-3" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-03326617v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lestrade" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Lafitte" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Berny" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7589/JWD-D-20-00125" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03335797v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marius Gilbert" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bronner" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03479732v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Gubbins" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tbed.14202" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02934678v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Saegerman" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Bonnet" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Bouhsira" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nick de Regge" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Fite" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tbed.13769" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02958879v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Desquesnes" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tbed.13824" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03327681v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothee Vergne" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Kocher" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debapryio Chakraborty" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde C. Paul" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tree.2021.04.013" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-02902933v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Etore" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v12070778" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03207007v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3201/eid2603.190412" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02929113v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katriina Willgert" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Meyer" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dinh Xuan Tung" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nhu Van Thu" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pham Thanh Long" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-65413-2" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03214098v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar Carrasco Munoz" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7589/2019-06-164" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03285806v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk Pfeiffer" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Guti&#233;rrez Ad&#225;n" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Brun" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3201/eid2610.200608" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02015653v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doaa A Elkholly" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ken Inui" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-37616-1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03199932v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Combelles" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Corbiere" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Calavas" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane H&#233;naux" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fvets.2019.00066" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03205163v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Mulatti" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanawat Tiensin" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Iglesias" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fvets.2019.00150" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01957306v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kate C Mellor" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pham T Long" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Fourni&#233;" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fvets.2018.00051" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621263v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura C. Falzon" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Lechner" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilias Chantziaras" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Collineau" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Courcoul" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10393-017-1310-5" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02872328v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Meyer" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Dinh" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Han" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Do" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Nhu" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tbed.12697" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621576v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Nicolas" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2807/1560-7917.ES.2018.23.26.1700791" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04186504v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Vergne" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Jurado-Diaz" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. S&#225;nchez-Vizca&#237;no" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Dixon" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/vr.103992" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02013531v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tung Xuan Dinh" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thu van Nhu" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Long Thanh Pham" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scott Newman" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0178241" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02013543v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Zamir" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ben Yair Gilboa" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Gelman" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. U Pfeiffer" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/risa.12799" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04749535v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Guinat" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Petkova" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gogin" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Kolbasov" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tbed.12254" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606652v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Amat" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Tapprest" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Ferry" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hans" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetmic.2016.06.010" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479391v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Perry Markovich" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rolf J. F. Ypma" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ram Katz" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13567-016-0393-2" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04186492v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04186499v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gubbins" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gonzales" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Dixon" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0950268815000862" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04598272v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bronner" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Morignat" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-L Vinard" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep18285" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04598267v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Morignat" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Gay" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prevetmed.2015.11.008" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630698v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wanida Chaengprachak" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prevetmed.2014.01.011" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04684727v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04736618v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouk Decors" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Le Loc'h" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04712637v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lambert" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Gu&#233;rin" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anscip.2024.06.078" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04712573v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Meyers" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Gilot-Fromont" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Bouillot" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Fay" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Gauthier" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04714434v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2139/ssrn.4654797" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04082810v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04687213v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04714318v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anscip.2024.06.056" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04081915v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707776v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Mancini" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04081897v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Machado" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03790022v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04698169v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03790655v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746532v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W Chaenprachak" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04018016v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epidem.2023.100669" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04106215v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Grosbois" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Duboz" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marisa Peyre" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-82727-4_10" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968232v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Miguel" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Fournet" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rakiswend&#233; Serge Yerbanga" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Moiroux" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Yao" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/oso/9780198789833.003.0016" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03475404v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marnie Brennan" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prevetmed.2021.105368" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03475231v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Boden" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Marie Mcintyre" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prevetmed.2019.104821" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://envt.hal.science/tel-04916214v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00764769v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2012PA11T042" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dumas.ccsd.cnrs.fr/dumas-04557375v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>