--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -1754,213 +1754,213 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02437139v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Note This: How to Improve Student Note Taking</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Understanding the effects of a teacher video on learning from a multimedia document: an eye-tracking study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Colliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Junrong Lu</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Jamet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Idea Papers</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Educational Technology Research and Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 66 (6), pp.1415-1433. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11423-018-9594-x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03140293v1</w:t>
+                <w:t xml:space="preserve">hal-02437130v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Understanding the effects of a teacher video on learning from a multimedia document: an eye-tracking study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Note This: How to Improve Student Note Taking</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kenneth Kiewra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Colliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Eric Jamet</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Junrong Lu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Educational Technology Research and Development</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Idea Papers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11423-018-9594-x⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02437130v1</w:t>
+                <w:t xml:space="preserve">hal-03140293v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How does adding versus self-generating a hierarchical outline while learning from a multimedia document influence students' performances?</w:t>
               </w:r>
@@ -2429,532 +2429,532 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04628078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Do motivation and metacognitive components play different roles in writing performances of university students? An exploratory study</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Dyanne Escorcia</w:t>
+                <w:t xml:space="preserve">À l’aire du tout numérique est-ce qu’écrire sur un ordinateur est une baguette magique pour la maitrise de l’orthographe chez nos élèves ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Broc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Goudeau Sebastien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Colliot</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-Louis Berger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SIG Writing 2024 : ways2write \(w2w)/ [International conference]</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European Association for Research on Learning and Instruction (EARLI); Université Sorbonne Nouvelle (France); University of Turku (Finland), Jul 2024, Nanterre, France</w:t>
+              <w:t xml:space="preserve">Traces et écritures à et pour l’école</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Maxéville, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04819296v1</w:t>
+                <w:t xml:space="preserve">hal-04868326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigating students’ changes of their academic writing skills throughout their study level</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Bénéfices du guidage d’un logiciel de géométrie (IntuiGéo) sur les performances d’élèves de cycle 4</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume de Pereyra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiphaine Colliot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Goujot Naomi</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Anthony Cherbonnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Michinov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Bonneton-Botté</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SIG Writing 2024 : ways2write \(w2w)/ [International conference]</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European Association for Research on Learning and Instruction (EARLI); Université Sorbonne Nouvelle (France); University of Turku (Finland), Jul 2024, Nanterre, France</w:t>
+              <w:t xml:space="preserve">Journées Scientifiques Jeunes Chercheurs JSJC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04819253v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04636156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Autorégulation de l’écriture académique : un dispositif d’entraînement pour des étudiants en master</w:t>
+                <w:t xml:space="preserve">Do motivation and metacognitive components play different roles in writing performances of university students? An exploratory study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dyanne Escorcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Colliot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Fenouillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Berger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les XVIIIes rencontres du Réseau international francophone de recherche en éducation et formation (REF 2024)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Réseau international francophone de recherche en éducation et formation (REF), Jul 2024, Fribourg, Suisse</w:t>
+              <w:t xml:space="preserve">SIG Writing 2024 : ways2write \(w2w)/ [International conference]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Association for Research on Learning and Instruction (EARLI); Université Sorbonne Nouvelle (France); University of Turku (Finland), Jul 2024, Nanterre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04637915v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04819296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">À l’aire du tout numérique est-ce qu’écrire sur un ordinateur est une baguette magique pour la maitrise de l’orthographe chez nos élèves ?</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Goudeau Sebastien</w:t>
+                <w:t xml:space="preserve">Investigating students’ changes of their academic writing skills throughout their study level</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Goujot Naomi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Colliot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dyanne Escorcia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Traces et écritures à et pour l’école</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2024, Maxéville, Nancy, France</w:t>
+              <w:t xml:space="preserve">SIG Writing 2024 : ways2write \(w2w)/ [International conference]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Association for Research on Learning and Instruction (EARLI); Université Sorbonne Nouvelle (France); University of Turku (Finland), Jul 2024, Nanterre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04868326v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04819253v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bénéfices du guidage d’un logiciel de géométrie (IntuiGéo) sur les performances d’élèves de cycle 4</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Guillaume de Pereyra</w:t>
+                <w:t xml:space="preserve">Autorégulation de l’écriture académique : un dispositif d’entraînement pour des étudiants en master</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dyanne Escorcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Colliot</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Scientifiques Jeunes Chercheurs JSJC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2024, Poitiers, France</w:t>
+              <w:t xml:space="preserve">Les XVIIIes rencontres du Réseau international francophone de recherche en éducation et formation (REF 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Réseau international francophone de recherche en éducation et formation (REF), Jul 2024, Fribourg, Suisse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04636156v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04637915v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Do motivation and metacognition play different roles in the writing performances?</w:t>
               </w:r>
@@ -2966,64 +2966,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dyanne Escorcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Colliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Fenouillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EARLI - The EARLI Special Interest Group Writing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Paris Nanterre, Université Sorbonne Nouvelle, University of Turku, Jun 2024, Nanterre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3074,77 +3074,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Colliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Jamet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Michinov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Bonneton-Botté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Cherbonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16ème colloque international de l’association Ripsydeve</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Reims (France), France</w:t>
@@ -3376,103 +3376,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effet de feedbacks adaptatifs basés sur l’Intelligence Artificielle pour l’apprentissage de la géométrie sur tablette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume de Pereyra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Colliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Cherbonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Michinov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L’Intelligence Artificielle dans la recherche en psychologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Tours, Dec 2024, Tours, France</w:t>
@@ -4635,191 +4635,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01876160v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multimedia learning: What are the effects on learning of viewing or generating an outline while studying?</w:t>
+                <w:t xml:space="preserve">Faut-il rendre l’apprenant actif dans son apprentissage ? Le cas des graphiques organisateurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Colliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Jamet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th Conference of the Media Psychology Division</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, University of Koblenz-Landau, Sep 2017, Landau, Germany</w:t>
+              <w:t xml:space="preserve">Ergonomie des technologies pour le développement des compétences : 9e conférence de psychologie ergonomique EPIQUE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Bourgogne Franche-Comté; LEAD-CNRS, UMR 5022, Jul 2017, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01710880v1</w:t>
+                <w:t xml:space="preserve">hal-01710900v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Faut-il rendre l’apprenant actif dans son apprentissage ? Le cas des graphiques organisateurs</w:t>
+                <w:t xml:space="preserve">Multimedia learning: What are the effects on learning of viewing or generating an outline while studying?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Colliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Jamet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ergonomie des technologies pour le développement des compétences : 9e conférence de psychologie ergonomique EPIQUE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Bourgogne Franche-Comté; LEAD-CNRS, UMR 5022, Jul 2017, Dijon, France</w:t>
+              <w:t xml:space="preserve">10th Conference of the Media Psychology Division</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University of Koblenz-Landau, Sep 2017, Landau, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01710900v1</w:t>
+                <w:t xml:space="preserve">hal-01710880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apprentissage actif : la construction d’un plan peut-elle favoriser l’apprentissage ?</w:t>
               </w:r>
@@ -5936,178 +5936,178 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03140332v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What are the effects of the introduction of a teacher’s video in multimedia lessons ? An eye-tracking study</w:t>
+                <w:t xml:space="preserve">Faut-il ajouter la vidéo d’un enseignant dans un module de cours à distance ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Colliot</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Eric Jamet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comprehension of Text and Graphics </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2016, Genève, Switzerland. 2016</w:t>
+              <w:t xml:space="preserve">6ème Rencontres Jeunes Chercheurs en Environnements Informatiques pour l’Apprentissage Humain (RJC EIAH)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Montpellier, France. , 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01711980v1</w:t>
+                <w:t xml:space="preserve">hal-01712003v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Faut-il ajouter la vidéo d’un enseignant dans un module de cours à distance ?</w:t>
+                <w:t xml:space="preserve">What are the effects of the introduction of a teacher’s video in multimedia lessons ? An eye-tracking study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Colliot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Jamet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6ème Rencontres Jeunes Chercheurs en Environnements Informatiques pour l’Apprentissage Humain (RJC EIAH)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2016, Montpellier, France. , 2016</w:t>
+              <w:t xml:space="preserve">Comprehension of Text and Graphics </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, Genève, Switzerland. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01712003v1</w:t>
+                <w:t xml:space="preserve">hal-01711980v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -6522,51 +6522,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05516917v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dyanne Escorcia" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Colliot" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.didactifen.uliege.be/cms/c_9011680/fr/presses-universitaires-de-liege-collection-didactiques-en-recherche" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03901321v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/978-1-7998-9243-4.ch003" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03140296v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenneth Kiewra" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linlin Luo" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junrong Lu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05083340v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Broc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Goudeau" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-03369-x" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05221760v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00220973.2025.2513251" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05476147v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Jamet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10212-025-01057-y" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04647775v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abraham Flanigan" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Wheeler" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10648-024-09914-w" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04448708v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Krichen" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Girard" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Anquetil" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bjet.13439" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04608109v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jcal.13002" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248008v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;michel Boucheix" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jcal.12879" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03525932v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10639-021-10693-y" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-02454100v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Jamet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Gonthier" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salom&#233; Cojean" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Erhel" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chb.2020.106264" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03140288v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03140285v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02167688v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11251-019-09488-z" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02437139v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compedu.2018.06.028" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9HFLH3WH-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03140293v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02437130v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11423-018-9594-x" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01678052v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chb.2017.11.037" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XFB0HFD0-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05221774v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Amadieu" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05445956v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05445952v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Allain" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04628078v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Chemitlin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04819296v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Fenouillet" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Berger" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04819253v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Goujot Naomi" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637915v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04868326v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Goudeau Sebastien" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04636156v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume de Pereyra" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Cherbonnier" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Michinov" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bonneton-Bott&#233;" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04524894v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04606573v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700214v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;Michel Boucheix" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04868300v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04868348v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Robert" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04628083v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naomi Goujout" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04608141v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04608146v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Boucheix" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04523823v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04523832v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03901418v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Na&#235;lle Chabot" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Le Neuresse" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Ragueneau" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03140308v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03140303v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Anquetil" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03140318v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03140315v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03140321v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01876160v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01710880v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01710900v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01710891v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01710909v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Fleury" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05221766v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Rome" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile van de Leemput" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700216v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04608123v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04608127v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karima Mekki" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04608117v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madison Mignon" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Picard" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey No&#235;l" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03901375v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03901362v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virgile Masse" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03140323v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03140336v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carrie Kennedy" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03140332v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01711980v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01712003v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02431895v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Pezzino" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anta Niang" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Dumoulin" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Gerin" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01948688v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018REN20049" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05516917v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dyanne Escorcia" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Colliot" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.didactifen.uliege.be/cms/c_9011680/fr/presses-universitaires-de-liege-collection-didactiques-en-recherche" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03901321v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/978-1-7998-9243-4.ch003" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03140296v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenneth Kiewra" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linlin Luo" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junrong Lu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05083340v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Broc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Goudeau" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-03369-x" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05221760v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00220973.2025.2513251" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05476147v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Jamet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10212-025-01057-y" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04647775v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abraham Flanigan" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Wheeler" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10648-024-09914-w" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04448708v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Krichen" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Girard" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Anquetil" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bjet.13439" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04608109v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jcal.13002" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248008v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;michel Boucheix" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jcal.12879" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03525932v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10639-021-10693-y" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-02454100v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Jamet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Gonthier" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salom&#233; Cojean" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Erhel" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chb.2020.106264" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03140288v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03140285v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02167688v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11251-019-09488-z" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02437139v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compedu.2018.06.028" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9HFLH3WH-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02437130v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11423-018-9594-x" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03140293v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01678052v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chb.2017.11.037" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XFB0HFD0-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05221774v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Amadieu" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05445956v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05445952v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Allain" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04628078v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Chemitlin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04868326v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Goudeau Sebastien" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04636156v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume de Pereyra" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Cherbonnier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Michinov" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bonneton-Bott&#233;" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04819296v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Fenouillet" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Berger" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04819253v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Goujot Naomi" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637915v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04524894v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04606573v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700214v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;Michel Boucheix" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04868300v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04868348v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Robert" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04628083v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naomi Goujout" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04608141v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04608146v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Boucheix" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04523823v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04523832v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03901418v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Na&#235;lle Chabot" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Le Neuresse" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Ragueneau" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03140308v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03140303v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Anquetil" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03140318v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03140315v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03140321v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01876160v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01710900v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01710880v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01710891v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01710909v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Fleury" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05221766v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Rome" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile van de Leemput" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700216v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04608123v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04608127v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karima Mekki" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04608117v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madison Mignon" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Picard" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey No&#235;l" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03901375v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03901362v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virgile Masse" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03140323v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03140336v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carrie Kennedy" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03140332v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01712003v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01711980v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02431895v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Pezzino" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anta Niang" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Dumoulin" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Gerin" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01948688v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018REN20049" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>