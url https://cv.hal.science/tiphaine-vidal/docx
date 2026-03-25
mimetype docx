--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (22)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (21)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -342,295 +342,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05173434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hunting for sources of durable resistance in crop cultivar evaluation data: The case of wheat yellow rust in France</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Monitoring the phenology of plant pathogenic fungi: why and how?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Delmas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Odile Bancal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christel Leyronas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie‐hélène Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Vidal</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Florence Dubs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Pathology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/ppa.13905⟩</w:t>
+              <w:t xml:space="preserve">Biological Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 99, pp.1075-1084. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/brv.13058⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04560061v1</w:t>
+                <w:t xml:space="preserve">hal-04457548v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monitoring the phenology of plant pathogenic fungi: why and how?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Chloé Delmas</w:t>
+                <w:t xml:space="preserve">Hunting for sources of durable resistance in crop cultivar evaluation data: The case of wheat yellow rust in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiphaine Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Odile Bancal</w:t>
+                <w:t xml:space="preserve">Rémi Perronne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne‐lise Boixel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christel Leyronas</w:t>
+                <w:t xml:space="preserve">Philippe Du Cheyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie‐hélène Robin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Tiphaine Vidal</w:t>
+                <w:t xml:space="preserve">Florence Dubs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biological Reviews</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 99, pp.1075-1084. </w:t>
+              <w:t xml:space="preserve">Plant Pathology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/brv.13058⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/ppa.13905⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04457548v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04560061v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Is thermal aptitude a pivotal driver in the establishment of recent Puccinia striiformis f. sp. tritici lineages in Europe?</w:t>
               </w:r>
@@ -740,2213 +740,2079 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04369277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Volumetric changes and clinical trajectories in Parkinson’s disease: a prospective multicentric study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Unfolding the link between multiple ecosystem services and bundles of functional traits to design multifunctional crop variety mixtures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Dubs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ana Marques</w:t>
+                <w:t xml:space="preserve">Jerome Enjalbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elise Macias</w:t>
+                <w:t xml:space="preserve">Sebastien Barot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Pereira</w:t>
+                <w:t xml:space="preserve">Emmanuelle Porcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elodie Durand</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Carine Chassain</w:t>
+                <w:t xml:space="preserve">Vincent Allard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neurology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00415-023-11947-0⟩</w:t>
+              <w:t xml:space="preserve">Agronomy for Sustainable Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 43, pp.71. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s13593-023-00924-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04907322v1</w:t>
+                <w:t xml:space="preserve">hal-04276559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unfolding the link between multiple ecosystem services and bundles of functional traits to design multifunctional crop variety mixtures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Florence Dubs</w:t>
+                <w:t xml:space="preserve">A landscape-scale field survey demonstrates the role of wheat volunteers as a local and diversified source of leaf rust inoculum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Lise Boixel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jerome Enjalbert</w:t>
+                <w:t xml:space="preserve">H. Goyeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sebastien Barot</w:t>
+                <w:t xml:space="preserve">J. Berder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuelle Porcher</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Vincent Allard</w:t>
+                <w:t xml:space="preserve">J. Moinard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Suffert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agronomy for Sustainable Development</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s13593-023-00924-6⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 13, pp.20411. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-023-47499-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04276559v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04311998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A landscape-scale field survey demonstrates the role of wheat volunteers as a local and diversified source of leaf rust inoculum</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Success and failure of invasive races of plant pathogens: The case of Puccinia striiformis f. sp. tritici in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiphaine Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne‐lise Boixel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Essia Maghrebi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Perronne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Lise Boixel</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Suffert</w:t>
+                <w:t xml:space="preserve">Philippe Cheyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-023-47499-6⟩</w:t>
+              <w:t xml:space="preserve">Plant Pathology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 2022 (71), pp.1525-1536. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/ppa.13581⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04311998v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03675457v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diversity of thermal aptitude of Middle Eastern and Mediterranean Puccinia striiformis f. sp. tritici isolates from different altitude zones</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jacqui Anne Shykoff</w:t>
+                <w:t xml:space="preserve">Multiple scenarios for sexual crosses in the fungal pathogen Zymoseptoria tritici on wheat residues: potential consequences for virulence gene transmission</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carolina Orellana-Torrejon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Marc Leconte</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwilherm Gazeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Lise Boixel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Gélisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Pathology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/ppa.13613⟩</w:t>
+              <w:t xml:space="preserve">Fungal Genetics and Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, pp.103744. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.fgb.2022.103744⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03745977v2</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03818769v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The impact of wheat cultivar mixtures on virulence dynamics in Zymoseptoria tritici populations persists after interseason sexual reproduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carolina Orellana-Torrejon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Saint-Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Suffert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant Pathology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 71 (7), pp.1537-1549. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/ppa.13577⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03700333v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Success and failure of invasive races of plant pathogens: The case of Puccinia striiformis f. sp. tritici in France</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Diversity of thermal aptitude of Middle Eastern and Mediterranean Puccinia striiformis f. sp. tritici isolates from different altitude zones</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rola El Amil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacqui Anne Shykoff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne‐lise Boixel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Philippe Cheyron</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Leconte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant Pathology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 2022 (71), pp.1525-1536. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/ppa.13581⟩</w:t>
+              <w:t xml:space="preserve">, 2022, 71 (8), pp.1674-1687. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/ppa.13613⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03675457v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03745977v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiple scenarios for sexual crosses in the fungal pathogen Zymoseptoria tritici on wheat residues: potential consequences for virulence gene transmission</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId59" w:history="1">
+                <w:t xml:space="preserve">Annual dynamics of Zymoseptoria tritici populations in wheat cultivar mixtures: A compromise between the efficacy and durability of a recently broken-down resistance gene?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carolina Orellana-Torrejon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lise Boixel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Gélisse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Saint-Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fungal Genetics and Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.fgb.2022.103744⟩</w:t>
+              <w:t xml:space="preserve">Plant Pathology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 71 (2), pp.289-303. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/ppa.13458⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03818769v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03357908v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Annual dynamics of Zymoseptoria tritici populations in wheat cultivar mixtures: A compromise between the efficacy and durability of a recently broken-down resistance gene?</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Two maize cultivars of contrasting leaf size show different leaf elongation rates with identical patterns of extension dynamics and coordination</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Anne-Lise Boixel</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hafssa Aissaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Rehali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandrine Gélisse</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Bruno Andrieu</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Pathology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/ppa.13458⟩</w:t>
+              <w:t xml:space="preserve">AoB Plants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 13 (1), plaa072. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/aobpla/plaa072⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03357908v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03322767v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two maize cultivars of contrasting leaf size show different leaf elongation rates with identical patterns of extension dynamics and coordination</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Spatiotemporal Changes in Varietal Resistance to Wheat Yellow Rust in France Reveal an Increase in Field Resistance Level During the Period 1985–2018</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Perronne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Dubs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude de Vallavieille-Pope</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Leconte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Du Cheyron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AoB Plants</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/aobpla/plaa072⟩</w:t>
+              <w:t xml:space="preserve">Phytopathology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 111 (9), pp.1602-1612. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1094/PHYTO-05-20-0187-R⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03322767v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03411797v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatiotemporal Changes in Varietal Resistance to Wheat Yellow Rust in France Reveal an Increase in Field Resistance Level During the Period 1985–2018</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Contrasting phenotypes emerging from stable rules: A model based on self-regulated control loops captures the dynamics of shoot extension in contrasting maize phenotypes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiphaine Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Andrieu</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Phytopathology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1094/PHYTO-05-20-0187-R⟩</w:t>
+              <w:t xml:space="preserve">Annals of Botany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/aob/mcz168⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03411797v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02618510v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contrasting phenotypes emerging from stable rules: A model based on self-regulated control loops captures the dynamics of shoot extension in contrasting maize phenotypes</w:t>
+                <w:t xml:space="preserve">Cultivar mixture effects on disease and yield remain despite diversity in wheat height and earliness</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Saint-Jean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Lusley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc M. Leconte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Safa Ben Krima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Botany</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/aob/mcz168⟩</w:t>
+              <w:t xml:space="preserve">Plant Pathology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 69 (6), pp.1148-1160. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/ppa.13200⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02618510v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02863436v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cultivar mixture effects on disease and yield remain despite diversity in wheat height and earliness</w:t>
+                <w:t xml:space="preserve">Contrasting plant height can improve the control of rain-borne diseases in wheat cultivar mixture: modelling splash dispersal in 3-D canopies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Gigot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude de Vallavielle-Pope</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Huber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Saint-Jean</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Pathology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/ppa.13200⟩</w:t>
+              <w:t xml:space="preserve">Annals of Botany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 121 (7), pp.1299-1308. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/aob/mcy024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02863436v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01743009v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A new methodology based on sensitivity analysis to simplify the recalibration of functional–structural plant models in new conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiphaine Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Jullien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amélie Mathieu</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Tiphaine Vidal</w:t>
+                <w:t xml:space="preserve">Qiongli Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Chambon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annals of Botany</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 127 (3), pp.397-408. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/aob/mcy080⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01824176v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contrasting plant height can improve the control of rain-borne diseases in wheat cultivar mixture: modelling splash dispersal in 3-D canopies</w:t>
+                <w:t xml:space="preserve">Cultivar architecture modulates spore dispersal by rain splash: A new perspective to reduce disease progression in cultivar mixtures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Lusley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Leconte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude de Vallavieille-Pope</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Huber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Botany</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/aob/mcy024⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 12 (11), pp.e0187788. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0187788⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01743009v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01635938v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cultivar architecture modulates spore dispersal by rain splash: A new perspective to reduce disease progression in cultivar mixtures</w:t>
+                <w:t xml:space="preserve">Reduction of fungal disease spread in cultivar mixtures: Impact of canopy architecture on rain-splash dispersal and on crop microclimate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Lise Boixel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude de Vallavieille-Pope</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Huber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0187788⟩</w:t>
+              <w:t xml:space="preserve">Agricultural and Forest Meteorology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 246, pp.154 - 161. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.agrformet.2017.06.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01635938v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01558824v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reduction of fungal disease spread in cultivar mixtures: Impact of canopy architecture on rain-splash dispersal and on crop microclimate</w:t>
+                <w:t xml:space="preserve">Associer des variétés pour maîtriser les maladies et stabiliser la production</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...133 lines deleted...]
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Gigot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Makram Belhaj Fraj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc M. Leconte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent L. Huber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Agronomie, Environnement &amp; Sociétés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 4 (2), pp.103-111</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02641628v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2956,2518 +2822,2518 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Développer des indicateurs de comptabilité environnementale pour gérer la santé des cultures et des agroécosystèmes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Barbottin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Christophe Coléno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Ygaunin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque éthique et soutenabilité des industries</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Guillaume Martin - IUT Mantes la Jolie, Sep 2025, Mantes la Jolie, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05301393v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Variable effects of a wheat cultivar mixture on Septoria tritici blotch: investigating key factors involved in mixture effect variation between European sites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Duvivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Gaubrie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thies Heick</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Hellin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12th International Congress of Plant Pathology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04560432v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Success and failure of invasive races of plant pathogens: the case of Puccinia striiformis f.sp. tritici in France</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Essia Maghrebi</w:t>
+                <w:t xml:space="preserve">Phenology of plant pathogenic fungi: why and how ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloe E. L. Delmas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Du Cheyron</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Enjalbert</w:t>
+                <w:t xml:space="preserve">Marie-Odile Bancal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Dresch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. García de Cortázar-Atauri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christel Leyronas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16th International Cereal Rusts and Powdery Mildews Conference 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Cambridge, United Kingdom</w:t>
+              <w:t xml:space="preserve">PHENOLOGY 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Avignon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04560450v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03752744v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phenology of plant pathogenic fungi: why and how ?</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">I. García de Cortázar-Atauri</w:t>
+                <w:t xml:space="preserve">Success and failure of invasive races of plant pathogens: the case of Puccinia striiformis f.sp. tritici in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiphaine Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Lise Boixel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Essia Maghrebi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christel Leyronas</w:t>
+                <w:t xml:space="preserve">Philippe Du Cheyron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Enjalbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PHENOLOGY 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Avignon, France</w:t>
+              <w:t xml:space="preserve">16th International Cereal Rusts and Powdery Mildews Conference 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Cambridge, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03752744v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04560450v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comment adapter les échelles de phénologie aux champignons phytopathogènes, et pour quelles utilisations ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloe E. L. Delmas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Odile Bancal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christel Leyronas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Hélène Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire Phénologie de TEMPO 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Réseau TEMPO, Oct 2021, Fontainebleau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03457521v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact d’associations variétales de blé sur le développement de la septoriose et la dynamique de contournement d’un gène de résistance majeur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carolina Orellana-Torrejon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lise Boixel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Saint-Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Suffert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pholème 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03510058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An interdisciplinary approach to increase wheat within-field diversity and promote agro-ecosystem services</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Enjalbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Allard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Ambroise</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Barot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1. European Conference on Crop Diversification 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Budapest, Hungary</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04481348v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A coordination model captures the dynamics of organ extension in contrasted maize phenotypes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Dillmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Andrieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6th International Symposium on Plant Growth Modeling, Simulation, Visualization and Applications, (PMA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Anhui Agricultural University (AHAU). CHN., Nov 2018, Hefei, China. pp.126-133, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/PMA.2018.8611569⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02498976v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Associer des variétés de blé différant fortement par leur architecture : une piste d’amélioration de l’efficacité des associations variétales dans la réduction de la septoriose du blé ?</w:t>
+                <w:t xml:space="preserve">Taking advantage of architectural diversity to improve control of splash dispersed disease in cultivar mixtures : a modelling study based on field experimentation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lise Boixel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Gigot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Pope de Vallavieille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pauline Lusley</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Claude C. Pope de Vallavieille</w:t>
+                <w:t xml:space="preserve">Laurent Huber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Jean Chevaugeon 2016 (JJC) - 11èmes Rencontres de Phytopathologie - Mycologie, Société Française de Phytopathologie (SFP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2016, Aussois, France. p.32</w:t>
+              <w:t xml:space="preserve">FSPMA2016, International Conference on Functional-Structural Plant Growth Modeling, Simulation, Visualization and Applications, IEEE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, FSPMA 2016., Nov 2016, Qingdao, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01564553v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01437021v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantification of the architectural effects of wheat canopies on the interception of splash dispersed spores</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Associer des variétés de blé différant fortement par leur architecture : une piste d’amélioration de l’efficacité des associations variétales dans la réduction de la septoriose du blé ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Lise Boixel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Lusley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Girardin</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Leconte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude C. Pope de Vallavieille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FSPMA2016, International Conference on Functional-Structural Plant Growth Modeling, Simulation, Visualization and Applications, IEEE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, FSPMA 2016., Nov 2016, Qingdao, China</w:t>
+              <w:t xml:space="preserve">Journées Jean Chevaugeon 2016 (JJC) - 11èmes Rencontres de Phytopathologie - Mycologie, Société Française de Phytopathologie (SFP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2016, Aussois, France. p.32</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01438623v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01564553v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sensitivity analysis to help individual plant model parameterization for winter oilseed rape</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Amélie Mathieu</w:t>
+                <w:t xml:space="preserve">Quantification of the architectural effects of wheat canopies on the interception of splash dispersed spores</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Saint-Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Gigot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Lusley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Girardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Functional-Structural Plant Growth Modeling, Simulation, Visualization and Applications (FSPMA 2016)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">FSPMA2016, International Conference on Functional-Structural Plant Growth Modeling, Simulation, Visualization and Applications, IEEE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, FSPMA 2016., Nov 2016, Qingdao, China</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01566311v1</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01438623v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reduction of Septoria leaf blotch propagation in cultivar mixtures: exploring mechanisms through controlled conditions experimentation and modelling</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Sensitivity analysis to help individual plant model parameterization for winter oilseed rape</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Jullien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qiongli Wu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul-Henry P.-H. Cournède</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9.International symposium on Septoria diseases of cereals</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Conference on Functional-Structural Plant Growth Modeling, Simulation, Visualization and Applications (FSPMA 2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, FSPMA 2016., Nov 2016, Qingdao, China. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/fspma.2016.7818299⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01531632v1</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01566311v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Increasing species richness and genetic diversity in agriculture: results of the Wheatamix project</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Julie Borg</w:t>
+                <w:t xml:space="preserve">Reduction of Septoria leaf blotch propagation in cultivar mixtures: exploring mechanisms through controlled conditions experimentation and modelling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiphaine Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Lusley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Leconte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude C. Pope de Vallavieille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Huber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5. International EcoSummit Congress - Ecological Sustainability: Engineering Change</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2016, Montpellier, France. 40 p</w:t>
+              <w:t xml:space="preserve">9.International symposium on Septoria diseases of cereals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2016, Paris, France. p.26</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01799552v1</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01531632v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mixing wheat varieties with contrasted architecture to reduce Septoria tritici blotch splash-dispersed epidemics</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Marc Leconte</w:t>
+                <w:t xml:space="preserve">Increasing species richness and genetic diversity in agriculture: results of the Wheatamix project</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerome Enjalbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Allard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Andrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Barot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Borg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9.International symposium on Septoria diseases of cereals</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2016, Paris, France. p.74</w:t>
+              <w:t xml:space="preserve">5. International EcoSummit Congress - Ecological Sustainability: Engineering Change</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2016, Montpellier, France. 40 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01564562v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01799552v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Taking advantage of architectural diversity to improve control of splash dispersed disease in cultivar mixtures : a modelling study based on field experimentation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Mixing wheat varieties with contrasted architecture to reduce Septoria tritici blotch splash-dispersed epidemics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Lise Boixel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Anne-Lise Boixel</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Lusley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Gigot</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Laurent Huber</w:t>
+                <w:t xml:space="preserve">Brigitte Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Leconte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FSPMA2016, International Conference on Functional-Structural Plant Growth Modeling, Simulation, Visualization and Applications, IEEE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, FSPMA 2016., Nov 2016, Qingdao, China</w:t>
+              <w:t xml:space="preserve">9.International symposium on Septoria diseases of cereals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2016, Paris, France. p.74</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01437021v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01564562v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of wheat varietal resistance level and rainfall characteristics on splash dispersal of Septoria tritici blotch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Lusley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Gigot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Leconte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Suffert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annual American Phytopatholgy Society Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, American Phytopathological Society, Aug 2015, Passedena, California, United States. pp.S4.1-S4.160, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1094/PHYTO-105-11-S4.1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01546614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">WHEATAMIX Project : Increasing within-field wheat diversity to foster ecosystem services in the Parisian basin</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Amélie Cantarel</w:t>
+                <w:t xml:space="preserve">Effet de l'architecture d'un couvert de blé et des caractéristiques pluviométriques sur la dispersion par éclaboussement de Mycosphaerella graminicola en conditions contrôlées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiphaine Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Gigot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Girardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. de Vallavieille-Pope</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Suffert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Solibam final congress - Diversity strategies for organic and low input agricultures and their food systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2014, Nantes, France</w:t>
+              <w:t xml:space="preserve">Journées Jean Chevaugeon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2014, Aussois, France. pp.95</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01620719v1</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00939522v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effet de l'architecture d'un couvert de blé et des caractéristiques pluviométriques sur la dispersion par éclaboussement de Mycosphaerella graminicola en conditions contrôlées</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Suffert</w:t>
+                <w:t xml:space="preserve">WHEATAMIX Project : Increasing within-field wheat diversity to foster ecosystem services in the Parisian basin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Allard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Andrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Barot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Borg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Cantarel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Jean Chevaugeon</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2014, Aussois, France. pp.95</w:t>
+              <w:t xml:space="preserve">3. International Conference on Biodiversity and the UN Millennium Development Goals,Biodiversity and Food Security – From Trade-offs to Synergies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2014, Aix en Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00939522v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01620718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">WHEATAMIX Project : Increasing within-field wheat diversity to foster ecosystem services in the Parisian basin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Allard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Barot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Borg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Cantarel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3. International Conference on Biodiversity and the UN Millennium Development Goals,Biodiversity and Food Security – From Trade-offs to Synergies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2014, Aix en Provence, France</w:t>
+              <w:t xml:space="preserve">Solibam final congress - Diversity strategies for organic and low input agricultures and their food systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2014, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01620718v1</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01620719v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Re-parametrisation of Adel-wheat allows reducing the experimental effort to simulate the 3D development of winter wheat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariem Abichou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tino Dornbusch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Chambon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rim Baccar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7. International Conference on Functional Structure Plant Models</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2013, Saariselkä, Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01512123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5477,651 +5343,651 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ten year of PstS10: a perspective on recent evolutions of French populations of Puccinia striiformis f.sp. tritici (cause of wheat yellow rust)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leconte Marc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Gérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude de Vallavieille-Pope</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Du Cheyron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12th International Congress of Plant Pathology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04560444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rouille BDT : Recherche de résistances durables à la rouille jaune chez le blé dur et le triticale-FSOV-2016-F-Rouille Jaune BD-T</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Claude Pope</w:t>
+                <w:t xml:space="preserve">Recent sudden drops in ratings for cultivar resistance to stripe rust: testing different hypotheses to explain a case study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiphaine Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Lise Boixel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Du Cheyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Leconte</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7 ème Rencontre Scientifique du FSOV</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">16th International Cereal Rusts and Powdery Mildews Conference 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Cambridge, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04921198v1</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04560467v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recent sudden drops in ratings for cultivar resistance to stripe rust: testing different hypotheses to explain a case study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Rouille BDT : Recherche de résistances durables à la rouille jaune chez le blé dur et le triticale-FSOV-2016-F-Rouille Jaune BD-T</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Pope</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Leconte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annaig Bouguennec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Cochard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16th International Cereal Rusts and Powdery Mildews Conference 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Cambridge, United Kingdom</w:t>
+              <w:t xml:space="preserve">7 ème Rencontre Scientifique du FSOV</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04560467v1</w:t>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04921198v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Control of Zymoseptoria tritici a splash dispersed pathogen by the mean of wheat cultivars mixture; experimental and modelling biophysical approaches</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Saint-Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Gigot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Huber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Pope de Vallavieille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICPP 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2018, Boston, United States. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">APS Press</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Phytopathology, 108 (10S), 2018, Phytopathology. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1094/PHYTO-108-10-S1.1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01952095v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of pea-wheat mixture on the severity of Septoria tritici blotch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Pelzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérian Lebon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nesrine Tarsim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude C. Pope de Vallavieille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10èmes Rencontres de Phytopathologie-Mycologie de la Société Française de Phytopathologie (SFP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2014, Aussois, France. 2014, des Journées Jean Chevaugeon 10èmes Rencontres de Phytopathologie-Mycologie de la Société Française de Phytopathologie (SFP)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01378300v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6131,912 +5997,925 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The STICS soil-crop model: A generic model to simulate the functioning of agroecosystems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Delandmeter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Odile Bancal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Beaudoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Léonard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Hoogenboom Gerrit (ed.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Current crop models: State-of-the-art and future developments</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Burleigh Dodds Science Publishing, pp.329-372, 2025, 978-1-80146-972-2. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.19103/AS.2025.0155.11⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05519953v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Santé des plantes et changement climatique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Launay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Odile Bancal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Colbach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Pincebourde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">P. Debaeke; N. Graveline,; B. Lacor; S. Pellerin; D. Renaudeau; É. Sauquet. </w:t>
+              <w:t xml:space="preserve">P. Debaeke; N. Graveline; B. Lacor; S. Pellerin; D. Renaudeau; É. Sauquet. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Agriculture et changement climatique : Impacts, adaptation et atténuation.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, QUAE, pp.187-220, 2025, Collection Synthèses, 978-2-7592-4011-1</w:t>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">QUAE</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.187-220, 2025, Collection Synthèses, 978-2-7592-4011-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05529904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mélanger les variétés pour construire des peuplements plus résistants aux bioagresseurs</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Évolution de la diversité cultivée du blé tendre en France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Perronne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe P. Du Cheyron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Enjalbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Suffert</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Goldringer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'immunité des plantes. Pour des cultures résistantes aux maladies.Pour des cultures résistantes aux maladies</w:t>
+              <w:t xml:space="preserve">L'immunité des plantes. Pour des cultures résistantes aux maladies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...10 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 978-2-7592-3233-8</w:t>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Editions Quae</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 9782759232338</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03721224v1</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03316045v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Évolution de la diversité cultivée du blé tendre en France</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mélanger les variétés pour construire des peuplements plus résistants aux bioagresseurs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Gauffreteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Enjalbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Goldringer</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Suffert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'immunité des plantes. Pour des cultures résistantes aux maladies</w:t>
+              <w:t xml:space="preserve">L'immunité des plantes. Pour des cultures résistantes aux maladies.Pour des cultures résistantes aux maladies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...10 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 9782759232338</w:t>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ed. QUAE</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 978-2-7592-3233-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03316045v1</w:t>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03721224v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Autre publication scientifique (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les mélanges variétaux : comment ça marche ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Enjalbert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024, pp.779 : 20-23</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05116356v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dataset of a two-year field experiment on the dynamics of Zymoseptoria tritici populations in wheat cultivar mixtures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carolina Orellana-Torrejon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lise Boixel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Gélisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Saint-Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.15454/4MAAI0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03510059v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An experimental design to test the effect of wheat variety mixtures on biodiversity and ecosystem services</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Dubs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Le Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Allard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Barot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01843564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7046,147 +6925,147 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annual dynamics of Zymoseptoria tritici populations in wheat cultivar mixtures: a compromise between the efficiency and durability of a recently broken-down resistance gene?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carolina Orellana-Torrejon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lise Boixel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Gélisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Saint-Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03305593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7196,114 +7075,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intérêt de la diversité architecturale des plantes cultivées pour limiter la progression épidémique de maladies foliaires à dispersion pluviale : cas de la septoriose au sein d'associations variétales de blé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences agricoles. Université Paris Saclay (COmUE), 2017. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2017SACLA012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01917890v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId200"/>
+      <w:footerReference w:type="default" r:id="rId194"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -7450,51 +7329,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05533524v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Breitkreuz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp Schulz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Kristin Schmitt" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerstin Flath" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Vidal" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0323046" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05173434v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Sache" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne&#8208;lise Boixel" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppa.14128" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04560061v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Perronne" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Du Cheyron" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Dubs" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppa.13905" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04457548v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Delmas" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Odile Bancal" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Leyronas" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie&#8208;h&#233;l&#232;ne Robin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/brv.13058" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04369277v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin JG Meyer" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Leconte" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henriette Goyeau" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Suffert" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42161-024-01590-7" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907322v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Marques" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Macias" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Pereira" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Durand" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Chassain" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00415-023-11947-0" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-04276559v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Enjalbert" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Barot" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Porcher" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Allard" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-023-00924-6" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04311998v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Boixel" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Goyeau" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Berder" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Moinard" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-47499-6" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03745977v2" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rola El Amil" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqui Anne Shykoff" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppa.13613" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03700333v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Orellana-Torrejon" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Saint-Jean" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppa.13577" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03675457v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Essia Maghrebi" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cheyron" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppa.13581" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03818769v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwilherm Gazeau" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine G&#233;lisse" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fgb.2022.103744" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03357908v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppa.13458" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03322767v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hafssa Aissaoui" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Rehali" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Andrieu" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/aobpla/plaa072" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03411797v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude de Vallavieille-Pope" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PHYTO-05-20-0187-R" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618510v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/aob/mcz168" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02863436v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Lusley" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc M. Leconte" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safa Ben Krima" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppa.13200" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01824176v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Mathieu" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Jullien" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiongli Wu" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Chambon" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/aob/mcy080" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01743009v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gigot" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude de Vallavielle-Pope" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Huber" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/aob/mcy024" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01635938v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0187788" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01558824v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Durand" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2017.06.014" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02641628v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Makram Belhaj Fraj" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent L. Huber" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05301393v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Barbottin" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Christophe Col&#233;no" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Ygaunin" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Martin" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04560432v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Duvivier" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Gaubrie" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thies Heick" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Hellin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04560450v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Enjalbert" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03752744v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chloe E. L. Delmas" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Dresch" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Garc&#237;a de Cort&#225;zar-Atauri" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03457521v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Robin" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510058v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04481348v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Ambroise" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Barot" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02498976v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Dillmann" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PMA.2018.8611569" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01564553v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude C. Pope de Vallavieille" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01438623v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Girardin" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01566311v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Henry P.-H. Courn&#232;de" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/fspma.2016.7818299" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01531632v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799552v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Barot" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Borg" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01564562v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01437021v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Pope de Vallavieille" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01546614v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Suffert" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PHYTO-105-11-S4.1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01620719v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Cantarel" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00939522v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gigot" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Girardin" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. de Vallavieille-Pope" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01620718v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01512123v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariem Abichou" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Fournier" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tino Dornbusch" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rim Baccar" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04560444v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leconte Marc" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent G&#233;rard" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04921198v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Pope" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annaig Bouguennec" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Cochard" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04560467v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01952095v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/10.1094/PHYTO-108-10-S1.1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PHYTO-108-10-S1.1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01378300v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Pelzer" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rian Lebon" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nesrine Tarsim" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05519953v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Dumont" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Delandmeter" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Beaudoin" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l L&#233;onard" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19103/AS.2025.0155.11" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05529904v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Launay" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Colbach" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Pincebourde" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03721224v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Gauffreteau" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03316045v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe P. Du Cheyron" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Goldringer" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05116356v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Fournier" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510059v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/4MAAI0" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01843564v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Le Roux" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03305593v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01917890v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017SACLA012" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05533524v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Breitkreuz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp Schulz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Kristin Schmitt" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerstin Flath" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Vidal" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0323046" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05173434v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Sache" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne&#8208;lise Boixel" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppa.14128" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04457548v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Delmas" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Odile Bancal" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Leyronas" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie&#8208;h&#233;l&#232;ne Robin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/brv.13058" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04560061v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Perronne" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Du Cheyron" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Dubs" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppa.13905" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04369277v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin JG Meyer" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Leconte" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henriette Goyeau" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Suffert" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42161-024-01590-7" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-04276559v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Enjalbert" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Barot" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Porcher" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Allard" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-023-00924-6" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04311998v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Boixel" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Goyeau" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Berder" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Moinard" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-47499-6" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03675457v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Essia Maghrebi" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cheyron" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppa.13581" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03818769v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Orellana-Torrejon" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwilherm Gazeau" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine G&#233;lisse" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fgb.2022.103744" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03700333v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Saint-Jean" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppa.13577" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03745977v2" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rola El Amil" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqui Anne Shykoff" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppa.13613" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03357908v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppa.13458" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03322767v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hafssa Aissaoui" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Rehali" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Andrieu" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/aobpla/plaa072" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03411797v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude de Vallavieille-Pope" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PHYTO-05-20-0187-R" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618510v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/aob/mcz168" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02863436v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Lusley" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc M. Leconte" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safa Ben Krima" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppa.13200" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01743009v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gigot" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude de Vallavielle-Pope" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Huber" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/aob/mcy024" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01824176v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Mathieu" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Jullien" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiongli Wu" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Chambon" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/aob/mcy080" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01635938v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0187788" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01558824v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Durand" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2017.06.014" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02641628v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Makram Belhaj Fraj" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent L. Huber" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05301393v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Barbottin" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Christophe Col&#233;no" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Ygaunin" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Martin" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04560432v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Duvivier" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Gaubrie" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thies Heick" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Hellin" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03752744v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chloe E. L. Delmas" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Dresch" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Garc&#237;a de Cort&#225;zar-Atauri" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04560450v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Enjalbert" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03457521v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Robin" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510058v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04481348v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Ambroise" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Barot" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02498976v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Dillmann" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PMA.2018.8611569" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01437021v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Pope de Vallavieille" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01564553v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude C. Pope de Vallavieille" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01438623v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Girardin" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01566311v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Henry P.-H. Courn&#232;de" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/fspma.2016.7818299" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01531632v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799552v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Barot" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Borg" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01564562v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01546614v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Suffert" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PHYTO-105-11-S4.1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00939522v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gigot" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Girardin" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. de Vallavieille-Pope" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01620718v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Cantarel" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01620719v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01512123v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariem Abichou" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Fournier" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tino Dornbusch" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rim Baccar" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04560444v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leconte Marc" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent G&#233;rard" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04560467v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04921198v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Pope" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annaig Bouguennec" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Cochard" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01952095v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/10.1094/PHYTO-108-10-S1.1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PHYTO-108-10-S1.1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01378300v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Pelzer" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rian Lebon" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nesrine Tarsim" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05519953v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Dumont" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Delandmeter" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Beaudoin" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l L&#233;onard" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19103/AS.2025.0155.11" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05529904v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Launay" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Colbach" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Pincebourde" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.35690/978-2-7592-4012-8" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03316045v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe P. Du Cheyron" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Goldringer" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03721224v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Gauffreteau" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05116356v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Fournier" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510059v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/4MAAI0" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01843564v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Le Roux" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03305593v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01917890v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017SACLA012" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>