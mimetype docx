--- v0 (2026-03-03)
+++ v1 (2026-03-26)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Tiphanie BERTIN </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (19)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le développement du langage de l'enfant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphanie Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Beaupoil-Hourdel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Matinées pédagogiques des crèches familiales municipales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Directrion des Famille et de la Petite Enfance de la ville de Paris, Nov 2025, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05385793v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recueillir et utiliser des corpus en crèche : une recherche collaborative avec les professionnelles de la petite enfance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphanie Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine da Silva-Genest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roxane Perrin Hennebelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11èmes journées internationales de linguistique de corpus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04741143v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les reprises en crèche : co-construction du sens et expérimentation des formes langagières</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naomi Yamaguchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphanie Bertin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque DiapASO : Dialogisme, Pathologie et Acquisition du langage dans les approches socio-interactionnistes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03771611v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Langage Adressé à l'Enfant (LAE) en situation de jeu libre : interaction mère-enfant prématuré : Quelles conduites dialogiques pour impliquer les enfants dans l'interaction ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphanie Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Le Mene</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Da Silva Genest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Janina Klein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'étude CLESTHIA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2022, PARIS, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03726237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les reprises en crèche : co-construction du sens et expérimentation des formes langagières</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naomi Yamaguchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphanie Bertin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acquisition du langage en milieu collectif: interactions adultes-enfants et pratiques langagières professionnelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2021, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03771648v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A la recherche des traces du processus d’acquisition du langage : le cas des dialogues adulte-enfant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphanie Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Masson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Des traces linguistiques et discursives en sciences du langage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03771617v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A la recherche de traces du processus d’acquisition du langage : le cas des dialogues adulte-enfant.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphanie Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Masson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d’étude « Des « traces linguistiques et discursives » en sciences du langage »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03947705v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les reprises en crèche : co-construction du sens et expérimentation des formes langagières.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naomi Yamaguchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphanie Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Beaupoil-Hourdel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JE Acquisition du langage en milieu collectif : interactions adultes-enfants et pratiques langagières professionnelles.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2021, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03865669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Engaging children in activities and in verbal interactions: a typology of the strategies by early-childhood professionals in child-care centers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphanie Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Martel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Salazar Orvig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chartier Eloise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th International Pragmatics Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Winterthur, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03771568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implications des enfants dans les activités et les interactions verbales : Quelles stratégies des professionnelles.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphanie Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eloise Chartier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine da Silva-Genest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Martel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’étude de l’ED 266 « Acquisition du langage en milieu collectif : interactions adultes-enfants et pratiques langagières professionnelles »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03442299v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rôle des interactions langagières précoces dans le développement communicatif et langagier des enfants prématurés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphanie Bertin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INTERACTIONS ET DÉVELOPPEMENT LANGAGIER CHEZ LES ENFANTS PRÉMATURÉS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03771662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accompagner le développement communicatif et langagier du bébé prématuré : quel partenariat professionnel – chercheur ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphanie Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine da Silva-Genest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Le Mené</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque International PRELA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03771601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CONSTITUER UN CORPUS D’INTERACTIONS SPONTANÉES & INDUITES : Exemple des apports dans une étude sur le développement langagier des enfants prématurés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphanie Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Le Mené</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10ème Journées de Linguistique de Corpus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03771623v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effets des pratiques langagières en structures d’accueil collectif.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphanie Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Masson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ournée d’étude APPEL « Analyses des Pratiques Professionnelles sur les Échanges Langagiers »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03771582v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effets des pratiques langagières en structures d’accueil collectif : réflexion collaborative professionnel·les/chercheur·es autour de l’accompagnement langagier. Symposium « Postures langagières professionnelles en milieux éducatif, social et clinique : modalités d’apprentissage du langage et implications pour la formation »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphanie Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Masson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international PRELA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03771579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structuration du langage chez l’enfant entre 1 et 3 ans : Appui sur les notions de « zone proximale de développement » et d’« étayage » pour décrire un processus interactionnel d’acquisition du langage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphanie Bertin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7ème Séminaire International Vygtoski</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Genève, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03771654v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rôle de l’environnement langagier des enfants en structure d’accueil collectif : quel accompagnement de la mise en fonctionnement du langage ?.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphanie Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Masson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11ème colloque RIPSYDEV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03771587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acquisition du langage oral chez l’enfant de moins de 6 ans : pour un ancrage linguistique et socio-interactionniste de la discipline</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Canut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphanie Bertin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4ème rencontres Internationales de l’interactionnisme socio-discursif</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Geneve, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01845014v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rôle de l'interaction adulte-enfant dans l'appropriation des articles et des formes clitiques sujets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphanie Bertin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AcquisiLyon 09</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2009, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01417144v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The contribution of recasts in dialogue co-construction and language development in daycare centers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naomi Yamaguchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphanie Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Beaupoil-Hourdel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IASCL International Congress for the Study of Child Language</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Prague, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04660242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing preterm toddlers communicative development: for a combined use of methods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphanie Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Le Mené</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine da Silva-Genest</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th congress of the International Association for the Study of Child Language IASCL 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Prague (Czech Republic), Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04741807v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Engaging children in activities and interactions. What strategies do educators use in early childhood education and care?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphanie Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Martel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Salazar Orvig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine da Silva-Genest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langage, Interaction et Acquisition / Language, Interaction and Acquisition </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 15 (1), pp.95-129. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1075/lia.00023.mas⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04789597v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conversations in early childhood education and care centres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naomi Yamaguchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphanie Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Beaupoil-Hourdel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langage, Interaction et Acquisition / Language, Interaction and Acquisition </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 15 (1), pp.158-188. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1075/lia.00025.yam⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04817827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation des compétences communicatives des enfants nés prématurés avant deux ans : complémentarité des données induites et spontanées.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphanie Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Le Mené</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine da Silva-Genest</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Études de linguistique appliquée : revue de didactologie des langues-cultures et de lexiculturologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 210, pp.161-178</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04741124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Role of Dialogue and Discourse Co-construction in the Acquisition of Morpho-syntax: an Interactional and Dialogical Process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphanie Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Masson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bakhtiniana - Revista de Estudos do Discurso</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 16 (1), pp.88-113. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1590/2176-457347036⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03380714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accompagner le développement langagier du très jeune enfant : Une recherche-action-formation dans les structures de petite enfance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphanie Bertin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TRANEL. Travaux Neuchâtelois de Linguistique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 74, pp.31-45. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.26034/tranel.2021.2907⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03771498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rôle du dialogue et de la co-construction du discours dans l’acquisition de la morphosyntaxe: un processus interactionnel et dialogique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphanie Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Masson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bakhtiniana - Revista de Estudos do Discurso</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 16 (1), pp.88-113. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1590/2176-457347036⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03771491v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rôle des reprises dans l’acquisition des articles et des clitiques sujets chez des enfants francophones âgés de 2 à 3 ans.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphanie Bertin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TRANEL. Travaux Neuchâtelois de Linguistique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01417103v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Complémentarité des approches quantitatives et qualitatives pour l’étude du développement langagier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphanie Bertin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linx</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 68-69</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01417067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Processus d’appropriation des morphèmes grammaticaux libres chez des enfants français entre un et trois ans : Premières recherches – Premiers résultats – Perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphanie Bertin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ALOE (L'Acquisition du Langage Oral et Ecrit)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 60-61, pp.90-150</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01417153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corpus Oraux : recueil et analyse de données - Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeanne-Marie Debaisieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphanie Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Husianycia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Verbum (Presses Universitaires de Nancy)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 4 (30)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01417173v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la recherche à la pratique et vice-versa : pour une linguistique impliquée avec des professionnel·les de la petite enfance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphanie Bertin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Véronique Miguel-Addisu; Isabelle Maillochon. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vivre et parler avec de jeunes enfants en crèche. Situations langagières, postures professionnelles, formation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.211-232, 2023, Enfance &amp; Langages</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04404592v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des interactions « éducatives » pour soutenir l’apprentissage du langage des enfants d’école maternelle. Une exploration de la Zone Proximale de Développement en linguistique de l’acquisition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Canut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphanie Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bocéréan Christine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vygotski et l’école</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 978-2-86781-893-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01417022v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des interactions éducatives pour soutenir l’apprentissage du langage des enfants d’école maternelle. Une exploration de la Zone Proximale de Développement en linguistique de l’acquisition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Canut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphanie Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Bocerean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vygotski et l’école. Apports et limites d’un modèle théorique pour penser l’éducation et la formation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Bordeaux, pp.171-188, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01845005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rôle de l’interaction langagière adulte-enfant dans l’acquisition des déterminants chez des enfants entre un et quatre ans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphanie Bertin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les voix des Français, vol.2, en parlant, en écrivant</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01417135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grammaticalisation du langage de l'enfant : processus interactionnel d'appropriation des articles et des clitiques sujets chez des enfants francophones entre 1 et 3 ans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphanie Bertin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Linguistique. Université Nancy 2, 2011. Français. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2011NAN21020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01749083v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grammaticalisation du langage de l’enfant : processus interactionnel d’appropriation des articles et des clitiques sujets chez des enfants francophones entre 1 et 3 ans.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphanie Bertin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Linguistique. Université Nancy 2, 2011. Français. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01417179v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corpus Oraux : recueil et analyse de données</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeanne-Marie Debaisieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphanie Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Husianycia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">4 (30), 2008, VERBUM</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01417162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId70"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Tiphanie BERTIN </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (19)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le développement du langage de l'enfant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphanie Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Beaupoil-Hourdel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Matinées pédagogiques des crèches familiales municipales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Directrion des Famille et de la Petite Enfance de la ville de Paris, Nov 2025, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05385793v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recueillir et utiliser des corpus en crèche : une recherche collaborative avec les professionnelles de la petite enfance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphanie Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine da Silva-Genest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roxane Perrin Hennebelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11èmes journées internationales de linguistique de corpus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04741143v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les reprises en crèche : co-construction du sens et expérimentation des formes langagières</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naomi Yamaguchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphanie Bertin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque DiapASO : Dialogisme, Pathologie et Acquisition du langage dans les approches socio-interactionnistes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03771611v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Langage Adressé à l'Enfant (LAE) en situation de jeu libre : interaction mère-enfant prématuré : Quelles conduites dialogiques pour impliquer les enfants dans l'interaction ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphanie Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Le Mene</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Da Silva Genest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Janina Klein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'étude CLESTHIA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2022, PARIS, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03726237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les reprises en crèche : co-construction du sens et expérimentation des formes langagières</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naomi Yamaguchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphanie Bertin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acquisition du langage en milieu collectif: interactions adultes-enfants et pratiques langagières professionnelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2021, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03771648v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Engaging children in activities and in verbal interactions: a typology of the strategies by early-childhood professionals in child-care centers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphanie Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Martel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Salazar Orvig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chartier Eloise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th International Pragmatics Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Winterthur, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03771568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A la recherche des traces du processus d’acquisition du langage : le cas des dialogues adulte-enfant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphanie Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Masson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Des traces linguistiques et discursives en sciences du langage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03771617v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A la recherche de traces du processus d’acquisition du langage : le cas des dialogues adulte-enfant.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphanie Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Masson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d’étude « Des « traces linguistiques et discursives » en sciences du langage »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03947705v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les reprises en crèche : co-construction du sens et expérimentation des formes langagières.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naomi Yamaguchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphanie Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Beaupoil-Hourdel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JE Acquisition du langage en milieu collectif : interactions adultes-enfants et pratiques langagières professionnelles.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2021, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03865669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implications des enfants dans les activités et les interactions verbales : Quelles stratégies des professionnelles.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphanie Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eloise Chartier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine da Silva-Genest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Martel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’étude de l’ED 266 « Acquisition du langage en milieu collectif : interactions adultes-enfants et pratiques langagières professionnelles »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03442299v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rôle des interactions langagières précoces dans le développement communicatif et langagier des enfants prématurés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphanie Bertin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INTERACTIONS ET DÉVELOPPEMENT LANGAGIER CHEZ LES ENFANTS PRÉMATURÉS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03771662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accompagner le développement communicatif et langagier du bébé prématuré : quel partenariat professionnel – chercheur ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphanie Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine da Silva-Genest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Le Mené</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque International PRELA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03771601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CONSTITUER UN CORPUS D’INTERACTIONS SPONTANÉES & INDUITES : Exemple des apports dans une étude sur le développement langagier des enfants prématurés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphanie Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Le Mené</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10ème Journées de Linguistique de Corpus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03771623v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effets des pratiques langagières en structures d’accueil collectif : réflexion collaborative professionnel·les/chercheur·es autour de l’accompagnement langagier. Symposium « Postures langagières professionnelles en milieux éducatif, social et clinique : modalités d’apprentissage du langage et implications pour la formation »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphanie Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Masson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international PRELA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03771579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effets des pratiques langagières en structures d’accueil collectif.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphanie Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Masson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ournée d’étude APPEL « Analyses des Pratiques Professionnelles sur les Échanges Langagiers »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03771582v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structuration du langage chez l’enfant entre 1 et 3 ans : Appui sur les notions de « zone proximale de développement » et d’« étayage » pour décrire un processus interactionnel d’acquisition du langage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphanie Bertin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7ème Séminaire International Vygtoski</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Genève, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03771654v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rôle de l’environnement langagier des enfants en structure d’accueil collectif : quel accompagnement de la mise en fonctionnement du langage ?.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphanie Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Masson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11ème colloque RIPSYDEV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03771587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acquisition du langage oral chez l’enfant de moins de 6 ans : pour un ancrage linguistique et socio-interactionniste de la discipline</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Canut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphanie Bertin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4ème rencontres Internationales de l’interactionnisme socio-discursif</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Geneve, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01845014v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rôle de l'interaction adulte-enfant dans l'appropriation des articles et des formes clitiques sujets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphanie Bertin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AcquisiLyon 09</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2009, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01417144v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Engaging children in activities and interactions. What strategies do educators use in early childhood education and care?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphanie Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Martel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Salazar Orvig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine da Silva-Genest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langage, Interaction et Acquisition / Language, Interaction and Acquisition </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 15 (1), pp.95-129. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1075/lia.00023.mas⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04789597v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conversations in early childhood education and care centres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naomi Yamaguchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphanie Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Beaupoil-Hourdel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langage, Interaction et Acquisition / Language, Interaction and Acquisition </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 15 (1), pp.158-188. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1075/lia.00025.yam⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04817827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation des compétences communicatives des enfants nés prématurés avant deux ans : complémentarité des données induites et spontanées.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphanie Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Le Mené</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine da Silva-Genest</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Études de linguistique appliquée : revue de didactologie des langues-cultures et de lexiculturologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 210, pp.161-178</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04741124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Role of Dialogue and Discourse Co-construction in the Acquisition of Morpho-syntax: an Interactional and Dialogical Process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphanie Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Masson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bakhtiniana - Revista de Estudos do Discurso</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 16 (1), pp.88-113. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1590/2176-457347036⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03380714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rôle du dialogue et de la co-construction du discours dans l’acquisition de la morphosyntaxe: un processus interactionnel et dialogique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphanie Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Masson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bakhtiniana - Revista de Estudos do Discurso</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 16 (1), pp.88-113. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1590/2176-457347036⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03771491v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accompagner le développement langagier du très jeune enfant : Une recherche-action-formation dans les structures de petite enfance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphanie Bertin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TRANEL. Travaux Neuchâtelois de Linguistique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 74, pp.31-45. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.26034/tranel.2021.2907⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03771498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rôle des reprises dans l’acquisition des articles et des clitiques sujets chez des enfants francophones âgés de 2 à 3 ans.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphanie Bertin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TRANEL. Travaux Neuchâtelois de Linguistique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01417103v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Complémentarité des approches quantitatives et qualitatives pour l’étude du développement langagier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphanie Bertin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linx</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 68-69</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01417067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Processus d’appropriation des morphèmes grammaticaux libres chez des enfants français entre un et trois ans : Premières recherches – Premiers résultats – Perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphanie Bertin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ALOE (L'Acquisition du Langage Oral et Ecrit)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 60-61, pp.90-150</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01417153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corpus Oraux : recueil et analyse de données - Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeanne-Marie Debaisieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphanie Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Husianycia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Verbum (Presses Universitaires de Nancy)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 4 (30)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01417173v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The contribution of recasts in dialogue co-construction and language development in daycare centers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naomi Yamaguchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphanie Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Beaupoil-Hourdel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IASCL International Congress for the Study of Child Language</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Prague, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04660242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing preterm toddlers communicative development: for a combined use of methods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphanie Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Le Mené</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine da Silva-Genest</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th congress of the International Association for the Study of Child Language IASCL 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Prague (Czech Republic), Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04741807v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la recherche à la pratique et vice-versa : pour une linguistique impliquée avec des professionnel·les de la petite enfance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphanie Bertin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Véronique Miguel-Addisu; Isabelle Maillochon. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vivre et parler avec de jeunes enfants en crèche. Situations langagières, postures professionnelles, formation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.211-232, 2023, Enfance &amp; Langages</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04404592v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des interactions « éducatives » pour soutenir l’apprentissage du langage des enfants d’école maternelle. Une exploration de la Zone Proximale de Développement en linguistique de l’acquisition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Canut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphanie Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bocéréan Christine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vygotski et l’école</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 978-2-86781-893-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01417022v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des interactions éducatives pour soutenir l’apprentissage du langage des enfants d’école maternelle. Une exploration de la Zone Proximale de Développement en linguistique de l’acquisition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Canut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphanie Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Bocerean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vygotski et l’école. Apports et limites d’un modèle théorique pour penser l’éducation et la formation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Bordeaux, pp.171-188, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01845005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rôle de l’interaction langagière adulte-enfant dans l’acquisition des déterminants chez des enfants entre un et quatre ans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphanie Bertin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les voix des Français, vol.2, en parlant, en écrivant</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01417135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grammaticalisation du langage de l'enfant : processus interactionnel d'appropriation des articles et des clitiques sujets chez des enfants francophones entre 1 et 3 ans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphanie Bertin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Linguistique. Université Nancy 2, 2011. Français. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2011NAN21020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01749083v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grammaticalisation du langage de l’enfant : processus interactionnel d’appropriation des articles et des clitiques sujets chez des enfants francophones entre 1 et 3 ans.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphanie Bertin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Linguistique. Université Nancy 2, 2011. Français. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01417179v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corpus Oraux : recueil et analyse de données</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeanne-Marie Debaisieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphanie Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Husianycia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">4 (30), 2008, VERBUM</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01417162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId70"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05385793v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Masson" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphanie Bertin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Beaupoil-Hourdel" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04741143v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine da Silva-Genest" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Perrin Hennebelle" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771611v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naomi Yamaguchi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03726237v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Le Mene" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Da Silva Genest" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janina Klein" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771648v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771617v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03947705v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865669v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771568v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Martel" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Salazar Orvig" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chartier Eloise" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03442299v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eloise Chartier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771662v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771601v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Le Men&#233;" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771623v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771582v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771579v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771654v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771587v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845014v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Canut" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01417144v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04660242v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741807v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04789597v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/lia.00023.mas" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04817827v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/lia.00025.yam" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04741124v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03380714v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/2176-457347036" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771498v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26034/tranel.2021.2907" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771491v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01417103v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01417067v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01417153v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01417173v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne-Marie Debaisieux" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Husianycia" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04404592v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01417022v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boc&#233;r&#233;an Christine" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845005v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Bocerean" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01417135v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01749083v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2011NAN21020" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01417179v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01417162v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05385793v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Masson" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphanie Bertin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Beaupoil-Hourdel" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04741143v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine da Silva-Genest" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Perrin Hennebelle" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771611v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naomi Yamaguchi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03726237v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Le Mene" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Da Silva Genest" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janina Klein" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771648v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771568v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Martel" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Salazar Orvig" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chartier Eloise" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771617v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03947705v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865669v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03442299v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eloise Chartier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771662v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771601v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Le Men&#233;" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771623v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771579v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771582v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771654v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771587v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845014v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Canut" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01417144v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04789597v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/lia.00023.mas" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04817827v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/lia.00025.yam" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04741124v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03380714v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/2176-457347036" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771491v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771498v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26034/tranel.2021.2907" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01417103v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01417067v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01417153v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01417173v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne-Marie Debaisieux" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Husianycia" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04660242v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741807v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04404592v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01417022v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boc&#233;r&#233;an Christine" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845005v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Bocerean" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01417135v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01749083v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2011NAN21020" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01417179v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01417162v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>