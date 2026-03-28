--- v0 (2026-03-05)
+++ v1 (2026-03-28)
@@ -983,1652 +983,1652 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Schur's Positive-Definite Network: Deep Learning in the SPD cone with structure</w:t>
+                <w:t xml:space="preserve">En quête de précision : Un benchmark open-source et un solveur polyvalent pour le Graphical Lasso</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Can Pouliquen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Paulo Gonçalves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Titouan Vayer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Mathurin Massias</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Titouan Vayer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Learning Representations ICLR 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2025, Singapore, Singapore</w:t>
+              <w:t xml:space="preserve">GRETSI 2025 - XXXème Colloque Francophone de Traitement du Signal et des Images</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2025, Strasboug, France. pp.1-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04726325v2</w:t>
+                <w:t xml:space="preserve">hal-05128230v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bridging Arbitrary and Tree Metrics via Differentiable Gromov Hyperbolicity</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Laetitia Chapel</w:t>
+                <w:t xml:space="preserve">Schur's Positive-Definite Network: Deep Learning in the SPD cone with structure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Can Pouliquen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathurin Massias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Titouan Vayer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NeurIPS 2025 - 39th Annual Conference on Neural Information Processing Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2025, San diego (Californie), United States</w:t>
+              <w:t xml:space="preserve">International Conference on Learning Representations ICLR 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2025, Singapore, Singapore</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05088161v2</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04726325v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">En quête de précision : Un benchmark open-source et un solveur polyvalent pour le Graphical Lasso</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Can Pouliquen</w:t>
+                <w:t xml:space="preserve">Bridging Arbitrary and Tree Metrics via Differentiable Gromov Hyperbolicity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Houedry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Courty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paulo Gonçalves</w:t>
+                <w:t xml:space="preserve">Florestan Martin-Baillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Chapel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Titouan Vayer</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mathurin Massias</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GRETSI 2025 - XXXème Colloque Francophone de Traitement du Signal et des Images</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2025, Strasboug, France. pp.1-3</w:t>
+              <w:t xml:space="preserve">NeurIPS 2025 - 39th Annual Conference on Neural Information Processing Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2025, San diego (Californie), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05128230v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05088161v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimal Transport with Adaptive Regularisation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hugues Van Assel</w:t>
+                <w:t xml:space="preserve">Optimisation Riemannienne pour l'apprentissage de graphes structurés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Hippert-Ferrer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Bouchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ammar Mian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Titouan Vayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Courty</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Breloy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NeurIPS OTML Workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2023, New Orleans, France</w:t>
+              <w:t xml:space="preserve">GRETSI 2023 - XXIXème Colloque Francophone de Traitement du Signal et des Images</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2023, Grenoble, France. pp.585-588</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04229636v1</w:t>
+                <w:t xml:space="preserve">hal-04228029v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interpolating between Clustering and Dimensionality Reduction with Gromov-Wasserstein</w:t>
+                <w:t xml:space="preserve">Optimal Transport with Adaptive Regularisation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugues Van Assel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Titouan Vayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Rémi Flamary</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remi Flamary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Courty</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NeurIPS OTML Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Dec 2023, New Orleans, United States</w:t>
+              <w:t xml:space="preserve">, Dec 2023, New Orleans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04356797v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04229636v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Implicit Differentiation for Hyperparameter Tuning the Weighted Graphical Lasso</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Mathurin Massias</w:t>
+                <w:t xml:space="preserve">Interpolating between Clustering and Dimensionality Reduction with Gromov-Wasserstein</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugues Van Assel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Vincent-Cuaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Titouan Vayer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Flamary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Courty</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GRETSI 2023 - XXIXème Colloque Francophone de Traitement du Signal et des Images</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2023, Grenoble (France), France. pp.1-4</w:t>
+              <w:t xml:space="preserve">NeurIPS OTML Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2023, New Orleans, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04151796v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04356797v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SNEkhorn: Dimension Reduction with Symmetric Entropic Affinities</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hugues Van Assel</w:t>
+                <w:t xml:space="preserve">Implicit Differentiation for Hyperparameter Tuning the Weighted Graphical Lasso</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Can Pouliquen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paulo Gonçalves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathurin Massias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Titouan Vayer</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Courty</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Thirty-seventh Annual Conference on Neural Information Processing Systems (NeurIPS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2023, New Orleans, United States</w:t>
+              <w:t xml:space="preserve">GRETSI 2023 - XXIXème Colloque Francophone de Traitement du Signal et des Images</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2023, Grenoble (France), France. pp.1-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04103326v2</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04151796v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Learning Graphical Factor Models with Riemannian Optimization</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Ammar Mian</w:t>
+                <w:t xml:space="preserve">SNEkhorn: Dimension Reduction with Symmetric Entropic Affinities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugues Van Assel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Titouan Vayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Breloy</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Flamary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Courty</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Joint European Conference on Machine Learning and Knowledge Discovery in Databases (ECML PKDD 2023)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Thirty-seventh Annual Conference on Neural Information Processing Systems (NeurIPS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2023, New Orleans, United States</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04249001v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04103326v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Entropic Wasserstein component analysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Antoine Collas</w:t>
+                <w:t xml:space="preserve">Learning Graphical Factor Models with Riemannian Optimization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Hippert-Ferrer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Bouchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ammar Mian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Titouan Vayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Breloy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Workshop on Machine Learning for Signal Processing (MLSP)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Joint European Conference on Machine Learning and Knowledge Discovery in Databases (ECML PKDD 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Torino, Italy. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-43421-1_21⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04022713v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04249001v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimisation Riemannienne pour l'apprentissage de graphes structurés</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Ammar Mian</w:t>
+                <w:t xml:space="preserve">Entropic Wasserstein component analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Collas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Titouan Vayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Flamary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Breloy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GRETSI 2023 - XXIXème Colloque Francophone de Traitement du Signal et des Images</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2023, Grenoble, France. pp.585-588</w:t>
+              <w:t xml:space="preserve">IEEE International Workshop on Machine Learning for Signal Processing (MLSP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04228029v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04022713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Template based Graph Neural Network with Optimal Transport Distances</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Fast Multiscale Diffusion on Graphs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marco Corneli</w:t>
+                <w:t xml:space="preserve">Sibylle Marcotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Barbe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Gribonval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Titouan Vayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Sebban</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NeurIPS 2022 – 36th Conference on Neural Information Processing Systems</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ICASSP 2022 - IEEE International Conference on Acoustics, Speech and Signal Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Singapore, Singapore. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICASSP43922.2022.9746802⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03839517v1</w:t>
+                <w:t xml:space="preserve">hal-03212764v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Semi-relaxed Gromov-Wasserstein divergence for graphs classification</w:t>
+                <w:t xml:space="preserve">Template based Graph Neural Network with Optimal Transport Distances</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Vincent-Cuaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Flamary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Corneli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Titouan Vayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Courty</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque GRETSI 2022 - XXVIIIème Colloque Francophone de Traitement du Signal et des Images</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Nancy, France</w:t>
+              <w:t xml:space="preserve">NeurIPS 2022 – 36th Conference on Neural Information Processing Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, New Orleans, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03839524v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03839517v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Semi-relaxed Gromov Wasserstein divergence with applications on graphs</w:t>
+                <w:t xml:space="preserve">Semi-relaxed Gromov-Wasserstein divergence for graphs classification</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Vincent-Cuaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Flamary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Corneli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Titouan Vayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Courty</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICLR 2022 - 10th International Conference on Learning Representations</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2022, Virtual, France. pp.1-28</w:t>
+              <w:t xml:space="preserve">Colloque GRETSI 2022 - XXVIIIème Colloque Francophone de Traitement du Signal et des Images</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03832589v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03839524v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fast Multiscale Diffusion on Graphs</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sibylle Marcotte</w:t>
+                <w:t xml:space="preserve">Semi-relaxed Gromov Wasserstein divergence with applications on graphs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Vincent-Cuaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Flamary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amélie Barbe</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Rémi Gribonval</w:t>
+                <w:t xml:space="preserve">Marco Corneli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Titouan Vayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Courty</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICASSP 2022 - IEEE International Conference on Acoustics, Speech and Signal Processing</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ICLR 2022 - 10th International Conference on Learning Representations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2022, Virtual, France. pp.1-28</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ICASSP43922.2022.9746802⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03212764v2</w:t>
+                <w:t xml:space="preserve">hal-03832589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Online Graph Dictionary Learning</w:t>
               </w:r>
@@ -2653,51 +2653,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Titouan Vayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Flamary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Corneli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Courty</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2744,77 +2744,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimization of the Diffusion Time in Graph Diffused-Wasserstein Distances: Application to Domain Adaptation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Barbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paulo Gonçalves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Sebban</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2980,269 +2980,269 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02972087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimal Transport for structured data with application on graphs</w:t>
+                <w:t xml:space="preserve">Sliced Gromov-Wasserstein</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Titouan Vayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Flamary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Tavenard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Chapel</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Romain Tavenard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Courty</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICML 2019 - 36th International Conference on Machine Learning</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Long Beach, United States. pp.1-16</w:t>
+              <w:t xml:space="preserve">NeurIPS 2019 - Thirty-third Conference on Neural Information Processing Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2019, Vancouver, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02174322v1</w:t>
+                <w:t xml:space="preserve">hal-02174309v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sliced Gromov-Wasserstein</w:t>
+                <w:t xml:space="preserve">Optimal Transport for structured data with application on graphs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Titouan Vayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Chapel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Flamary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Tavenard</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laetitia Chapel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Courty</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NeurIPS 2019 - Thirty-third Conference on Neural Information Processing Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2019, Vancouver, Canada</w:t>
+              <w:t xml:space="preserve">ICML 2019 - 36th International Conference on Machine Learning</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Long Beach, United States. pp.1-16</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02174309v1</w:t>
+                <w:t xml:space="preserve">hal-02174322v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (6)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3254,177 +3254,177 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Path-conditioned training: a principled way to rescale ReLU neural networks</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">On sparsity, extremal structure, and monotonicity properties of Wasserstein and Gromov-Wasserstein optimal transport plans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Titouan Vayer</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...11 lines deleted...]
-            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05519191v2</w:t>
+                <w:t xml:space="preserve">hal-05515773v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On sparsity, extremal structure, and monotonicity properties of Wasserstein and Gromov-Wasserstein optimal transport plans</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Path-conditioned training: a principled way to rescale ReLU neural networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Lebeurrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Titouan Vayer</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remi Gribonval</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05515773v2</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05519191v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A note on the relations between mixture models, maximum-likelihood and entropic optimal transport</w:t>
               </w:r>
@@ -3524,51 +3524,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Lasalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Gribonval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paulo Gonçalves</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3612,51 +3612,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Vincent-Cuaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Flamary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Corneli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Titouan Vayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4046,103 +4046,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Code for reproducible research - Fast Multiscale Diffusion on Graphs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sibylle Marcotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Barbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Gribonval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Titouan Vayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Sebban</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Logiciel</w:t>
@@ -4333,51 +4333,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726195v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Van Assel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Vincent-Cuaz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Courty" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Flamary" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Frossard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837207v2" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Lasalle" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Vaudaine" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Titouan Vayer" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Borgnat" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Gribonval" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10994-025-06837-7" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03461492v3" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473959v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Tavenard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Chapel" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264013v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Gramfort" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mokhtar Zahdi Alaya" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Boisbunon" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03500536v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Bonet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Septier" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Drumetz" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/a14120366" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971153v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/a13090212" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726325v2" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Can Pouliquen" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathurin Massias" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05088161v2" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Houedry" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florestan Martin-Baillon" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128230v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Gon&#231;alves" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229636v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Flamary" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04356797v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04151796v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04103326v2" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04249001v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Hippert-Ferrer" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Bouchard" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ammar Mian" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Breloy" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-43421-1_21" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04022713v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Collas" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228029v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03839517v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Corneli" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03839524v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03832589v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03212764v2" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sibylle Marcotte" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Barbe" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Sebban" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP43922.2022.9746802" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03140349v2" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2102.06555" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03353622v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTAI52525.2021.00125" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02972087v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ievgen Redko" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02174322v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02174309v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05519191v2" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Lebeurrier" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Gribonval" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05515773v2" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04901607v2" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04275341v3" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03376923v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02174316v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03102632v2" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2020LORIS576" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05086352v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:18c931d98f790cdbd1dcfba6e2e03ff4427a8c24;origin=https://hal.archives-ouvertes.fr/hal-05086352;visit=swh:1:snp:369c0877aee64505a50b80345742b519c9ddbd7b;anchor=swh:1:rel:45b059a3bd793f910f722c5822c3bf5f69462f89;path=/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03576498v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726195v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Van Assel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Vincent-Cuaz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Courty" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Flamary" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Frossard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837207v2" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Lasalle" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Vaudaine" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Titouan Vayer" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Borgnat" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Gribonval" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10994-025-06837-7" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03461492v3" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473959v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Tavenard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Chapel" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264013v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Gramfort" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mokhtar Zahdi Alaya" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Boisbunon" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03500536v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Bonet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Septier" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Drumetz" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/a14120366" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971153v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/a13090212" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128230v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Can Pouliquen" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Gon&#231;alves" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathurin Massias" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726325v2" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05088161v2" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Houedry" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florestan Martin-Baillon" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228029v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Hippert-Ferrer" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Bouchard" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ammar Mian" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Breloy" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229636v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Flamary" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04356797v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04151796v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04103326v2" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04249001v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-43421-1_21" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04022713v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Collas" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03212764v2" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sibylle Marcotte" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Barbe" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Sebban" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP43922.2022.9746802" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03839517v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Corneli" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03839524v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03832589v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03140349v2" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2102.06555" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03353622v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTAI52525.2021.00125" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02972087v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ievgen Redko" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02174309v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02174322v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05515773v2" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05519191v2" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Lebeurrier" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Gribonval" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04901607v2" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04275341v3" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03376923v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02174316v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03102632v2" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2020LORIS576" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05086352v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:18c931d98f790cdbd1dcfba6e2e03ff4427a8c24;origin=https://hal.archives-ouvertes.fr/hal-05086352;visit=swh:1:snp:369c0877aee64505a50b80345742b519c9ddbd7b;anchor=swh:1:rel:45b059a3bd793f910f722c5822c3bf5f69462f89;path=/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03576498v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>