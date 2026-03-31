--- v0 (2026-03-07)
+++ v1 (2026-03-31)
@@ -2677,282 +2677,282 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04310899v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assimilating fire front position and emulating boundary-layer flow simulations for wildland fire behavior ensemble prediction and reanalysis - invited conference</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Present climate characterization and future changes in Clear-Air Turbulence (CAT) over the northern hemisphere</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Foudad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilia Sanchez-Gomez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie C. Rochoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Jaravel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Terray</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire UQSay 'Uncertainty Quantification'</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">EGU General Assembly</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Vienne, Austria. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-egu22-2796⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04741957v1</w:t>
+                <w:t xml:space="preserve">hal-04741956v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Present climate characterization and future changes in Clear-Air Turbulence (CAT) over the northern hemisphere</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Assimilating fire front position and emulating boundary-layer flow simulations for wildland fire behavior ensemble prediction and reanalysis - invited conference</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie C. Rochoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Nony</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cong Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Lucor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Jaravel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU General Assembly</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Séminaire UQSay 'Uncertainty Quantification'</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Online, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04741956v1</w:t>
+                <w:t xml:space="preserve">hal-04741957v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adaptive Gaussian process surrogate modelling of large-eddy simulation for microscale atmospheric dispersion</w:t>
               </w:r>
@@ -4544,51 +4544,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813685v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliott Lumet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Rochoux" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Jaravel" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Lacroix" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.buildenv.2024.112287" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023586v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Adrian Meziat Ramirez" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Douasbin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Dounia" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Vermorel" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2024.113926" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911366v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie C Rochoux" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2025.111285" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023617v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Hok" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Detomaso" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2024.06.298" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04748440v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Foudad" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilia Sanchez-Gomez" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie C. Rochoux" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Terray" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023JD040261" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425945v2" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10546-023-00853-7" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023620v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Vanbersel" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavanakumar Mohanamuraly" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Staffelbach" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10494-024-00534-6" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023615v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2024.09.230" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04310872v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Nony" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rochoux" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Lucor" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00477-023-02383-7" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023641v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dounia Omar" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2022.111991" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04538176v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Xing" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Lapeyre" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Poinsot" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en14165096" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03213032v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2020.06.030" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02115476v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Bauerheim" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Esclapez" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleonore Riber" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Y.M. Gicquel" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4031871" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-00757299v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Bellis" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrei Constantinescu" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Coquet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armin Lechleiter" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0266-5611/28/7/075015" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04748719v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04748715v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05165766v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;licia Garnier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.12621001" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629400v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Boudin" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Laera" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04748132v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04748125v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04310899v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7712/120223.10337.19817" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04741957v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cong Zhang" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04741956v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu22-2796" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04462966v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04741948v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04741946v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03848430v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04739503v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lacroix" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03443977v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04730606v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Auguste" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04730609v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Costes" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Paugam" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Rea" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Thouron" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04748723v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03736838v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04738472v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Thouron" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04244436v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016INPT0039" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813685v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliott Lumet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Rochoux" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Jaravel" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Lacroix" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.buildenv.2024.112287" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023586v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Adrian Meziat Ramirez" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Douasbin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Dounia" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Vermorel" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2024.113926" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911366v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie C Rochoux" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2025.111285" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023617v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Hok" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Detomaso" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2024.06.298" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04748440v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Foudad" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilia Sanchez-Gomez" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie C. Rochoux" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Terray" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023JD040261" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425945v2" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10546-023-00853-7" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023620v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Vanbersel" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavanakumar Mohanamuraly" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Staffelbach" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10494-024-00534-6" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023615v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2024.09.230" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04310872v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Nony" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rochoux" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Lucor" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00477-023-02383-7" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023641v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dounia Omar" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2022.111991" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04538176v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Xing" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Lapeyre" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Poinsot" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en14165096" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03213032v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2020.06.030" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02115476v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Bauerheim" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Esclapez" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleonore Riber" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Y.M. Gicquel" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4031871" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-00757299v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Bellis" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrei Constantinescu" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Coquet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armin Lechleiter" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0266-5611/28/7/075015" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04748719v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04748715v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05165766v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;licia Garnier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.12621001" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629400v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Boudin" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Laera" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04748132v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04748125v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04310899v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7712/120223.10337.19817" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04741956v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu22-2796" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04741957v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cong Zhang" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04462966v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04741948v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04741946v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03848430v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04739503v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lacroix" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03443977v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04730606v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Auguste" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04730609v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Costes" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Paugam" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Rea" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Thouron" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04748723v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03736838v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04738472v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Thouron" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04244436v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016INPT0039" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>