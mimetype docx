--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -489,15111 +489,15111 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05538272v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the significance of peak dose in normal tissue toxicity in spatially fractionated radiotherapy: The case of proton minibeam radiation therapy</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Charlotte Lamirault</w:t>
+                <w:t xml:space="preserve">Dose- and genotype-dependent cardiac arrhythmia and sudden death in rats following microdystrophin gene therapy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Le Guiner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Toumaniantz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Larcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Julie Espenon</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Marchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurine Buscara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Radiotherapy &amp; Oncology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.radonc.2025.110769⟩</w:t>
+              <w:t xml:space="preserve">Molecular Therapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 34 (1), pp.140-160. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ymthe.2025.10.041⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05263418v1</w:t>
+                <w:t xml:space="preserve">hal-05565633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lung infection in orally inoculated SARS-CoV-2 hamsters</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Vinciane Saint-Criq</w:t>
+                <w:t xml:space="preserve">On the significance of peak dose in normal tissue toxicity in spatially fractionated radiotherapy: The case of proton minibeam radiation therapy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yolanda Prezado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Lamirault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Larcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristele Gilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Espenon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0337915⟩</w:t>
+              <w:t xml:space="preserve">Radiotherapy &amp; Oncology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 205, pp.110769. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.radonc.2025.110769⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05427912v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05263418v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mini-GRID therapy delivers optimised spatially fractionated radiation therapy using a flattening free filter accelerator</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Tim Schneider</w:t>
+                <w:t xml:space="preserve">Lung infection in orally inoculated SARS-CoV-2 hamsters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne Picard-Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Wasniewski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Boué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edgar Torres-Maravilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vinciane Saint-Criq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communications Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s43856-025-00809-7⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 20 (12), pp.e0337915. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0337915⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05263425v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05427912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Swine influenza A virus infection sets the local immunological landscape in subsequent infection with porcine reproductive and respiratory syndrome virus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Janaïna Grevelinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bourry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Selma Schmidt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Meurens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Deblanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Veterinary Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 56 (1), pp.114. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1186/s13567-025-01536-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05103379v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Advancing liver gene therapy: Enhanced transduction with GalNAc-bioconjugated rAAV capsids</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Karine Pavageau</w:t>
+                <w:t xml:space="preserve">Mini-GRID therapy delivers optimised spatially fractionated radiation therapy using a flattening free filter accelerator</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Isabel Acuña</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Lamirault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Larcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Brisebard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tim Schneider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biomedicine and Pharmacotherapy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.biopha.2025.118300⟩</w:t>
+              <w:t xml:space="preserve">Communications Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 5 (1), pp.101. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s43856-025-00809-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05263420v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05263425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marek’s disease virus replication in chicken skin reconstructed in vitro: evidence for viral particles in corneocytes</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Thibault Kervarrec</w:t>
+                <w:t xml:space="preserve">Advancing liver gene therapy: Enhanced transduction with GalNAc-bioconjugated rAAV capsids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Alban Lalys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Bourdon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Bouzelha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitri Alvarez-Dorta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Pavageau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of General Virology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1099/jgv.0.002123⟩</w:t>
+              <w:t xml:space="preserve">Biomedicine and Pharmacotherapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 189, pp.118300. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.biopha.2025.118300⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05199574v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05263420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sphingolipids in Extracellular Vesicles Released From the Skeletal Muscle Plasma Membrane Control Muscle Stem Cell Fate During Muscle Regeneration</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Emmanuelle Berger‐danty</w:t>
+                <w:t xml:space="preserve">Marek’s disease virus replication in chicken skin reconstructed in vitro: evidence for viral particles in corneocytes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Souci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Chollot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katia Courvoisier-Guyader</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Lachner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Kervarrec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Extracellular Vesicles</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/jev2.70164⟩</w:t>
+              <w:t xml:space="preserve">Journal of General Virology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 106 (7), pp.2123. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1099/jgv.0.002123⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05292865v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05199574v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dose Heterogeneity Reduces Radiation Oxygen Dependence in Both Tumor and Healthy Tissues: The Case of Proton Minibeam Radiation Therapy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Potiron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorea Iturri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Lamirault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Dos Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angela Corvino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Radiation Oncology, Biology, Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 123 (4), pp.1132-1145. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ijrobp.2025.06.3859⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05237036v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiscale physiological responses to organic and inorganic pollution in the invasive mosquitofish Gambusia holbrooki</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Romain Gros</w:t>
+                <w:t xml:space="preserve">Sphingolipids in Extracellular Vesicles Released From the Skeletal Muscle Plasma Membrane Control Muscle Stem Cell Fate During Muscle Regeneration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rhyma Hakkar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline E Brun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Leblanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Meugnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Berger‐danty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecotoxicology and Environmental Safety</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ecoenv.2025.118565⟩</w:t>
+              <w:t xml:space="preserve">Journal of Extracellular Vesicles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 14 (9), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/jev2.70164⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05167049v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05292865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MEK inhibition prevents human skin graft rejection by promoting CD8+TCF1+ over CD8 effector T cells</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Cynthia Fourgeux</w:t>
+                <w:t xml:space="preserve">Multiscale physiological responses to organic and inorganic pollution in the invasive mosquitofish Gambusia holbrooki</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Blanchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Hermet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Larcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Gros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">iScience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.isci.2025.113310⟩</w:t>
+              <w:t xml:space="preserve">Ecotoxicology and Environmental Safety</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 302, pp.118565. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ecoenv.2025.118565⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05263430v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05167049v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The prion-family protein Doppel exerts a protective role during influenza virus infection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soraya Dinant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johan Castille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Deloizy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Bruder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Sedano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Immunology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, pp.1-13. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/jimmun/vkaf031⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05029118v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Novel chemical tyrosine functionalization of adeno-associated virus improves gene transfer efficiency in liver and retina</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Audrey Bourdon</w:t>
+                <w:t xml:space="preserve">MEK inhibition prevents human skin graft rejection by promoting CD8+TCF1+ over CD8 effector T cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Chauveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Veronique Nerriere-Daguin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maeva Fourny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cynthia Fourgeux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Larcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biomedicine and Pharmacotherapy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.biopha.2024.116148⟩</w:t>
+              <w:t xml:space="preserve">iScience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 28 (9), pp.113310. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.isci.2025.113310⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04781485v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05263430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterisation of a Japanese Encephalitis virus genotype 4 isolate from the 2022 Australian outbreak</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Abigail L. Cox</w:t>
+                <w:t xml:space="preserve">Novel chemical tyrosine functionalization of adeno-associated virus improves gene transfer efficiency in liver and retina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Leray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Alban Lalys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Varin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Bouzelha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Bourdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">npj Viruses</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s44298-024-00025-5⟩</w:t>
+              <w:t xml:space="preserve">Biomedicine and Pharmacotherapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 171, pp.116148. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.biopha.2024.116148⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04597740v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04781485v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Drug repurposing screen identifies lonafarnib as respiratory syncytial virus fusion protein inhibitor</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Carpentier</w:t>
+                <w:t xml:space="preserve">Novel chemical tyrosine functionalization of adeno-associated virus improves gene transfer efficiency in liver and retina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Leray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Alban Lalys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Varin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Bouzelha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Bourdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-024-45241-y⟩</w:t>
+              <w:t xml:space="preserve">Biomedicine and Pharmacotherapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 171, pp.116148. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.biopha.2024.116148⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04504093v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05565647v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Omega-3 Fatty Acid and Vitamin D Supplementations Partially Reversed Metabolic Disorders and Restored Gut Microbiota in Obese Wistar Rats</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Chantal Thorin</w:t>
+                <w:t xml:space="preserve">Characterisation of a Japanese Encephalitis virus genotype 4 isolate from the 2022 Australian outbreak</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wilson Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Narayan Gyawali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romal Stewart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bing Tang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abigail L. Cox</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/biology13121070⟩</w:t>
+              <w:t xml:space="preserve">npj Viruses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 2 (1), pp.15. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s44298-024-00025-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04996002v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04597740v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The caecal microbiota promotes the acute inflammatory response and the loss of the intestinal barrier integrity during severe Eimeria tenella infection</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Laura Sedano</w:t>
+                <w:t xml:space="preserve">Drug repurposing screen identifies lonafarnib as respiratory syncytial virus fusion protein inhibitor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Svenja Sake</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaoyu Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manoj Kumar Rajak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melanie Urbanek-Quaing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Carpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Cellular and Infection Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fcimb.2023.1250080⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 15 (1), pp.1173. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-024-45241-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04187670v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04504093v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Homologous recombination deficiency derived from whole-genome sequencing predicts platinum response in triple-negative breast cancers</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sabrina Ibadioune</w:t>
+                <w:t xml:space="preserve">Omega-3 Fatty Acid and Vitamin D Supplementations Partially Reversed Metabolic Disorders and Restored Gut Microbiota in Obese Wistar Rats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dylan Le Jan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Siliman Misha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Destrumelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivia Terceve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Thorin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-023-37537-2⟩</w:t>
+              <w:t xml:space="preserve">Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 13 (12), pp.1070. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/biology13121070⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04072477v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04996002v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oxidative phosphorylation is a metabolic vulnerability of endocrine therapy and palbociclib resistant metastatic breast cancers</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Anne Schnitzler</w:t>
+                <w:t xml:space="preserve">The caecal microbiota promotes the acute inflammatory response and the loss of the intestinal barrier integrity during severe Eimeria tenella infection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Tomal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Sadrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Gaboriaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edouard Guitton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Sedano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-023-40022-5⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Cellular and Infection Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 13, pp.1250080. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fcimb.2023.1250080⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04205847v1</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04187670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recurrence and survival in dogs with excised colorectal polyps: A retrospective study of 58 cases</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Odile Senecat</w:t>
+                <w:t xml:space="preserve">Homologous recombination deficiency derived from whole-genome sequencing predicts platinum response in triple-negative breast cancers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Petra ter Brugge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Moser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan Bièche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Petra Kristel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Ibadioune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Veterinary Internal Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/jvim.16876⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14 (1), pp.1958. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-023-37537-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04234504v1</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04072477v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Receptor-interacting protein kinase-1 ablation in liver parenchymal cells promotes liver fibrosis in murine NASH without affecting other symptoms</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Celine Raguenes-Nicol</w:t>
+                <w:t xml:space="preserve">Oxidative phosphorylation is a metabolic vulnerability of endocrine therapy and palbociclib resistant metastatic breast cancers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rania El-Botty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludivine Morriset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Montaudon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zakia Tariq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Schnitzler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Molecular Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00109-022-02192-5⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14 (1), pp.4221. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-023-40022-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03711624v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04205847v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of the dystrophin carboxy-terminal domain for micro-dystrophin gene therapy in cardiac and skeletal muscles in the DMDmdx rat model</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Bodvael Fraysse</w:t>
+                <w:t xml:space="preserve">Recurrence and survival in dogs with excised colorectal polyps: A retrospective study of 58 cases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tristan Méric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Issard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Maufras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Hugonnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odile Senecat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gene Therapy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41434-022-00317-6⟩</w:t>
+              <w:t xml:space="preserve">Journal of Veterinary Internal Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 37 (6), pp.2375-2384. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jvim.16876⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03838616v1</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04234504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Myopathy with oval inclusions in a domestic shorthair cat</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Receptor-interacting protein kinase-1 ablation in liver parenchymal cells promotes liver fibrosis in murine NASH without affecting other symptoms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhammad Farooq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melanie Simoes Eugenio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Piquet-Pellorce</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Dion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Celine Raguenes-Nicol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Feline Medicine and Surgery Open Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/20551169221081418⟩</w:t>
+              <w:t xml:space="preserve">Journal of Molecular Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 100 (7), pp.1027-1038. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00109-022-02192-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03620285v1</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03711624v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Palmitic acid conjugation enhances potency of tricyclo-DNA splice switching oligonucleotides</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Myopathy with oval inclusions in a domestic shorthair cat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eliot Gougeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Larcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Ledevin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvonne Mcgrotty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Méheust</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/nar/gkab1199⟩</w:t>
+              <w:t xml:space="preserve">Journal of Feline Medicine and Surgery Open Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 8 (1), pp.205511692210814. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/20551169221081418⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03476811v1</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03620285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Receptor‑interacting protein kinase‑1 ablation in liver parenchymal cells promotes liver fibrosis in murine NASH without affecting other symptoms</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Céline Raguénès-Nicol</w:t>
+                <w:t xml:space="preserve">Evaluation of the dystrophin carboxy-terminal domain for micro-dystrophin gene therapy in cardiac and skeletal muscles in the DMDmdx rat model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Bourdon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie François</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liwen Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Lafoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bodvael Fraysse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Molecular Medicine</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Gene Therapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 29 (9), pp.520-535. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41434-022-00317-6⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03635249v1</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03838616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In vivo imaging reveals novel replication sites of a highly oncogenic avian herpesvirus in chickens</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Andele Conradie</w:t>
+                <w:t xml:space="preserve">Palmitic acid conjugation enhances potency of tricyclo-DNA splice switching oligonucleotides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karima Relizani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucía Echevarría</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faouzi Zarrouki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Gastaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloe Dambrune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Pathogens</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.ppat.1010745⟩</w:t>
+              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 50 (1), pp.:17-34. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/nar/gkab1199⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03775131v1</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03476811v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of metals and persistent organic pollutants on the fitness and health of juveniles of the endangered European sturgeon Acipenser sturio exposed to water and sediments of the Garonne and Dordogne rivers</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">P. Labadie</w:t>
+                <w:t xml:space="preserve">Receptor‑interacting protein kinase‑1 ablation in liver parenchymal cells promotes liver fibrosis in murine NASH without affecting other symptoms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhammad Akmal Farooq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melanie Simoes Eugenio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Picquet-Pellorce</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Dion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Raguénès-Nicol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecotoxicology and Environmental Safety</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of Molecular Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03373747v1</w:t>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03635249v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New Look at RSV Infection: Tissue Clearing and 3D Imaging of the Entire Mouse Lung at Cellular Resolution</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jean-François Eléouët</w:t>
+                <w:t xml:space="preserve">In vivo imaging reveals novel replication sites of a highly oncogenic avian herpesvirus in chickens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Lantier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Mallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Souci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Larcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andele Conradie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Viruses</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/v13020201⟩</w:t>
+              <w:t xml:space="preserve">PLoS Pathogens</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 18 (8), 28 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.ppat.1010745⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03159667v1</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03775131v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of brain dystrophins absence and impact in dystrophin-deficient Dmdmdx rat model</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Ignacio Anegon</w:t>
+                <w:t xml:space="preserve">New Look at RSV Infection: Tissue Clearing and 3D Imaging of the Entire Mouse Lung at Cellular Resolution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxence Frétaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphyne Descamps</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daphné Laubret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Anne Rameix-Welti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Eléouët</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0230083⟩</w:t>
+              <w:t xml:space="preserve">Viruses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 13 (2), pp.201. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/v13020201⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02509545v1</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03159667v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Yellow Fever Virus 17D Infection and Disease Mouse Model Used to Evaluate a Chimeric Binjari-Yellow Fever Virus Vaccine</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Daniel J Rawle</w:t>
+                <w:t xml:space="preserve">Effects of metals and persistent organic pollutants on the fitness and health of juveniles of the endangered European sturgeon Acipenser sturio exposed to water and sediments of the Garonne and Dordogne rivers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Lucas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Lefrancois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charline Gesset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Budzinski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Labadie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vaccines 2020</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/vaccines8030368⟩</w:t>
+              <w:t xml:space="preserve">Ecotoxicology and Environmental Safety</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 225, pp.112720. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ecoenv.2021.112720⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02898172v1</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03373747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PCV2 co-infection does not impact PRRSV MLV1 safety but enhances virulence of a PRRSV MLV1-like strain in infected SPF pigs</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Julie Eclercy</w:t>
+                <w:t xml:space="preserve">Oxythermal window drastically constraints the survival and development of European sturgeon early life phases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Delage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blandine Couturier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Jatteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Larcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Cécilia Bernard</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Ledevin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Veterinary Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.vetmic.2020.108656⟩</w:t>
+              <w:t xml:space="preserve">Environmental Science and Pollution Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 27, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11356-018-4021-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02561973v1</w:t>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02091624v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Absence of Gut Microbiota Alters the Development of the Apicomplexan Parasite Eimeria tenella</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Gaboriaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Sadrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geneviève Fort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alisson Niepceron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Cellular and Infection Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 10, pp.632556. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3389/fcimb.2020.632556⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03156323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Targeting the Respiratory Syncytial Virus N 0 -P Complex with Constrained α-Helical Peptides in Cells and Mice</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Thibaut Larcher</w:t>
+                <w:t xml:space="preserve">A Yellow Fever Virus 17D Infection and Disease Mouse Model Used to Evaluate a Chimeric Binjari-Yellow Fever Virus Vaccine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kexin Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura J Vet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bing Tang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jody Hobson-Peters</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel J Rawle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Antimicrobial Agents and Chemotherapy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/AAC.00717-20⟩</w:t>
+              <w:t xml:space="preserve">Vaccines 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 8, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/vaccines8030368⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03353101v1</w:t>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02898172v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oxythermal window drastically constraints the survival and development of European sturgeon early life phases</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId162" w:history="1">
+                <w:t xml:space="preserve">Characterization of brain dystrophins absence and impact in dystrophin-deficient Dmdmdx rat model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorian Caudal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie François</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Lafoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Ledevin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ignacio Anegon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Science and Pollution Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11356-018-4021-8⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 15 (3), pp.e0230083. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0230083⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02091624v1</w:t>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02509545v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Direct and indirect effects of multiple environmental stressors on fish health in human-altered rivers</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jessica Côte</w:t>
+                <w:t xml:space="preserve">Targeting the Respiratory Syncytial Virus N 0 -P Complex with Constrained α-Helical Peptides in Cells and Mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Galloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadège Gsponer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Gaillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Fenner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Larcher</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Angelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science of the Total Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2020.140657⟩</w:t>
+              <w:t xml:space="preserve">Antimicrobial Agents and Chemotherapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 64 (10), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/AAC.00717-20⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02898178v1</w:t>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03353101v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intra-CSF AAV9 and AAVrh10 Administration in Nonhuman Primates: Promising Routes and Vectors for Which Neurological Diseases?</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Joseph Cristini</w:t>
+                <w:t xml:space="preserve">PCV2 co-infection does not impact PRRSV MLV1 safety but enhances virulence of a PRRSV MLV1-like strain in infected SPF pigs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Eclercy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Larcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Andraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Renson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécilia Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Therapy - Methods and Clinical Development</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.omtm.2020.04.001⟩</w:t>
+              <w:t xml:space="preserve">Veterinary Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 244, pp.108656. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.vetmic.2020.108656⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02561949v2</w:t>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02561973v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PLK1 inhibition exhibits strong anti-tumoral activity in CCND1-driven breast cancer metastases with acquired palbociclib resistance</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Rania El Botty</w:t>
+                <w:t xml:space="preserve">Direct and indirect effects of multiple environmental stressors on fish health in human-altered rivers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Petitjean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Jean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessica Côte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Larcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Angelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-020-17697-1⟩</w:t>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 742, pp.140657. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2020.140657⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02933439v1</w:t>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02898178v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">BRCAness, SLFN11, and RB1 loss predict response to topoisomerase I inhibitors in triple-negative breast cancers</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Elodie Montaudon</w:t>
+                <w:t xml:space="preserve">Intra-CSF AAV9 and AAVrh10 Administration in Nonhuman Primates: Promising Routes and Vectors for Which Neurological Diseases?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karim Bey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johan Deniaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Dubreil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Joussemet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Cristini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science Translational Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1126/scitranslmed.aax2625⟩</w:t>
+              <w:t xml:space="preserve">Molecular Therapy - Methods and Clinical Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 17, pp.771-784. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.omtm.2020.04.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02508765v1</w:t>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02561949v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combination of PI3K and MEK inhibitors yields durable remission in PDX models of PIK3CA-mutated metaplastic breast cancers</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">L. Fuhrmann</w:t>
+                <w:t xml:space="preserve">PLK1 inhibition exhibits strong anti-tumoral activity in CCND1-driven breast cancer metastases with acquired palbociclib resistance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Montaudon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joanna Nikitorowicz-Buniak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Sourd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludivine Morisset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rania El Botty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Hematology and Oncology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13045-020-0846-y⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-020-17697-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02508763v1</w:t>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02933439v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Response to mTOR and PI3K inhibitors in enzalutamide-resistant luminal androgen receptor triple-negative breast cancer patient-derived xenografts</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId247" w:history="1">
+                <w:t xml:space="preserve">BRCAness, SLFN11, and RB1 loss predict response to topoisomerase I inhibitors in triple-negative breast cancers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Coussy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId259" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Fariba Nemati</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rania El-Botty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Château-Joubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Dahmani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Montaudon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Theranostics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.7150/thno.36182⟩</w:t>
+              <w:t xml:space="preserve">Science Translational Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 12 (531), pp.eaax2625. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1126/scitranslmed.aax2625⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId258" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02509541v1</w:t>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02508765v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Macrophage-B Cell Interactions in the Inverted Porcine Lymph Node and Their Response to Porcine Reproductive and Respiratory Syndrome Virus</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Stephane Rault</w:t>
+                <w:t xml:space="preserve">Combination of PI3K and MEK inhibitors yields durable remission in PDX models of PIK3CA-mutated metaplastic breast cancers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Coussy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. El Botty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Lavigne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Gu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Fuhrmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Immunology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fimmu.2019.00953⟩</w:t>
+              <w:t xml:space="preserve">Journal of Hematology and Oncology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 13 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13045-020-0846-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02164040v1</w:t>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02508763v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">5 years of successful inducible transgene expression following locoregional AAV delivery in nonhuman primates with no detectable immunity</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Alice Toromanoff</w:t>
+                <w:t xml:space="preserve">Response to mTOR and PI3K inhibitors in enzalutamide-resistant luminal androgen receptor triple-negative breast cancer patient-derived xenografts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Coussy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Lavigne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leanne de Koning</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rania El Botty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fariba Nemati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Human Gene Therapy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1089/hum.2018.234⟩</w:t>
+              <w:t xml:space="preserve">Theranostics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10 (4), pp.1531-1543. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7150/thno.36182⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId270" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02091623v1</w:t>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02509541v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Immunophenotype of a Rat Model of Duchenne's Disease and Demonstration of Improved Muscle Strength After Anti-CD45RC Antibody Treatment</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Laurent Tesson</w:t>
+                <w:t xml:space="preserve">5 years of successful inducible transgene expression following locoregional AAV delivery in nonhuman primates with no detectable immunity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael Guilbaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Devaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Célia Couzinié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johanne Le Duff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Toromanoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Immunology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fimmu.2019.02131⟩</w:t>
+              <w:t xml:space="preserve">Human Gene Therapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1089/hum.2018.234⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId277" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-02341819v1</w:t>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02091623v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of pulmonary tissue responses in pigs challenged with PRRSV Lena strain shows better protection after immunization with field than vaccine strains</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Caroline Hervet</w:t>
+                <w:t xml:space="preserve">Macrophage-B Cell Interactions in the Inverted Porcine Lymph Node and Their Response to Porcine Reproductive and Respiratory Syndrome Virus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Bordet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxence Fretaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisa Crisci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwige Bouguyon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Rault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Veterinary Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.vetmic.2019.01.022⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 10, pp.953. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fimmu.2019.00953⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId282" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02061157v1</w:t>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02164040v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">VEGF-A inhibition as a potential therapeutic approach in Merkel cell carcinoma</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Françoise Arnold</w:t>
+                <w:t xml:space="preserve">Immunophenotype of a Rat Model of Duchenne's Disease and Demonstration of Improved Muscle Strength After Anti-CD45RC Antibody Treatment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure-Hélène Ouisse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Severine Remy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Lafoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Larcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Tesson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Investigative Dermatology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jid.2018.08.029⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 10, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fimmu.2019.02131⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId287" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02621891v1</w:t>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-02341819v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A large collection of integrated genomically characterized patient‐derived xenografts highlighting the heterogeneity of triple‐negative breast cancer</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Berengere Ouine</w:t>
+                <w:t xml:space="preserve">Assessment of pulmonary tissue responses in pigs challenged with PRRSV Lena strain shows better protection after immunization with field than vaccine strains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Larcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Fablet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Renson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Déborah Menard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Hervet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Cancer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ijc.32266⟩</w:t>
+              <w:t xml:space="preserve">Veterinary Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 230, pp.249-259. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.vetmic.2019.01.022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId292" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02093370v1</w:t>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02061157v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">5 years of successful inducible transgene expression following locoregional AAV delivery in nonhuman primates with no detectable immunity</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Alice Toromanoff</w:t>
+                <w:t xml:space="preserve">A large collection of integrated genomically characterized patient‐derived xenografts highlighting the heterogeneity of triple‐negative breast cancer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Coussy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leanne Koning</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Lavigne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Berengere Ouine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Human Gene Therapy</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Cancer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ijc.32266⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId297" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-02052292v1</w:t>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02093370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exacerbation of Chikungunya Virus Rheumatic Immunopathology by a High Fiber Diet and Butyrate</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Pamela Mukhopadhyay</w:t>
+                <w:t xml:space="preserve">VEGF-A inhibition as a potential therapeutic approach in Merkel cell carcinoma</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Kervarrec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Gaboriaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Tallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Arnold</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Immunology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fimmu.2019.02736⟩</w:t>
+              <w:t xml:space="preserve">Journal of Investigative Dermatology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 139 (3), pp.736-739. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jid.2018.08.029⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId299" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02885399v1</w:t>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02621891v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Satellite cells fail to contribute to muscle repair but are functional in Pompe disease (glycogenosis type II).</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Johan Deniaud</w:t>
+                <w:t xml:space="preserve">5 years of successful inducible transgene expression following locoregional AAV delivery in nonhuman primates with no detectable immunity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Guilbaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Devaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Célia Couzinié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johanne Le Duff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Toromanoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Neuropathologica Communications</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Human Gene Therapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId305" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02623544v1</w:t>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-02052292v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring multiple effects of Zn0.15Mg0.85O nanoparticles on Bacillus subtilis and macrophages</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Lejal</w:t>
+                <w:t xml:space="preserve">Exacerbation of Chikungunya Virus Rheumatic Immunopathology by a High Fiber Diet and Butyrate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natalie Prow</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thiago Hirata</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bing Tang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut T. Larcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pamela Mukhopadhyay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-018-30719-9⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 10, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fimmu.2019.02736⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId310" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01867036v1</w:t>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02885399v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">fixation et inclusion en paraffine de tissus d'abeille pour une observation histologique</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Satellite cells fail to contribute to muscle repair but are functional in Pompe disease (glycogenosis type II).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydie Lagalice</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Pichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eliot Gougeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salwa Soussi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johan Deniaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Française d'Histotechnologie</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Acta Neuropathologica Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 6 (1), pp.116. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s40478-018-0609-y⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId317" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01867045v1</w:t>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02623544v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atrophy of primary lymphoid organs induced by Marek's disease virus during early infection is associated with increased apoptosis, inhibition of cell proliferation and a severe B-lymphopenia</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Laëtitia Trapp-Fragnet</w:t>
+                <w:t xml:space="preserve">Exploring multiple effects of Zn0.15Mg0.85O nanoparticles on Bacillus subtilis and macrophages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Auger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Longin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sneha Suman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Lejal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Veterinary Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13567-018-0526-x⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 8 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-018-30719-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId319" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02628278v1</w:t>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01867036v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Major contribution of the RNA-binding domain of NS1 in the pathogenicity and replication potential of an avian H7N1 influenza virus in chickens</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Adrien Lion</w:t>
+                <w:t xml:space="preserve">Atrophy of primary lymphoid organs induced by Marek's disease virus during early infection is associated with increased apoptosis, inhibition of cell proliferation and a severe B-lymphopenia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Berthault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Larcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonja Härtle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Vautherot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laëtitia Trapp-Fragnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Virology Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12985-018-0960-4⟩</w:t>
+              <w:t xml:space="preserve">Veterinary Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 49 (1), pp.1-18. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13567-018-0526-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId325" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02626011v1</w:t>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02628278v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vascular Delivery of Allogeneic MuStem Cells in Dystrophic Dogs Requires Only Short-Term Immunosuppression to Avoid Host Immunity and Generate Clinical/Tissue Benefits</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Judith Lorant</w:t>
+                <w:t xml:space="preserve">fixation et inclusion en paraffine de tissus d'abeille pour une observation histologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Ledevin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monique L'Hostis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Larcher</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cell Transplantation</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Revue Française d'Histotechnologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 30 (1), pp.17-30</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId332" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01812518v1</w:t>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01867045v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A short double-stapled peptide inhibits respiratory syncytial virus entry and spreading</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Ronan Le Goffic</w:t>
+                <w:t xml:space="preserve">Major contribution of the RNA-binding domain of NS1 in the pathogenicity and replication potential of an avian H7N1 influenza virus in chickens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sascha Trapp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Soubieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Lidove</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne Esnault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Lion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Antimicrobial Agents and Chemotherapy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/AAC.02241-16⟩</w:t>
+              <w:t xml:space="preserve">Virology Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 15, pp.1-12. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12985-018-0960-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId338" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01605887v1</w:t>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02626011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long-term microdystrophin gene therapy is effective in a canine model of Duchenne muscular dystrophy</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Bodvael Fraysse</w:t>
+                <w:t xml:space="preserve">Vascular Delivery of Allogeneic MuStem Cells in Dystrophic Dogs Requires Only Short-Term Immunosuppression to Avoid Host Immunity and Generate Clinical/Tissue Benefits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Judith Lorant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Larcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Jaulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Hedan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Lardenois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/ncomms16105⟩</w:t>
+              <w:t xml:space="preserve">Cell Transplantation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 27 (7), pp.1096-1110. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/0963689718776306⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId343" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02179396v1</w:t>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01812518v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId349" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Both Systemic and Intra-articular Immunization with Citrullinated Peptides Are Needed to Induce Arthritis in the Macaque</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Che Serguera</w:t>
+                <w:t xml:space="preserve">A short double-stapled peptide inhibits respiratory syncytial virus entry and spreading</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Gaillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Galloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Garcin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Francois Eleouet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan Le Goffic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Immunology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fimmu.2017.01816⟩</w:t>
+              <w:t xml:space="preserve">Antimicrobial Agents and Chemotherapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 61 (4), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/AAC.02241-16⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId349" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01701600v1</w:t>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01605887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Epicutaneous Tolerance Induction to a Bystander Antigen Abrogates Colitis and Ileitis in Mice</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Garabet Yeretssian</w:t>
+                <w:t xml:space="preserve">Long-term microdystrophin gene therapy is effective in a canine model of Duchenne muscular dystrophy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline C. Le Guiner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Servais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Montus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Thibaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bodvael Fraysse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inflammatory Bowel Diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1097/MIB.0000000000001273⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 8 (1), pp.16105. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/ncomms16105⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId355" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01701599v1</w:t>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02179396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId362" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterisation of Early-Life Fecal Microbiota in Susceptible and Healthy Pigs to Post-Weaning Diarrhoea</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Larbi Rhazi</w:t>
+                <w:t xml:space="preserve">Epicutaneous Tolerance Induction to a Bystander Antigen Abrogates Colitis and Ileitis in Mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Dunkin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Cecilia Berin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Mondoulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steven Tobar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Garabet Yeretssian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0169851⟩</w:t>
+              <w:t xml:space="preserve">Inflammatory Bowel Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 23 (11), pp.1972-1982. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/MIB.0000000000001273⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId362" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01525331v1</w:t>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01701599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId369" w:history="1">
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Treatment of gastric eosinophilia by epicutaneous immunotherapy in piglets sensitized to peanuts</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">C. Delayre-Orthez</w:t>
+                <w:t xml:space="preserve">Characterisation of Early-Life Fecal Microbiota in Susceptible and Healthy Pigs to Post-Weaning Diarrhoea</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samir Dou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Gadonna-Widehem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Rome</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dounia Hamoudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Larbi Rhazi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical and Experimental Allergy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/cea.13037⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 12 (1), pp.e0169851. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0169851⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId369" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01701597v1</w:t>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01525331v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId375" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification in GRMD dog muscle of critical miRNAs involved in pathophysiology and effects associated with MuStem cell transplantation.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Candice Babarit</w:t>
+                <w:t xml:space="preserve">Treatment of gastric eosinophilia by epicutaneous immunotherapy in piglets sensitized to peanuts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Mondoulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Kalach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Dhelft</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Larcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId236" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Mireille Ledevin</w:t>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Delayre-Orthez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Musculoskeletal Disorders</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12891-016-1060-5⟩</w:t>
+              <w:t xml:space="preserve">Clinical and Experimental Allergy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 47 (12), pp.1640-1647. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/cea.13037⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId375" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01321085v1</w:t>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01701597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fish Reproduction Is Disrupted upon Lifelong Exposure to Environmental PAHs Fractions Revealing Different Modes of Action</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Caroline Vignet</w:t>
+                <w:t xml:space="preserve">Identification in GRMD dog muscle of critical miRNAs involved in pathophysiology and effects associated with MuStem cell transplantation.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Robriquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Candice Babarit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Larcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId381" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Karyn Le Menach</w:t>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Dubreil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Ledevin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Toxics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/toxics4040026⟩</w:t>
+              <w:t xml:space="preserve">BMC Musculoskeletal Disorders</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 17 (1), pp.209. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12891-016-1060-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId379" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01425791v1</w:t>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01321085v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId385" w:history="1">
+            <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antioxidant properties of formula derived Maillard reaction products in colons of intrauterine growth restricted pigs</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Julie Reygnier</w:t>
+                <w:t xml:space="preserve">Fish Reproduction Is Disrupted upon Lifelong Exposure to Environmental PAHs Fractions Revealing Different Modes of Action</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Vignet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Larcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blandine Davail</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucette Joassard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karyn Le Menach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food and Function</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/c5fo01551k⟩</w:t>
+              <w:t xml:space="preserve">Toxics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 4 (4), pp.26. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/toxics4040026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId385" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01310596v1</w:t>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01425791v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non-invasive epicutaneous vaccine against Respiratory Syncytial Virus: Preclinical proof of concept</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Daphné Laubreton</w:t>
+                <w:t xml:space="preserve">Antioxidant properties of formula derived Maillard reaction products in colons of intrauterine growth restricted pigs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghada Elmhiri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dounia Hamoudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samir Dou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Narges Bahi-Jaber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Reygnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Controlled Release</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jconrel.2016.10.003⟩</w:t>
+              <w:t xml:space="preserve">Food and Function</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 7 (6), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c5fo01551k⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId390" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01425790v1</w:t>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01310596v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId395" w:history="1">
+            <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Treatment of colitis by epicutaneous immunotherapy in a murine model</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Alina Iuga</w:t>
+                <w:t xml:space="preserve">Non-invasive epicutaneous vaccine against Respiratory Syncytial Virus: Preclinical proof of concept</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Louis Hervé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphyne Descamps</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Deloizy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Dhelft</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daphné Laubreton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inflammatory Bowel Diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1097/01.MIB.0000480100.25518.df⟩</w:t>
+              <w:t xml:space="preserve">Journal of Controlled Release</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 243, pp.146-159. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jconrel.2016.10.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId395" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01594622v1</w:t>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01425790v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId400" w:history="1">
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantitative proteome profiling of dystrophic dog skeletal muscle reveals a stabilized muscular architecture and protection against oxidative stress after systemic delivery of MuStem cells.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Mireille Ledevin</w:t>
+                <w:t xml:space="preserve">Altered DNA methylation associated with an abnormal liver phenotype in a cattle model with a high incidence of perinatal pathologies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Kiefer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId393" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Jouneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne E. Campion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Rousseau-Ralliard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Larcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proteomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/pmic.201600002⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 6, pp.38869. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/srep38869⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId400" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01332030v1</w:t>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02633915v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId405" w:history="1">
+            <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Altered DNA methylation associated with an abnormal liver phenotype in a cattle model with a high incidence of perinatal pathologies</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Thibaut Larcher</w:t>
+                <w:t xml:space="preserve">Treatment of colitis by epicutaneous immunotherapy in a murine model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Dunkin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId398" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Cecilia Berin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Mondoulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zaruhi Hovhannisyan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId400" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alina Iuga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/srep38869⟩</w:t>
+              <w:t xml:space="preserve">Inflammatory Bowel Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 22, pp.S5. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId401" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/01.MIB.0000480100.25518.df⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId405" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02633915v1</w:t>
+            <w:hyperlink r:id="rId397" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01594622v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId411" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Early Interaction of Adeno-Associated Virus Serotype 8 Vector with the Host Immune System Following Intramuscular Delivery Results in Weak but Detectable Lymphocyte and Dendritic Cell Transduction</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Candice Babarit</w:t>
+                <w:t xml:space="preserve">Quantitative proteome profiling of dystrophic dog skeletal muscle reveals a stabilized muscular architecture and protection against oxidative stress after systemic delivery of MuStem cells.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Lardenois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId403" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Jagot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId404" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Lagarrigue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId405" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blandine Guével</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Ledevin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Human Gene Therapy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1089/hum.2014.070⟩</w:t>
+              <w:t xml:space="preserve">Proteomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 16 (14), pp.2028-2042. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId406" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/pmic.201600002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId411" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-01734763v1</w:t>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01332030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId414" w:history="1">
+            <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Formula-derived advanced glycation end products are involved in the development of long-term inflammation and oxidative stress in kidney of IUGR piglets.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Firmin</w:t>
+                <w:t xml:space="preserve">Early Interaction of Adeno-Associated Virus Serotype 8 Vector with the Host Immune System Following Intramuscular Delivery Results in Weak but Detectable Lymphocyte and Dendritic Cell Transduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId408" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwladys Gernoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Guilbaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Dubreil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Larcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Candice Babarit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Nutrition and Food Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/mnfr.201400722⟩</w:t>
+              <w:t xml:space="preserve">Human Gene Therapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 26 (1), pp.1 - 13. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1089/hum.2014.070⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId420" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01140160v1</w:t>
+            <w:hyperlink r:id="rId407" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-01734763v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId421" w:history="1">
+            <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Application of texture analysis to muscle MRI: 1- What kind of information should be expected from texture analysis?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId422" w:history="1">
+            <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques D. de Certaines</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Larcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId423" w:history="1">
+            <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorota Duda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId424" w:history="1">
+            <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noura Azzabou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId425" w:history="1">
+            <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Antoine Eliat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Physical Journal: Applied Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 3 (3), pp.3. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId426" w:history="1">
+            <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1140/s40366-015-0017-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId421" w:history="1">
+            <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01140159v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId427" w:history="1">
+            <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Infectious chikungunya virus in the saliva of mice, monkeys and humans</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Pierre Roques</w:t>
+                <w:t xml:space="preserve">Formula-derived advanced glycation end products are involved in the development of long-term inflammation and oxidative stress in kidney of IUGR piglets.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghada Elmhiri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId417" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dler F D Mahmood</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId418" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Celine Niquet-Leridon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId419" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Jacolot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId420" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Firmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0139481⟩</w:t>
+              <w:t xml:space="preserve">Molecular Nutrition and Food Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 59 (5), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId421" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/mnfr.201400722⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId427" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01205627v1</w:t>
+            <w:hyperlink r:id="rId422" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId416" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01140160v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId433" w:history="1">
+            <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Differential Gene Expression Profiling of Dystrophic Dog Muscle after MuStem Cell Transplantation</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Laurence Dubreil</w:t>
+                <w:t xml:space="preserve">Infectious chikungunya virus in the saliva of mice, monkeys and humans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId424" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joy Gardner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId425" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Penny A. Rudd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId426" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natalie A Prow</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId427" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Essia Belarbi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId428" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Roques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 10 (5), </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0123336⟩</w:t>
+              <w:t xml:space="preserve">, 2015, 10 (10), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId429" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0139481⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId433" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01222898v1</w:t>
+            <w:hyperlink r:id="rId423" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01205627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId435" w:history="1">
+            <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MRI texture analysis of GRMD dogs using orthogonal moments : a preliminary study.</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">N. Azzabou</w:t>
+                <w:t xml:space="preserve">Differential Gene Expression Profiling of Dystrophic Dog Muscle after MuStem Cell Transplantation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Robriquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Lardenois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Candice Babarit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Larcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Dubreil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovation and Research in BioMedical engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.irbm.2015.06.004⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 10 (5), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId431" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0123336⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId435" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01180288v1</w:t>
+            <w:hyperlink r:id="rId430" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01222898v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId441" w:history="1">
+            <w:hyperlink r:id="rId432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Application of texture analysis to muscle MRI: 1-What kind of information should be expected from texture analysis?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jacques D de Certaines</w:t>
+                <w:t xml:space="preserve">MRI texture analysis of GRMD dogs using orthogonal moments : a preliminary study.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId433" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId434" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V Lalande</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId435" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId436" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Azzabou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Larcher</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Pierre-Antoine Eliat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EPJ Nonlinear Biomedical Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1140/epjnbp/s40366-015-0017-1⟩</w:t>
+              <w:t xml:space="preserve">Innovation and Research in BioMedical engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 36 (4), pp.213-219. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId437" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.irbm.2015.06.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId441" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01306718v1</w:t>
+            <w:hyperlink r:id="rId432" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01180288v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId444" w:history="1">
+            <w:hyperlink r:id="rId438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Short-lived recombinant adeno-associated virus transgene expression in dystrophic muscle is associated with oxidative damage to transgene mRNA</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Laurence Jeanson-Leh</w:t>
+                <w:t xml:space="preserve">Application of texture analysis to muscle MRI: 1-What kind of information should be expected from texture analysis?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId439" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques D de Certaines</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Larcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId412" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorota Duda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId413" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noura Azzabou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId414" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Antoine Eliat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Therapy - Methods and Clinical Development</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/mtm.2015.10⟩</w:t>
+              <w:t xml:space="preserve">EPJ Nonlinear Biomedical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 3 (1), pp.1-14. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId440" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1140/epjnbp/s40366-015-0017-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId444" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-01799048v1</w:t>
+            <w:hyperlink r:id="rId438" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01306718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId451" w:history="1">
+            <w:hyperlink r:id="rId441" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Differential Gene Expression Profiling of Dystrophic Dog Muscle after MuStem Cell Transplantation</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Laurence Dubreil</w:t>
+                <w:t xml:space="preserve">Short-lived recombinant adeno-associated virus transgene expression in dystrophic muscle is associated with oxidative damage to transgene mRNA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId442" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId443" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Tournaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId444" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Georger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId445" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Marolleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId446" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Jeanson-Leh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0123336⟩</w:t>
+              <w:t xml:space="preserve">Molecular Therapy - Methods and Clinical Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 27 (3), pp.122-34. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId447" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/mtm.2015.10⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId451" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04295557v1</w:t>
+            <w:hyperlink r:id="rId441" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-01799048v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId452" w:history="1">
+            <w:hyperlink r:id="rId448" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In vivo evaluation of cervical stiffness evolution during induced ripening using shear wave elastography, histology and 2 photon excitation microscopy: Insight from an animal model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId453" w:history="1">
+            <w:hyperlink r:id="rId449" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Peralta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId454" w:history="1">
+            <w:hyperlink r:id="rId450" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eve Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId455" w:history="1">
+            <w:hyperlink r:id="rId451" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId456" w:history="1">
+            <w:hyperlink r:id="rId452" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Charpigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Larcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 10 (8), pp.1-21. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId457" w:history="1">
+            <w:hyperlink r:id="rId453" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.pone.0133377⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId452" w:history="1">
+            <w:hyperlink r:id="rId448" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01194173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId458" w:history="1">
+            <w:hyperlink r:id="rId454" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multiple immune factors are involved in controlling acute and chronic chikungunya virus infection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId459" w:history="1">
+            <w:hyperlink r:id="rId455" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yee Suan Poo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId429" w:history="1">
+            <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Penny A. Rudd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId428" w:history="1">
+            <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joy Gardner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId460" w:history="1">
+            <w:hyperlink r:id="rId456" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jane A. C. Wilson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut T. Larcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS Neglected Tropical Diseases</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 8 (12), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId461" w:history="1">
+            <w:hyperlink r:id="rId457" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.pntd.0003354⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId458" w:history="1">
+            <w:hyperlink r:id="rId454" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02633819v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId462" w:history="1">
+            <w:hyperlink r:id="rId458" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Forelimb Treatment in a Large Cohort of Dystrophic Dogs Supports Delivery of a Recombinant AAV for Exon Skipping in Duchenne Patients</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Le Guiner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Montus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Servais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId463" w:history="1">
+            <w:hyperlink r:id="rId459" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yan Cherel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie François</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Therapy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 22 (11), pp.1923-1935. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId464" w:history="1">
+            <w:hyperlink r:id="rId460" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/mt.2014.151⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId462" w:history="1">
+            <w:hyperlink r:id="rId458" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-02447482v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId465" w:history="1">
+            <w:hyperlink r:id="rId461" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">UCP1 is present in porcine adipose tissue and is responsive to postnatal leptin</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Pascale Chavatte-Palmer</w:t>
+                <w:t xml:space="preserve">CCR2 deficiency promotes exacerbated chronic erosive neutrophil-dominated chikungunya virus arthritis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId455" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yee Suan Poo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId462" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helder Nakaya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId424" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joy Gardner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Larcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId463" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wayne Schroder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Endocrinology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1530/JOE-14-0155⟩</w:t>
+              <w:t xml:space="preserve">Journal of Virology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 88 (12), pp.6862-6872. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId464" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/JVI.03364-13⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId465" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02632643v1</w:t>
+            <w:hyperlink r:id="rId461" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01222894v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId470" w:history="1">
+            <w:hyperlink r:id="rId465" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of Dystrophin Deficient Rats: A New Model for Duchenne Muscular Dystrophy</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Virginie Thepenier</w:t>
+                <w:t xml:space="preserve">UCP1 is present in porcine adipose tissue and is responsive to postnatal leptin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId466" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alison Mostyn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId467" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Linda Attig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut T. Larcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samir Dou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId468" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Chavatte-Palmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0110371⟩</w:t>
+              <w:t xml:space="preserve">Journal of Endocrinology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 223 (1), pp.M31-M38. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId469" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1530/JOE-14-0155⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId470" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01190124v1</w:t>
+            <w:hyperlink r:id="rId465" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02632643v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId473" w:history="1">
+            <w:hyperlink r:id="rId470" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CCR2 deficiency promotes exacerbated chronic erosive neutrophil-dominated chikungunya virus arthritis</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Characterization of Dystrophin Deficient Rats: A New Model for Duchenne Muscular Dystrophy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Larcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId475" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Wayne Schroder</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Lafoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Tesson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Severine Remy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId471" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Thepenier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Virology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/JVI.03364-13⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 9 (10), 13 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId472" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0110371⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId473" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01222894v1</w:t>
+            <w:hyperlink r:id="rId470" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01190124v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId477" w:history="1">
+            <w:hyperlink r:id="rId473" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chronic dietary exposure of zebrafish to PAH mixtures results in carcinogenic but not genotoxic effects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Larcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId478" w:history="1">
+            <w:hyperlink r:id="rId474" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Perrichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId380" w:history="1">
+            <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Vignet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Ledevin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId479" w:history="1">
+            <w:hyperlink r:id="rId475" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Le Menach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Science and Pollution Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 21 (24), pp.13833-13849. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId480" w:history="1">
+            <w:hyperlink r:id="rId476" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s11356-014-2923-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId477" w:history="1">
+            <w:hyperlink r:id="rId473" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01123338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId481" w:history="1">
+            <w:hyperlink r:id="rId477" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of Experimental Infection with Haemonchus contortus on Parasitological and Local Cellular Responses in Resistant and Susceptible Young Creole Goats</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId302" w:history="1">
+                <w:t xml:space="preserve">Comparison of the effects of the dietary addition of two lactic acid bacteria on the development and conformation of sea bass larvae, Dicentrarchus labrax, and the influence on associated microbiota.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId478" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faouzi Lamari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId479" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Castex</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut T. Larcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId483" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Ledevin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId480" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Mazurais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BioMed Research International </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1155/2013/902759⟩</w:t>
+              <w:t xml:space="preserve">Aquaculture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 376-379, pp.137-145. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId481" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.aquaculture.2012.11.016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId481" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02644024v1</w:t>
+            <w:hyperlink r:id="rId477" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02645134v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId487" w:history="1">
+            <w:hyperlink r:id="rId482" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deletion of the C-terminal ESEV domain of NS1 does not affect the replication of a low-pathogenic avian influenza virus H7N1 in ducks and chickens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId488" w:history="1">
+            <w:hyperlink r:id="rId483" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Mathieu Soubies</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId489" w:history="1">
+            <w:hyperlink r:id="rId484" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Hoffmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId490" w:history="1">
+            <w:hyperlink r:id="rId485" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Croville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut T. Larcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Ledevin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of General Virology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 94 (1), pp.50-58. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId491" w:history="1">
+            <w:hyperlink r:id="rId486" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1099/vir.0.045153-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId487" w:history="1">
+            <w:hyperlink r:id="rId482" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02648076v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId492" w:history="1">
+            <w:hyperlink r:id="rId487" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of the effects of the dietary addition of two lactic acid bacteria on the development and conformation of sea bass larvae, Dicentrarchus labrax, and the influence on associated microbiota.</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId302" w:history="1">
+                <w:t xml:space="preserve">Effect of Experimental Infection with Haemonchus contortus on Parasitological and Local Cellular Responses in Resistant and Susceptible Young Creole Goats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId488" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Bambou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut T. Larcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId489" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Willy W. Cei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId490" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Justin Dumoulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId491" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Mandonnet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aquaculture</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.aquaculture.2012.11.016⟩</w:t>
+              <w:t xml:space="preserve">BioMed Research International </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, pp.1-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId492" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1155/2013/902759⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId492" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02645134v1</w:t>
+            <w:hyperlink r:id="rId487" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02644024v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId497" w:history="1">
+            <w:hyperlink r:id="rId493" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Postnatal leptin promotes organ maturation and development in IUGR piglets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId467" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Linda Attig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId498" w:history="1">
+            <w:hyperlink r:id="rId494" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daphné Brisard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Larcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId499" w:history="1">
+            <w:hyperlink r:id="rId495" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michal Mickiewicz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId500" w:history="1">
+            <w:hyperlink r:id="rId496" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Guilloteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 8 (5), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId501" w:history="1">
+            <w:hyperlink r:id="rId497" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.pone.0064616⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId497" w:history="1">
+            <w:hyperlink r:id="rId493" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01136703v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId502" w:history="1">
+            <w:hyperlink r:id="rId498" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Variation patterns in individual fish responses to chemical stress among estuaries, seasons and genders: the case of the European flounder (Platichthys flesus) in the Bay of Biscay</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dietary lipid and cholesterol induce ovarian dysfunction and abnormal LH response to stimulation in rabbits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId499" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Gaël Cordier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId500" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Leveille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId501" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId502" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Couturier-Tarrade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId503" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Laroche</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Bony</w:t>
+                <w:t xml:space="preserve">Olivier Picone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Science and Pollution Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11356-012-1276-3⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 8 (5), pp.1-11. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId504" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0063101⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId509" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">halsde-00786498v1</w:t>
+            <w:hyperlink r:id="rId498" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01004078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId510" w:history="1">
+            <w:hyperlink r:id="rId505" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dietary lipid and cholesterol induce ovarian dysfunction and abnormal LH response to stimulation in rabbits</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Olivier Picone</w:t>
+                <w:t xml:space="preserve">Variation patterns in individual fish responses to chemical stress among estuaries, seasons and genders: the case of the European flounder (Platichthys flesus) in the Bay of Biscay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId506" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Laroche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId507" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Gauthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId508" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Quiniou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId509" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Devaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId510" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Bony</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0063101⟩</w:t>
+              <w:t xml:space="preserve">Environmental Science and Pollution Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 20 (2), pp.738-48. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId511" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11356-012-1276-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId510" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01004078v1</w:t>
+            <w:hyperlink r:id="rId512" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId505" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halsde-00786498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId517" w:history="1">
+            <w:hyperlink r:id="rId513" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Histopathological lesions and DNA adducts in the liver of European flounder (&amp;lt;em&amp;gt;Platichthys flesus&amp;lt;/em&amp;gt;) collected in the Seine estuary versus two reference estuarine systems on the French Atlantic coast</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId518" w:history="1">
+            <w:hyperlink r:id="rId514" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerome Cachot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId463" w:history="1">
+            <w:hyperlink r:id="rId459" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yan Cherel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut T. Larcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId519" w:history="1">
+            <w:hyperlink r:id="rId515" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Pfohl-Leszkowicz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId503" w:history="1">
+            <w:hyperlink r:id="rId506" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Laroche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Science and Pollution Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 20 (2), pp.723 - 737. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId520" w:history="1">
+            <w:hyperlink r:id="rId516" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s11356-012-1287-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId517" w:history="1">
+            <w:hyperlink r:id="rId513" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02644574v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId521" w:history="1">
+            <w:hyperlink r:id="rId517" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Validation of BdCCp2 as a marker for Babesia divergens sexual stages in ticks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId522" w:history="1">
+            <w:hyperlink r:id="rId518" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Becker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId523" w:history="1">
+            <w:hyperlink r:id="rId519" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Malandrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut T. Larcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId524" w:history="1">
+            <w:hyperlink r:id="rId520" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Chauvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId525" w:history="1">
+            <w:hyperlink r:id="rId521" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Bischoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Experimental Parasitology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 133 (1), pp.51-56. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId526" w:history="1">
+            <w:hyperlink r:id="rId522" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.exppara.2012.10.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId521" w:history="1">
+            <w:hyperlink r:id="rId517" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02642668v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId527" w:history="1">
+            <w:hyperlink r:id="rId523" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interferon response factors 3 and 7 protect against Chikungunya virus hemorrhagic fever and shock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId528" w:history="1">
+            <w:hyperlink r:id="rId524" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Penny A Rudd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId529" w:history="1">
+            <w:hyperlink r:id="rId525" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jane Wilson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId428" w:history="1">
+            <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joy Gardner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Larcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId377" w:history="1">
+            <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Candice Babarit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Virology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 86, pp.9888-9898. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId530" w:history="1">
+            <w:hyperlink r:id="rId526" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1128/JVI.00956-12⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId527" w:history="1">
+            <w:hyperlink r:id="rId523" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01191139v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId531" w:history="1">
+            <w:hyperlink r:id="rId527" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Porcine colon explants in the study of innate immune response to Entamoeba histolytica</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId532" w:history="1">
+            <w:hyperlink r:id="rId528" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Girard-Misguich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId533" w:history="1">
+            <w:hyperlink r:id="rId529" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mario Delgado-Ortega</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId534" w:history="1">
+            <w:hyperlink r:id="rId530" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Berthon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId535" w:history="1">
+            <w:hyperlink r:id="rId531" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Rossignol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut T. Larcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Veterinary Immunology and Immunopathology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 145 (3-4), pp.611-617. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId536" w:history="1">
+            <w:hyperlink r:id="rId532" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.vetimm.2012.01.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId537" w:history="1">
+            <w:hyperlink r:id="rId533" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId531" w:history="1">
+            <w:hyperlink r:id="rId527" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02650556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId538" w:history="1">
+            <w:hyperlink r:id="rId534" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ingenol mebutate field-directed treatment of UVB damaged skin reduces lesion formation and removes mutant p53 patches</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Frank R. de Gruijl</w:t>
+                <w:t xml:space="preserve">Epicutaneous Immunotherapy (EPIT) blocks the allergic esophago-gastro -enteropathy induced by sustaines oral exposure to peanuts in sensitized mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Mondoulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId535" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Dioszeghy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut T. Larcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId536" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Ligouis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Dhelft</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Investigative Dermatology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/jid.2011.418⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 7 (2), pp.e31967. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId537" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0031967⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId538" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02648779v1</w:t>
+            <w:hyperlink r:id="rId534" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02652477v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId545" w:history="1">
+            <w:hyperlink r:id="rId538" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Epicutaneous Immunotherapy (EPIT) blocks the allergic esophago-gastro -enteropathy induced by sustaines oral exposure to peanuts in sensitized mice</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Véronique Dhelft</w:t>
+                <w:t xml:space="preserve">Ingenol mebutate field-directed treatment of UVB damaged skin reduces lesion formation and removes mutant p53 patches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId539" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah-Jane Cozzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId540" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steven M. Ogbourne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId541" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cini James</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId542" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Heggert G. Rebel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId543" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank R. de Gruijl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0031967⟩</w:t>
+              <w:t xml:space="preserve">Journal of Investigative Dermatology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 132 (4), pp.1263-1271. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId544" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/jid.2011.418⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId545" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02652477v1</w:t>
+            <w:hyperlink r:id="rId538" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02648779v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId549" w:history="1">
+            <w:hyperlink r:id="rId545" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Long-term food-exposure of zebrafish to PCB mixtures mimicking some environmental situations induces ovary pathology and impairs reproduction ability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId550" w:history="1">
+            <w:hyperlink r:id="rId546" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tarek Daouk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Larcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId551" w:history="1">
+            <w:hyperlink r:id="rId547" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Roupsard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId552" w:history="1">
+            <w:hyperlink r:id="rId548" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Lyphout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId553" w:history="1">
+            <w:hyperlink r:id="rId549" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Rigaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Aquatic Toxicology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 105, pp.270-278. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId554" w:history="1">
+            <w:hyperlink r:id="rId550" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.aquatox.2011.06.021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId549" w:history="1">
+            <w:hyperlink r:id="rId545" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01205024v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId555" w:history="1">
+            <w:hyperlink r:id="rId551" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Systemic delivery of allogenic muscle stem cells induces long-term muscle repair and clinical efficacy in duchenne muscular dystrophy dogs.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId556" w:history="1">
+                <w:t xml:space="preserve">CELL THERAPY OF DUCHENNE MUSCULAR DYSTROPHY: PRECLINICAL TRIAL IN GRMD DOGS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId459" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yan Cherel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId552" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karl Rouger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut T. Larcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Dubreil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId557" w:history="1">
+            <w:hyperlink r:id="rId553" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jack-Yves Deschamps</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Caroline Le Guiner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Pathology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Bulletin de l'Académie Vétérinaire de France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 164 (3), pp.211 - 216</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId555" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-00712818v1</w:t>
+            <w:hyperlink r:id="rId551" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02647422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId559" w:history="1">
+            <w:hyperlink r:id="rId554" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CELL THERAPY OF DUCHENNE MUSCULAR DYSTROPHY: PRECLINICAL TRIAL IN GRMD DOGS</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId556" w:history="1">
+                <w:t xml:space="preserve">Systemic delivery of allogenic muscle stem cells induces long-term muscle repair and clinical efficacy in duchenne muscular dystrophy dogs.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId552" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karl Rouger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId302" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Larcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Dubreil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId557" w:history="1">
+            <w:hyperlink r:id="rId553" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jack-Yves Deschamps</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Le Guiner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de l'Académie Vétérinaire de France</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">American Journal of Pathology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 179 (5), pp.2501-18. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId555" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ajpath.2011.07.022⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId559" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02647422v1</w:t>
+            <w:hyperlink r:id="rId554" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-00712818v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId560" w:history="1">
+            <w:hyperlink r:id="rId556" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards the establishment of a porcine model to study human amebiasis.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId532" w:history="1">
+            <w:hyperlink r:id="rId528" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Girard-Misguich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId561" w:history="1">
+            <w:hyperlink r:id="rId557" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Cognie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId533" w:history="1">
+            <w:hyperlink r:id="rId529" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mario Delgado-Ortega</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId534" w:history="1">
+            <w:hyperlink r:id="rId530" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Berthon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId535" w:history="1">
+            <w:hyperlink r:id="rId531" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Rossignol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 6 (12), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId562" w:history="1">
+            <w:hyperlink r:id="rId558" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.pone.0028795⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId560" w:history="1">
+            <w:hyperlink r:id="rId556" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01129611v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId563" w:history="1">
+            <w:hyperlink r:id="rId559" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A novel chicken lung epithelial cell line: Characterization and response to low pathogenicity avian influenza virus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyne Esnault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId564" w:history="1">
+            <w:hyperlink r:id="rId560" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Bonsergent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Larcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId565" w:history="1">
+            <w:hyperlink r:id="rId561" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Bed'Hom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Vautherot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Virus Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 159 (1), pp.32-42. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId566" w:history="1">
+            <w:hyperlink r:id="rId562" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.virusres.2011.04.022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId563" w:history="1">
+            <w:hyperlink r:id="rId559" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01129500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId567" w:history="1">
+            <w:hyperlink r:id="rId563" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Postnatal leptin is necessary for maturation of numerous organs in newborn rats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId568" w:history="1">
+            <w:hyperlink r:id="rId564" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Linda L. Attig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut T. Larcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId569" w:history="1">
+            <w:hyperlink r:id="rId565" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arieh Gertler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId570" w:history="1">
+            <w:hyperlink r:id="rId566" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Latifa Abdennebi- Najar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId571" w:history="1">
+            <w:hyperlink r:id="rId567" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Djiane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Organogenesis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 7 (2), pp.88-94. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId572" w:history="1">
+            <w:hyperlink r:id="rId568" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4161/org.7.2.14871⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId567" w:history="1">
+            <w:hyperlink r:id="rId563" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02643082v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId573" w:history="1">
+            <w:hyperlink r:id="rId569" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chikungunya virus arthritis in adult wild-type mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId428" w:history="1">
+            <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joy Gardner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId574" w:history="1">
+            <w:hyperlink r:id="rId570" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Itaru Anraku</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId575" w:history="1">
+            <w:hyperlink r:id="rId571" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thuy T. Le</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut T. Larcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId576" w:history="1">
+            <w:hyperlink r:id="rId572" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lee Major</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Virology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 84 (16), pp.8021-8032. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId577" w:history="1">
+            <w:hyperlink r:id="rId573" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1128/JVI.02603-09⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId573" w:history="1">
+            <w:hyperlink r:id="rId569" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02663808v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId578" w:history="1">
+            <w:hyperlink r:id="rId574" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A genetically engineered waterfowl influenza virus with a deletion in the stalk of the neuraminidase has increased virulence for chickens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId579" w:history="1">
+            <w:hyperlink r:id="rId575" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Munier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut T. Larcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId580" w:history="1">
+            <w:hyperlink r:id="rId576" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fleur Cormier-Aline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Soubieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId581" w:history="1">
+            <w:hyperlink r:id="rId577" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Su</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Virology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 84 (2), pp.940-952. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId582" w:history="1">
+            <w:hyperlink r:id="rId578" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1128/JVI.01581-09⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId578" w:history="1">
+            <w:hyperlink r:id="rId574" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02662785v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId583" w:history="1">
+            <w:hyperlink r:id="rId579" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lack of Immunotoxicity After Regional Intravenous (RI) Delivery of rAAV to Nonhuman Primate Skeletal Muscle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Toromanoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId584" w:history="1">
+            <w:hyperlink r:id="rId580" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oumeya Adjali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut T. Larcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId585" w:history="1">
+            <w:hyperlink r:id="rId581" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcelo Hill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId586" w:history="1">
+            <w:hyperlink r:id="rId582" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Guigand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Therapy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 18 (1), pp.151-160. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId587" w:history="1">
+            <w:hyperlink r:id="rId583" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/mt.2009.251⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId583" w:history="1">
+            <w:hyperlink r:id="rId579" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02666139v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId588" w:history="1">
+            <w:hyperlink r:id="rId584" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Évaluation de trois substituts du formol sur la fixation des tissus biologiques d'animaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId582" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydie Guigand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Ledevin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId585" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Fernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId586" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lydie Guigand</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Julie Massonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId463" w:history="1">
+            <w:hyperlink r:id="rId459" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yan Cherel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Française d'Histotechnologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, pp.11-24</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId588" w:history="1">
+            <w:hyperlink r:id="rId584" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02667357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId591" w:history="1">
+            <w:hyperlink r:id="rId587" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chikungunya disease in nonhuman primates involves long-term viral persistence in macrophages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId592" w:history="1">
+            <w:hyperlink r:id="rId588" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Labadie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut T. Larcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId593" w:history="1">
+            <w:hyperlink r:id="rId589" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Joubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId594" w:history="1">
+            <w:hyperlink r:id="rId590" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelkrim Mannioui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId595" w:history="1">
+            <w:hyperlink r:id="rId591" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Delache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Clinical Investigation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 120 (3), pp.894-906. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId596" w:history="1">
+            <w:hyperlink r:id="rId592" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1172/JCI40104⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId591" w:history="1">
+            <w:hyperlink r:id="rId587" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02665274v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId597" w:history="1">
+            <w:hyperlink r:id="rId593" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gene expression profiling in equine polysaccharide storage myopathy revealed inflammation, glycogenesis inhibition, hypoxia and mitochondrial dysfunctions.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId598" w:history="1">
+            <w:hyperlink r:id="rId594" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId599" w:history="1">
+            <w:hyperlink r:id="rId595" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Mucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId600" w:history="1">
+            <w:hyperlink r:id="rId596" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Jeansoule</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Larcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId586" w:history="1">
+            <w:hyperlink r:id="rId582" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Guigand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Veterinary Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 5 (1), pp.29. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId601" w:history="1">
+            <w:hyperlink r:id="rId597" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1186/1746-6148-5-29⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId597" w:history="1">
+            <w:hyperlink r:id="rId593" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-00663617v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId602" w:history="1">
+            <w:hyperlink r:id="rId598" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mode of Delivery and Cell Tropism Versus Immunotoxicity of Recombinant AAV in Nonhuman Primate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Toromanoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId584" w:history="1">
+            <w:hyperlink r:id="rId580" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oumeya Adjali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId603" w:history="1">
+            <w:hyperlink r:id="rId599" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut T. Larcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId585" w:history="1">
+            <w:hyperlink r:id="rId581" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcelo Hill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Human Gene Therapy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 20 (6), pp.663</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId602" w:history="1">
+            <w:hyperlink r:id="rId598" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02656451v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId604" w:history="1">
+            <w:hyperlink r:id="rId600" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of hypothalamic leptin receptor expression in low-birth-weight piglets and effects of leptin supplementation on neonatal growth and development</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId568" w:history="1">
+            <w:hyperlink r:id="rId564" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Linda L. Attig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId571" w:history="1">
+            <w:hyperlink r:id="rId567" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Djiane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId605" w:history="1">
+            <w:hyperlink r:id="rId601" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Gertler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId606" w:history="1">
+            <w:hyperlink r:id="rId602" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Rampin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut T. Larcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AJP - Endocrinology and Metabolism</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 295 (5), pp.E1117-E1125. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId607" w:history="1">
+            <w:hyperlink r:id="rId603" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1152/ajpendo.90542.2008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId604" w:history="1">
+            <w:hyperlink r:id="rId600" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02667579v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId608" w:history="1">
+            <w:hyperlink r:id="rId604" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polysaccharide storage myopathy in Cob Normand draft horses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut T. Larcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId609" w:history="1">
+            <w:hyperlink r:id="rId605" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bérénice Herszberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId610" w:history="1">
+            <w:hyperlink r:id="rId606" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Molon-Noblot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId586" w:history="1">
+            <w:hyperlink r:id="rId582" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Guigand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId611" w:history="1">
+            <w:hyperlink r:id="rId607" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Chaffaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Veterinary Pathology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 45 (2), pp.154-158. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId612" w:history="1">
+            <w:hyperlink r:id="rId608" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1354/vp.45-2-154⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId608" w:history="1">
+            <w:hyperlink r:id="rId604" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02658616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId613" w:history="1">
+            <w:hyperlink r:id="rId609" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Persistent left cranial vena cava causing oesophageal obstruction and consequent megaoesophagus in a dog</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut T. Larcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId614" w:history="1">
+            <w:hyperlink r:id="rId610" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Abadie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId615" w:history="1">
+            <w:hyperlink r:id="rId611" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise A. Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId557" w:history="1">
+            <w:hyperlink r:id="rId553" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jack-Yves Deschamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId616" w:history="1">
+            <w:hyperlink r:id="rId612" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique Wyers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Comparative Pathology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 135 (2-3), pp.150-152. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId617" w:history="1">
+            <w:hyperlink r:id="rId613" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jcpa.2006.05.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId618" w:history="1">
+            <w:hyperlink r:id="rId614" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId613" w:history="1">
+            <w:hyperlink r:id="rId609" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02664503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId619" w:history="1">
+            <w:hyperlink r:id="rId615" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic Doping&amp;quot; with erythropoietin cDNA in primate muscle is detectable</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId620" w:history="1">
+            <w:hyperlink r:id="rId616" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Lasne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId621" w:history="1">
+            <w:hyperlink r:id="rId617" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId622" w:history="1">
+            <w:hyperlink r:id="rId618" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques de Ceaurriz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut T. Larcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId623" w:history="1">
+            <w:hyperlink r:id="rId619" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Moullier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Therapy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 10 (3), pp.409-410. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId624" w:history="1">
+            <w:hyperlink r:id="rId620" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ymthe.2004.07.024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId619" w:history="1">
+            <w:hyperlink r:id="rId615" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02680322v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId625" w:history="1">
+            <w:hyperlink r:id="rId621" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Autoimmune anemia in macaques following erythropoietin gene therapy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId626" w:history="1">
+            <w:hyperlink r:id="rId622" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Chenuaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut T. Larcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId627" w:history="1">
+            <w:hyperlink r:id="rId623" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph E. Rabinowitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId628" w:history="1">
+            <w:hyperlink r:id="rId624" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Provost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId463" w:history="1">
+            <w:hyperlink r:id="rId459" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yan Cherel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Blood</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 103 (9), pp.3303-3304. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId629" w:history="1">
+            <w:hyperlink r:id="rId625" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1182/blood-2003-11-3845⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId625" w:history="1">
+            <w:hyperlink r:id="rId621" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02680802v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId630" w:history="1">
+            <w:hyperlink r:id="rId626" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimal design of a single recombinant adeno-associated virus derived from serotypes 1 and 2 to achieve more tightly regulated transgene expression from nonhuman primate muscle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId626" w:history="1">
+            <w:hyperlink r:id="rId622" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Chenuaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Larcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId627" w:history="1">
+            <w:hyperlink r:id="rId623" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph E. Rabinowitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId628" w:history="1">
+            <w:hyperlink r:id="rId624" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Provost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Joussemet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Therapy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 9 (3), pp.410-418. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId631" w:history="1">
+            <w:hyperlink r:id="rId627" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ymthe.2003.12.015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId630" w:history="1">
+            <w:hyperlink r:id="rId626" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02678459v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -15603,257 +15603,257 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId632" w:history="1">
+            <w:hyperlink r:id="rId628" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Autopsie des bovins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId463" w:history="1">
+            <w:hyperlink r:id="rId459" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yan Cherel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId633" w:history="1">
+            <w:hyperlink r:id="rId629" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Couillandeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Larcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId634" w:history="1">
+            <w:hyperlink r:id="rId630" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Lecomte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId635" w:history="1">
+            <w:hyperlink r:id="rId631" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Spindler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Editions du Point Vétérinaire, 2ème, pp.218, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId632" w:history="1">
+            <w:hyperlink r:id="rId628" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01806304v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId636" w:history="1">
+            <w:hyperlink r:id="rId632" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Autopsie des bovins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId463" w:history="1">
+            <w:hyperlink r:id="rId459" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yan Cherel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId633" w:history="1">
+            <w:hyperlink r:id="rId629" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Couillandeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId634" w:history="1">
+            <w:hyperlink r:id="rId630" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Lecomte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId635" w:history="1">
+            <w:hyperlink r:id="rId631" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Spindler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut T. Larcher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Editions du Point Vétérinaire, 247 p., 2006, Atlas, 2-86326-229-7 978-2863262290</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId636" w:history="1">
+            <w:hyperlink r:id="rId632" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02824564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -15863,168 +15863,168 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId637" w:history="1">
+            <w:hyperlink r:id="rId633" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multiphotonic and Harmonic generation microscopy: an attractive label free imaging and non-destructive observation of collagenic and adipose tissues in pathological muscle context</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Dubreil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Ledevin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId638" w:history="1">
+            <w:hyperlink r:id="rId634" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Lovo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Larcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId639" w:history="1">
+            <w:hyperlink r:id="rId635" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Fleurisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Microscopy Book Series</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 7, 2017, Microscopy and imaging science: practical approaches to applied research and education</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId637" w:history="1">
+            <w:hyperlink r:id="rId633" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01524321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId640"/>
+      <w:footerReference w:type="default" r:id="rId636"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -16092,51 +16092,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="0B2F967C"/>
+    <w:nsid w:val="1F6E3F60"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -16323,51 +16323,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/tlarcher" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0396-3190" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/076698297" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05466223v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Le Guiner" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Toumaniantz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Larcher" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Marchand" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Buscara" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymthe.2025.10.041" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05538272v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghiles Imerzoukene" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghania Hounana Kara-Ali" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Heitz-Marchaland" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Simoes Eugenio" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41419-026-08458-x" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05263418v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolanda Prezado" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Lamirault" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristele Gilbert" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Espenon" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.radonc.2025.110769" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05427912v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Picard-Meyer" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Wasniewski" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Bou&#233;" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edgar Torres-Maravilla" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vinciane Saint-Criq" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0337915" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05263425v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Isabel Acu&#241;a" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Brisebard" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim Schneider" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43856-025-00809-7" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05103379v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana&#239;na Grevelinger" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bourry" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selma Schmidt" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Meurens" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Deblanc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13567-025-01536-6" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05263420v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alban Lalys" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Bourdon" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Bouzelha" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Alvarez-Dorta" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Pavageau" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biopha.2025.118300" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05199574v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Souci" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Chollot" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Courvoisier-Guyader" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Lachner" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Kervarrec" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/jgv.0.002123" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05292865v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rhyma Hakkar" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline E Brun" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Leblanc" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Meugnier" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Berger&#8208;danty" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jev2.70164" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05237036v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Potiron" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorea Iturri" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Dos Santos" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Corvino" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijrobp.2025.06.3859" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-05167049v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Martin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Blanchet" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Hermet" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Gros" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoenv.2025.118565" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05263430v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Chauveau" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Nerriere-Daguin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva Fourny" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cynthia Fourgeux" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2025.113310" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05029118v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soraya Dinant" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Castille" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Deloizy" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Bruder" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Sedano" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jimmun/vkaf031" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04781485v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Leray" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Varin" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biopha.2024.116148" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04597740v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilson Nguyen" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narayan Gyawali" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romal Stewart" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bing Tang" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abigail L. Cox" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s44298-024-00025-5" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04504093v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svenja Sake" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoyu Zhang" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manoj Kumar Rajak" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Urbanek-Quaing" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Carpentier" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-45241-y" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04996002v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dylan Le Jan" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Siliman Misha" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Destrumelle" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Terceve" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Thorin" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biology13121070" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04187670v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Tomal" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Sadrin" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Gaboriaud" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Guitton" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcimb.2023.1250080" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04072477v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petra ter Brugge" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Moser" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Bi&#232;che" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petra Kristel" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Ibadioune" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-37537-2" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205847v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rania El-Botty" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Morriset" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Montaudon" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakia Tariq" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Schnitzler" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-40022-5" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04234504v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan M&#233;ric" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Issard" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Maufras" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Hugonnard" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Senecat" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jvim.16876" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03711624v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Farooq" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Simoes Eugenio" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Piquet-Pellorce" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Dion" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Raguenes-Nicol" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00109-022-02192-5" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03838616v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Fran&#231;ois" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liwen Zhang" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Lafoux" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bodvael Fraysse" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41434-022-00317-6" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03620285v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliot Gougeon" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Ledevin" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvonne Mcgrotty" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre M&#233;heust" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/20551169221081418" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03476811v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karima Relizani" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc&#237;a Echevarr&#237;a" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faouzi Zarrouki" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Gastaldi" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chloe Dambrune" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkab1199" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03635249v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Akmal Farooq" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Picquet-Pellorce" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Ragu&#233;n&#232;s-Nicol" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03775131v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Lantier" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Mallet" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andele Conradie" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1010745" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03373747v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lucas" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lefrancois" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Gesset" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Budzinski" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Labadie" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoenv.2021.112720" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03159667v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Fr&#233;taud" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphyne Descamps" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphn&#233; Laubret" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anne Rameix-Welti" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois El&#233;ou&#235;t" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v13020201" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509545v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorian Caudal" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio Anegon" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0230083" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02898172v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kexin Yan" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura J Vet" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jody Hobson-Peters" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel J Rawle" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/vaccines8030368" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02561973v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Eclercy" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Andraud" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Renson" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Bernard" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetmic.2020.108656" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03156323v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Fort" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alisson Niepceron" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcimb.2020.632556" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03353101v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Galloux" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Gsponer" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Gaillard" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Fenner" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.00717-20" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02091624v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Delage" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Couturier" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Jatteau" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-018-4021-8" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02898178v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Petitjean" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Jean" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica C&#244;te" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Angelier" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2020.140657" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02561949v2" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Bey" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Deniaud" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Dubreil" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Joussemet" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Cristini" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.omtm.2020.04.001" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02933439v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Nikitorowicz-Buniak" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Sourd" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Morisset" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rania El Botty" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-17697-1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508765v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Coussy" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ch&#226;teau-Joubert" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Dahmani" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/scitranslmed.aax2625" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508763v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Coussy" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. El Botty" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lavigne" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gu" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Fuhrmann" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13045-020-0846-y" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509541v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Lavigne" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leanne de Koning" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fariba Nemati" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7150/thno.36182" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02164040v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Bordet" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Fretaud" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Crisci" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwige Bouguyon" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Rault" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2019.00953" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02091623v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Guilbaud" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Devaux" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Couzini&#233;" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanne Le Duff" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Toromanoff" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/hum.2018.234" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02341819v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure-H&#233;l&#232;ne Ouisse" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine Remy" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Tesson" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2019.02131" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02061157v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Fablet" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Menard" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Hervet" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetmic.2019.01.022" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621891v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tallet" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Leblond" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Arnold" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jid.2018.08.029" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02093370v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leanne Koning" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Bernard" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Berengere Ouine" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ijc.32266" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02052292v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Guilbaud" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02885399v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie Prow" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiago Hirata" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut T. Larcher" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pamela Mukhopadhyay" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2019.02736" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623544v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Lagalice" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pichon" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salwa Soussi" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40478-018-0609-y" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01867036v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Auger" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Henry" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Longin" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sneha Suman" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Lejal" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-30719-9" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01867045v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique L'Hostis" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628278v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Berthault" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonja H&#228;rtle" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Vautherot" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Trapp-Fragnet" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13567-018-0526-x" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626011v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sascha Trapp" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Soubieux" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Lidove" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Esnault" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Lion" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12985-018-0960-4" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01812518v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Lorant" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Jaulin" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Hedan" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Lardenois" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0963689718776306" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605887v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Garcin" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Francois Eleouet" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Le Goffic" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.02241-16" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-02179396v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline C. Le Guiner" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Servais" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Montus" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Thibaut" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms16105" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01701600v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Bitoun" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Roques" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#233;tane Nocturne" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Che Serguera" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2017.01816" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01701599v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Dunkin" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cecilia Berin" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Mondoulet" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Tobar" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garabet Yeretssian" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/MIB.0000000000001273" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01525331v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Dou" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Gadonna-Widehem" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Rome" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dounia Hamoudi" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larbi Rhazi" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0169851" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01701597v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Mondoulet" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Kalach" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Dhelft" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Delayre-Orthez" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cea.13037" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01321085v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Robriquet" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Candice Babarit" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12891-016-1060-5" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01425791v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Vignet" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Davail" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucette Joassard" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karyn Le Menach" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/toxics4040026" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01310596v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghada Elmhiri" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narges Bahi-Jaber" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Reygnier" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5fo01551k" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01425790v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Louis Herv&#233;" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Dhelft" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphn&#233; Laubreton" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconrel.2016.10.003" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594622v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Cecilia Berin" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zaruhi Hovhannisyan" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alina Iuga" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/01.MIB.0000480100.25518.df" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01332030v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Jagot" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Lagarrigue" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Gu&#233;vel" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pmic.201600002" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02633915v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Kiefer" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Jouneau" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne E. Campion" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Rousseau-Ralliard" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep38869" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01734763v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwladys Gernoux" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/hum.2014.070" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01140160v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dler F D Mahmood" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Niquet-Leridon" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Jacolot" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Firmin" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mnfr.201400722" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-GFK8DFJ7-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01140159v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques D. de Certaines" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorota Duda" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noura Azzabou" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Antoine Eliat" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/s40366-015-0017-1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01205627v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joy Gardner" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Penny A. Rudd" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie A Prow" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Essia Belarbi" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0139481" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01222898v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0123336" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01180288v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Yang" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Lalande" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Chen" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Azzabou" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.irbm.2015.06.004" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01306718v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques D de Certaines" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjnbp/s40366-015-0017-1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01799048v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Dupont" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Tournaire" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Georger" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Marolleau" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Jeanson-Leh" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/mtm.2015.10" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04295557v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194173v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Peralta" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Mourier" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Richard" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Charpigny" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0133377" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02633819v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yee Suan Poo" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane A. C. Wilson" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0003354" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02447482v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Cherel" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/mt.2014.151" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02632643v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison Mostyn" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Attig" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Chavatte-Palmer" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1530/JOE-14-0155" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190124v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Thepenier" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0110371" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01222894v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helder Nakaya" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wayne Schroder" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.03364-13" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01123338v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Perrichon" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Le Menach" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-014-2923-7" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644024v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Bambou" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willy W. Cei" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Justin Dumoulin" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Mandonnet" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2013/902759" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02648076v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Mathieu Soubies" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Hoffmann" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Croville" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/vir.0.045153-0" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645134v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faouzi Lamari" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Castex" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Mazurais" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2012.11.016" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01136703v2" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphn&#233; Brisard" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Mickiewicz" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Guilloteau" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0064616" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00786498v1" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Laroche" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gauthier" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Quiniou" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Devaux" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Bony" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-012-1276-3" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/95A7D8D42A99D770888C70E6E85D300F3ED34751/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004078v1" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Ga&#235;l Cordier" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Leveille" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Dupont" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Couturier-Tarrade" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Picone" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0063101" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644574v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Cachot" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Pfohl-Leszkowicz" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-012-1287-0" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02642668v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Becker" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Malandrin" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Chauvin" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bischoff" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.exppara.2012.10.007" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191139v1" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Penny A Rudd" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane Wilson" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.00956-12" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650556v1" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Girard-Misguich" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Delgado-Ortega" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Berthon" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Rossignol" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetimm.2012.01.002" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CLPK0MP5-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02648779v1" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah-Jane Cozzi" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven M. Ogbourne" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cini James" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heggert G. Rebel" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank R. de Gruijl" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/jid.2011.418" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652477v1" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dioszeghy" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Ligouis" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0031967" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01205024v1" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarek Daouk" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Roupsard" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Lyphout" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Rigaud" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquatox.2011.06.021" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00712818v1" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl Rouger" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jack-Yves Deschamps" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ajpath.2011.07.022" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647422v1" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129611v1" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Cognie" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0028795" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129500v1" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bonsergent" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Bed'Hom" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.virusres.2011.04.022" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643082v1" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda L. Attig" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arieh Gertler" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Latifa Abdennebi- Najar" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Djiane" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4161/org.7.2.14871" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663808v1" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Itaru Anraku" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thuy T. Le" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lee Major" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.02603-09" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662785v1" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Munier" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fleur Cormier-Aline" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Su" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.01581-09" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666139v1" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumeya Adjali" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Hill" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Guigand" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/mt.2009.251" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667357v1" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Fernandez" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Massonneau" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665274v1" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Labadie" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Joubert" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkrim Mannioui" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Delache" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1172/JCI40104" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00663617v1" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Barrey" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Mucher" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Jeansoule" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1746-6148-5-29" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656451v1" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Moreau" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667579v1" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gertler" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Rampin" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajpendo.90542.2008" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658616v1" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;r&#233;nice Herszberg" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Molon-Noblot" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Chaffaux" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1354/vp.45-2-154" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664503v1" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Abadie" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise A. Roux" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Wyers" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcpa.2006.05.002" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z0QLSM2J-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680322v1" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Lasne" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Martin" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques de Ceaurriz" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Moullier" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymthe.2004.07.024" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680802v1" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Chenuaud" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph E. Rabinowitz" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Provost" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1182/blood-2003-11-3845" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678459v1" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymthe.2003.12.015" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01806304v1" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Couillandeau" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lecomte" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Spindler" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824564v1" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01524321v1" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lovo" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Fleurisson" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/tlarcher" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0396-3190" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/076698297" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05466223v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Le Guiner" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Toumaniantz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Larcher" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Marchand" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Buscara" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymthe.2025.10.041" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05538272v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghiles Imerzoukene" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghania Hounana Kara-Ali" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Heitz-Marchaland" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Simoes Eugenio" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41419-026-08458-x" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05565633v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05263418v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolanda Prezado" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Lamirault" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristele Gilbert" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Espenon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.radonc.2025.110769" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05427912v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Picard-Meyer" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Wasniewski" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Bou&#233;" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edgar Torres-Maravilla" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vinciane Saint-Criq" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0337915" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05103379v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana&#239;na Grevelinger" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bourry" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selma Schmidt" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Meurens" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Deblanc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13567-025-01536-6" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05263425v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Isabel Acu&#241;a" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Brisebard" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim Schneider" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43856-025-00809-7" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05263420v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alban Lalys" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Bourdon" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Bouzelha" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Alvarez-Dorta" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Pavageau" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biopha.2025.118300" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05199574v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Souci" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Chollot" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Courvoisier-Guyader" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Lachner" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Kervarrec" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/jgv.0.002123" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05237036v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Potiron" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorea Iturri" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Dos Santos" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Corvino" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijrobp.2025.06.3859" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05292865v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rhyma Hakkar" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline E Brun" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Leblanc" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Meugnier" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Berger&#8208;danty" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jev2.70164" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-05167049v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Martin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Blanchet" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Hermet" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Gros" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoenv.2025.118565" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05029118v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soraya Dinant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Castille" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Deloizy" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Bruder" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Sedano" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jimmun/vkaf031" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05263430v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Chauveau" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Nerriere-Daguin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva Fourny" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cynthia Fourgeux" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2025.113310" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04781485v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Leray" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Varin" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biopha.2024.116148" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05565647v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04597740v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilson Nguyen" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narayan Gyawali" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romal Stewart" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bing Tang" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abigail L. Cox" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s44298-024-00025-5" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04504093v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svenja Sake" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoyu Zhang" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manoj Kumar Rajak" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Urbanek-Quaing" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Carpentier" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-45241-y" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04996002v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dylan Le Jan" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Siliman Misha" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Destrumelle" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Terceve" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Thorin" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biology13121070" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04187670v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Tomal" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Sadrin" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Gaboriaud" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Guitton" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcimb.2023.1250080" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04072477v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petra ter Brugge" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Moser" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Bi&#232;che" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petra Kristel" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Ibadioune" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-37537-2" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205847v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rania El-Botty" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Morriset" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Montaudon" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakia Tariq" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Schnitzler" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-40022-5" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04234504v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan M&#233;ric" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Issard" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Maufras" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Hugonnard" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Senecat" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jvim.16876" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03711624v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Farooq" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Simoes Eugenio" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Piquet-Pellorce" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Dion" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Raguenes-Nicol" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00109-022-02192-5" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03620285v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliot Gougeon" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Ledevin" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvonne Mcgrotty" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre M&#233;heust" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/20551169221081418" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03838616v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Fran&#231;ois" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liwen Zhang" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Lafoux" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bodvael Fraysse" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41434-022-00317-6" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03476811v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karima Relizani" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc&#237;a Echevarr&#237;a" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faouzi Zarrouki" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Gastaldi" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chloe Dambrune" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkab1199" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03635249v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Akmal Farooq" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Picquet-Pellorce" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Ragu&#233;n&#232;s-Nicol" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03775131v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Lantier" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Mallet" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andele Conradie" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1010745" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03159667v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Fr&#233;taud" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphyne Descamps" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphn&#233; Laubret" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anne Rameix-Welti" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois El&#233;ou&#235;t" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v13020201" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03373747v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lucas" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lefrancois" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Gesset" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Budzinski" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Labadie" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoenv.2021.112720" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02091624v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Delage" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Couturier" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Jatteau" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-018-4021-8" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03156323v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Fort" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alisson Niepceron" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcimb.2020.632556" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02898172v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kexin Yan" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura J Vet" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jody Hobson-Peters" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel J Rawle" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/vaccines8030368" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509545v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorian Caudal" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio Anegon" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0230083" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03353101v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Galloux" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Gsponer" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Gaillard" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Fenner" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.00717-20" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02561973v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Eclercy" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Andraud" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Renson" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Bernard" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetmic.2020.108656" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02898178v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Petitjean" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Jean" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica C&#244;te" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Angelier" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2020.140657" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02561949v2" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Bey" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Deniaud" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Dubreil" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Joussemet" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Cristini" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.omtm.2020.04.001" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02933439v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Nikitorowicz-Buniak" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Sourd" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Morisset" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rania El Botty" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-17697-1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508765v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Coussy" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ch&#226;teau-Joubert" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Dahmani" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/scitranslmed.aax2625" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508763v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Coussy" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. El Botty" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lavigne" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gu" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Fuhrmann" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13045-020-0846-y" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509541v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Lavigne" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leanne de Koning" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fariba Nemati" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7150/thno.36182" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02091623v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Guilbaud" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Devaux" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Couzini&#233;" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanne Le Duff" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Toromanoff" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/hum.2018.234" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02164040v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Bordet" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Fretaud" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Crisci" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwige Bouguyon" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Rault" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2019.00953" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02341819v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure-H&#233;l&#232;ne Ouisse" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine Remy" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Tesson" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2019.02131" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02061157v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Fablet" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Menard" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Hervet" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetmic.2019.01.022" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02093370v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leanne Koning" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Bernard" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Berengere Ouine" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ijc.32266" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621891v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tallet" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Leblond" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Arnold" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jid.2018.08.029" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02052292v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Guilbaud" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02885399v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie Prow" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiago Hirata" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut T. Larcher" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pamela Mukhopadhyay" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2019.02736" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623544v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Lagalice" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pichon" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salwa Soussi" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40478-018-0609-y" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01867036v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Auger" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Henry" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Longin" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sneha Suman" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Lejal" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-30719-9" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628278v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Berthault" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonja H&#228;rtle" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Vautherot" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Trapp-Fragnet" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13567-018-0526-x" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01867045v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique L'Hostis" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626011v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sascha Trapp" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Soubieux" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Lidove" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Esnault" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Lion" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12985-018-0960-4" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01812518v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Lorant" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Jaulin" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Hedan" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Lardenois" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0963689718776306" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605887v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Garcin" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Francois Eleouet" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Le Goffic" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.02241-16" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-02179396v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline C. Le Guiner" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Servais" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Montus" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Thibaut" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms16105" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01701599v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Dunkin" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cecilia Berin" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Mondoulet" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Tobar" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garabet Yeretssian" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/MIB.0000000000001273" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01525331v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Dou" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Gadonna-Widehem" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Rome" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dounia Hamoudi" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larbi Rhazi" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0169851" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01701597v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Mondoulet" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Kalach" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Dhelft" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Delayre-Orthez" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cea.13037" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01321085v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Robriquet" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Candice Babarit" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12891-016-1060-5" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01425791v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Vignet" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Davail" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucette Joassard" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karyn Le Menach" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/toxics4040026" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01310596v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghada Elmhiri" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narges Bahi-Jaber" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Reygnier" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5fo01551k" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01425790v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Louis Herv&#233;" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Dhelft" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphn&#233; Laubreton" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconrel.2016.10.003" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02633915v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Kiefer" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Jouneau" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne E. Campion" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Rousseau-Ralliard" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep38869" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594622v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Cecilia Berin" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zaruhi Hovhannisyan" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alina Iuga" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/01.MIB.0000480100.25518.df" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01332030v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Jagot" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Lagarrigue" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Gu&#233;vel" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pmic.201600002" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01734763v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwladys Gernoux" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/hum.2014.070" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01140159v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques D. de Certaines" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorota Duda" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noura Azzabou" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Antoine Eliat" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/s40366-015-0017-1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01140160v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dler F D Mahmood" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Niquet-Leridon" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Jacolot" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Firmin" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mnfr.201400722" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-GFK8DFJ7-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01205627v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joy Gardner" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Penny A. Rudd" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie A Prow" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Essia Belarbi" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Roques" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0139481" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01222898v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0123336" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01180288v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Yang" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Lalande" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Chen" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Azzabou" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.irbm.2015.06.004" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01306718v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques D de Certaines" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjnbp/s40366-015-0017-1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01799048v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Dupont" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Tournaire" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Georger" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Marolleau" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Jeanson-Leh" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/mtm.2015.10" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194173v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Peralta" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Mourier" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Richard" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Charpigny" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0133377" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02633819v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yee Suan Poo" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane A. C. Wilson" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0003354" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02447482v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Cherel" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/mt.2014.151" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01222894v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helder Nakaya" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wayne Schroder" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.03364-13" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02632643v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison Mostyn" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Attig" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Chavatte-Palmer" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1530/JOE-14-0155" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190124v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Thepenier" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0110371" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01123338v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Perrichon" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Le Menach" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-014-2923-7" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645134v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faouzi Lamari" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Castex" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Mazurais" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2012.11.016" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02648076v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Mathieu Soubies" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Hoffmann" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Croville" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/vir.0.045153-0" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644024v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Bambou" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willy W. Cei" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Justin Dumoulin" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Mandonnet" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2013/902759" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01136703v2" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphn&#233; Brisard" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Mickiewicz" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Guilloteau" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0064616" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004078v1" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Ga&#235;l Cordier" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Leveille" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Dupont" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Couturier-Tarrade" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Picone" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0063101" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00786498v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Laroche" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gauthier" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Quiniou" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Devaux" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Bony" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-012-1276-3" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/95A7D8D42A99D770888C70E6E85D300F3ED34751/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644574v1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Cachot" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Pfohl-Leszkowicz" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-012-1287-0" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02642668v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Becker" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Malandrin" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Chauvin" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bischoff" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.exppara.2012.10.007" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191139v1" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Penny A Rudd" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane Wilson" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.00956-12" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650556v1" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Girard-Misguich" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Delgado-Ortega" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Berthon" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Rossignol" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetimm.2012.01.002" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CLPK0MP5-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652477v1" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dioszeghy" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Ligouis" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0031967" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02648779v1" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah-Jane Cozzi" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven M. Ogbourne" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cini James" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heggert G. Rebel" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank R. de Gruijl" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/jid.2011.418" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01205024v1" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarek Daouk" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Roupsard" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Lyphout" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Rigaud" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquatox.2011.06.021" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647422v1" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl Rouger" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jack-Yves Deschamps" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00712818v1" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ajpath.2011.07.022" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129611v1" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Cognie" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0028795" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129500v1" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bonsergent" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Bed'Hom" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.virusres.2011.04.022" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643082v1" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda L. Attig" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arieh Gertler" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Latifa Abdennebi- Najar" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Djiane" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4161/org.7.2.14871" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663808v1" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Itaru Anraku" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thuy T. Le" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lee Major" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.02603-09" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662785v1" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Munier" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fleur Cormier-Aline" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Su" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.01581-09" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666139v1" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumeya Adjali" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Hill" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Guigand" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/mt.2009.251" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667357v1" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Fernandez" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Massonneau" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665274v1" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Labadie" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Joubert" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkrim Mannioui" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Delache" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1172/JCI40104" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00663617v1" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Barrey" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Mucher" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Jeansoule" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1746-6148-5-29" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656451v1" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Moreau" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667579v1" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gertler" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Rampin" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajpendo.90542.2008" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658616v1" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;r&#233;nice Herszberg" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Molon-Noblot" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Chaffaux" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1354/vp.45-2-154" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664503v1" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Abadie" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise A. Roux" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Wyers" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcpa.2006.05.002" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z0QLSM2J-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680322v1" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Lasne" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Martin" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques de Ceaurriz" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Moullier" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymthe.2004.07.024" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680802v1" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Chenuaud" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph E. Rabinowitz" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Provost" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1182/blood-2003-11-3845" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678459v1" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymthe.2003.12.015" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01806304v1" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Couillandeau" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lecomte" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Spindler" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824564v1" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01524321v1" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lovo" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Fleurisson" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>