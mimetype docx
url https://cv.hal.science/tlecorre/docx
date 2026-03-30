--- v0 (2026-03-06)
+++ v1 (2026-03-30)
@@ -1578,267 +1578,267 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les bénéfices de la densification dans la perspective du Grand Paris Express, rapport final</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les bénéfices de la densification dans la perspective du Grand Paris Express. Livrable 5 : les effets de l'amélioration de l'accessibilité | Volume 1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Le Goix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Bretagnolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Laure Breuillé</w:t>
+                <w:t xml:space="preserve">Liliane Lizzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Le Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Grivault</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Antonin Pavard</w:t>
+                <w:t xml:space="preserve">Luc Guibard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Contrat] Société du Grand Paris. 2019, pp.97</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] Société du Grand Paris. 2019, 50 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02373216v1</w:t>
+                <w:t xml:space="preserve">halshs-03744466v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les bénéfices de la densification dans la perspective du Grand Paris Express. Livrable 5 : les effets de l'amélioration de l'accessibilité | Volume 1</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les bénéfices de la densification dans la perspective du Grand Paris Express, rapport final</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Bretagnolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Laure Breuillé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Grivault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Liliane Lizzi</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Thibault Le Corre</w:t>
+                <w:t xml:space="preserve">Julie Le Gallo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luc Guibard</w:t>
+                <w:t xml:space="preserve">Antonin Pavard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] Société du Grand Paris. 2019, 50 p</w:t>
+              <w:t xml:space="preserve">[Contrat] Société du Grand Paris. 2019, pp.97</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">halshs-03744466v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02373216v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rennes : produire la métropole, en contexte d’incertitude. Entre alignement et spécialisation, quelles reconfigurations des stratégies urbaines ?</w:t>
               </w:r>
@@ -2139,51 +2139,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="FF59CB63"/>
+    <w:nsid w:val="FBA5B759"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2370,51 +2370,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/tlecorre" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3667-4547" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/243420013" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04575638v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Abella" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Mart&#237;nez" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mattia Mazzoli" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Migozzi" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Le Corre" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjds/s13688-025-00551-z" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05164552v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Sauveur Ay" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/23998083251339296" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03783835v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonine Ribardi&#232;re" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02916066v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Le Goix" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Casanova Enault" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Bonneval" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliza Benites-Gambirazio" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tesg.12460" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03328524v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.37430" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03181713v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bigorgne" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01968663v2" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Giraud" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Cura" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0213169" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037630v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.27664" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037657v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.26826" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03883797v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Calabuig Serra" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Gravier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Gu&#233;rois" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Louail" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02862422v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Aveline-Dubach" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Denis" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Napoleone" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756764v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Heitz" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Raimbault" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliette Roux" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Tranchant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34847/nkl.c8caljc9" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02373216v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bretagnolle" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Breuill&#233;" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Grivault" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Le Gallo" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Pavard" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03744466v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliane Lizzi" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Guibard" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037806v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Edouard Houllier-Guibert" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Bailleul" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Chantelot" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Suire" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02298354v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/tlecorre" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3667-4547" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/243420013" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04575638v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Abella" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Mart&#237;nez" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mattia Mazzoli" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Migozzi" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Le Corre" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjds/s13688-025-00551-z" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05164552v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Sauveur Ay" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/23998083251339296" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03783835v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonine Ribardi&#232;re" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02916066v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Le Goix" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Casanova Enault" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Bonneval" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliza Benites-Gambirazio" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tesg.12460" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03328524v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.37430" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03181713v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bigorgne" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01968663v2" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Giraud" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Cura" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0213169" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037630v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.27664" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037657v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.26826" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03883797v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Calabuig Serra" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Gravier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Gu&#233;rois" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Louail" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02862422v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Aveline-Dubach" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Denis" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Napoleone" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756764v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Heitz" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Raimbault" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliette Roux" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Tranchant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34847/nkl.c8caljc9" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03744466v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bretagnolle" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliane Lizzi" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Guibard" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02373216v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Breuill&#233;" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Grivault" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Le Gallo" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Pavard" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037806v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Edouard Houllier-Guibert" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Bailleul" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Chantelot" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Suire" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02298354v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>