--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -100,51 +100,51 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Learning basic mathematic skills in primary school: Testing the effectiveness of socio-constructivist and explicit instruction</w:t>
+                <w:t xml:space="preserve">Learning basic mathematic skills in primary school</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Guilmois,</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tom Rohmer</w:t>
@@ -153,51 +153,51 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Poparoch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">School Effectiveness and School Improvement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">, 2025, 36 (4), pp.573-599. </w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/09243453.2025.2536485⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
@@ -1543,138 +1543,147 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04633377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">UpDown – an R Package to characterize unknown disturbances from longitudinal observations</w:t>
+                <w:t xml:space="preserve">Amélioration d'un outil de détection d'évènements techniques ou sanitaires à l'échelle de plusieurs bandes de truies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I. David</w:t>
+                <w:t xml:space="preserve">Gaëlle Hamelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tom Rohmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Le</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Tom Rohmer</w:t>
+                <w:t xml:space="preserve">Charlotte Gaillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Book of Abstracts of the 74. Annual Meeting of the European Federation of Animal Science</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">55. Journées de la Recherche Porcine (JRP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INRAE; Ifip, Jan 2023, Saint-Malo, France. pp.665, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.anscip.2023.06.022⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04200369v1</w:t>
+                <w:t xml:space="preserve">hal-04021401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">One-step closed-form estimator for generalized linear model with categorical explanatory variables</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Brouste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1716,256 +1725,247 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">54es Journées de Statistique 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Libre de Bruxelles, Jul 2023, Bruxelles, Belgium. 7 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04251593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amélioration d'un outil de détection d'évènements techniques ou sanitaires à l'échelle de plusieurs bandes de truies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gaëlle Hamelin</w:t>
+                <w:t xml:space="preserve">UpDown -an R Package to characterize unknown disturbances from longitudinal observations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Le</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tom Rohmer</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Charlotte Gaillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">55. Journées de la Recherche Porcine (JRP)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">EAAP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2023, Lyon, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04021401v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04213268v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">UpDown -an R Package to characterize unknown disturbances from longitudinal observations</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Vincent Le</w:t>
+                <w:t xml:space="preserve">UpDown – an R Package to characterize unknown disturbances from longitudinal observations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Le</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tom Rohmer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EAAP</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2023, Lyon, France</w:t>
+              <w:t xml:space="preserve">Book of Abstracts of the 74. Annual Meeting of the European Federation of Animal Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INRAE, Aug 2023, Lyon, France. pp.476</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04213268v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04200369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">UpDown, une méthodologie d'identification et de caractérisation de perturbations affectant des données longitudinales</w:t>
               </w:r>
@@ -3811,51 +3811,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05312528v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Guilmois," TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Rohmer" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Poparoch" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09243453.2025.2536485" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05519101v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Guilmois" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Popa-Roch" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251559v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Brouste" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Dutang" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilit Hovsepyan" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11222-023-10313-4" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03681151v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Ricard" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid David" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-022-00729-3" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03689206v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03610918.2022.2076870" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03653106v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Le" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2022.100496" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02557279v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Dowek" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Minh Mai L&#234;" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Legrand" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hynd Remita" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2020.121040" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01781504v3" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00180-019-00918-7" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03437402v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03187746v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spl.2016.06.026" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01581271v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Kojadinovic" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-F. Quessy" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10463-015-0520-2" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02158618v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. B&#252;cher" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Segers" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmva.2014.07.012" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04633377v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04200369v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. David" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Le" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251593v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04021401v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Hamelin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Gaillard" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anscip.2023.06.022" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04213268v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04164367v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03719859v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03699461v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03681142v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03681137v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04633406v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Bruning" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Kuhn" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04664422v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03619061v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03360534v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent V Le" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03619066v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Ytournel" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Flatres-Grall" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Ligonesche" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04995008v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04045158v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04246616v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01883508v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Matoussi" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa D&#233;sert" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04043102v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04633327v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Giang-Nam Le" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:2cb75bf50050f7630ee35abceecf33ab420c01f4;origin=https://hal.archives-ouvertes.fr/hal-04633327;visit=swh:1:snp:84dc7d426bdcd59189ff4848f1808b14f07db574;anchor=swh:1:rel:9854f2bebbb5e3ab4bed52adc2edaf96c14dc74c;path=/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dumas.ccsd.cnrs.fr/dumas-00623050v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05312528v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Guilmois," TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Rohmer" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Poparoch" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09243453.2025.2536485" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05519101v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Guilmois" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Popa-Roch" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251559v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Brouste" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Dutang" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilit Hovsepyan" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11222-023-10313-4" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03681151v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Ricard" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid David" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-022-00729-3" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03689206v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03610918.2022.2076870" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03653106v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Le" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2022.100496" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02557279v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Dowek" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Minh Mai L&#234;" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Legrand" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hynd Remita" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2020.121040" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01781504v3" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00180-019-00918-7" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03437402v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03187746v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spl.2016.06.026" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01581271v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Kojadinovic" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-F. Quessy" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10463-015-0520-2" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02158618v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. B&#252;cher" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Segers" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmva.2014.07.012" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04633377v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04021401v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Hamelin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Gaillard" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anscip.2023.06.022" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251593v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04213268v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04200369v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. David" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Le" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04164367v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03719859v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03699461v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03681142v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03681137v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04633406v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Bruning" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Kuhn" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04664422v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03619061v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03360534v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent V Le" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03619066v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Ytournel" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Flatres-Grall" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Ligonesche" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04995008v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04045158v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04246616v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01883508v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Matoussi" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa D&#233;sert" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04043102v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04633327v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Giang-Nam Le" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:2cb75bf50050f7630ee35abceecf33ab420c01f4;origin=https://hal.archives-ouvertes.fr/hal-04633327;visit=swh:1:snp:84dc7d426bdcd59189ff4848f1808b14f07db574;anchor=swh:1:rel:9854f2bebbb5e3ab4bed52adc2edaf96c14dc74c;path=/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dumas.ccsd.cnrs.fr/dumas-00623050v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>