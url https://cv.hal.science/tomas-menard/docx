--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -127,360 +127,360 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of ARMAX systems with bounded noise</w:t>
+                <w:t xml:space="preserve">Event-triggered shared control for lane keeping assist system in steer-by-wire vehicles under unknown dynamics and actuator failure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu Pouliquen</w:t>
+                <w:t xml:space="preserve">Hossam Eddine Glida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tomas Menard</w:t>
+                <w:t xml:space="preserve">Chouki Sentouh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Pigeon</w:t>
+                <w:t xml:space="preserve">Abdelghani Chelihi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Gehan</w:t>
+                <w:t xml:space="preserve">Tomas Ménard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abdelhak Goudjil</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Mondher Farza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of The Franklin Institute</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 362 (16), pp.108061. </w:t>
+              <w:t xml:space="preserve">Control Engineering Practice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, 165, pp.106566. </w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jfranklin.2025.108061⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.conengprac.2025.106566⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05325365v1</w:t>
+                <w:t xml:space="preserve">hal-05325192v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Event-triggered shared control for lane keeping assist system in steer-by-wire vehicles under unknown dynamics and actuator failure</w:t>
+                <w:t xml:space="preserve">Identification of ARMAX systems with bounded noise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hossam Eddine Glida</w:t>
+                <w:t xml:space="preserve">Mathieu Pouliquen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chouki Sentouh</w:t>
+                <w:t xml:space="preserve">Tomas Menard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abdelghani Chelihi</w:t>
+                <w:t xml:space="preserve">Eric Pigeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tomas Ménard</w:t>
+                <w:t xml:space="preserve">Olivier Gehan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mondher Farza</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Abdelhak Goudjil</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Control Engineering Practice</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In press, 165, pp.106566. </w:t>
+              <w:t xml:space="preserve">Journal of The Franklin Institute</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 362 (16), pp.108061. </w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.conengprac.2025.106566⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jfranklin.2025.108061⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05325192v1</w:t>
+                <w:t xml:space="preserve">hal-05325365v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tracking Control of Docking Maneuvers for a Fully-Actuated Surface Vessel using Backstepping</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leticia Mayumi Kinjo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tomas Ménard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Wirtensohn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Gehan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johannes Reuter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -527,51 +527,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Continuous–discrete time observers for homogeneous nonlinear systems with sampled-data outputs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tomas Ménard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Bernuau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -683,51 +683,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Moulay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Defoort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tomas Menard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Coirault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -787,77 +787,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Continuous-Discrete Time Observer Design for Multi-Output Linear Continuous Systems With Aperiodic Asynchronous Measurements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Landicheff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tomas Menard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Gehan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Pigeon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Control Systems Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 6, pp.3002-3007. </w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
@@ -885,971 +885,971 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03810598v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Collision-Free Formation Tracking of Multi-Agent Systems Under Communication Constraints</w:t>
+                <w:t xml:space="preserve">Leader-following consensus of second-order multi-agent systems with switching topology and partial aperiodic sampled data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Syed A Ajwad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Moulay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Defoort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tomas Menard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Coirault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Control Systems Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 5 (4), pp.1345-1350. </w:t>
+              <w:t xml:space="preserve">, 2021, 5 (5), pp.1567-1572. </w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/LCSYS.2020.3036809⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/LCSYS.2020.3041566⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03045472v1</w:t>
+                <w:t xml:space="preserve">hal-03086914v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leader-following consensus of second-order multi-agent systems with switching topology and partial aperiodic sampled data</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Adaptive observer design for a class of Lipschitz nonlinear systems with multirate outputs and uncertainties: Application to attitude estimation with gyro bias</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tristan Bonargent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tomas Menard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Patrick Coirault</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Gehan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Pigeon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Control Systems Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/LCSYS.2020.3041566⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Robust and Nonlinear Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 31 (8), pp.3137-3162. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/rnc.5439⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03086914v1</w:t>
+                <w:t xml:space="preserve">hal-03191378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptive observer design for a class of Lipschitz nonlinear systems with multirate outputs and uncertainties: Application to attitude estimation with gyro bias</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Collision-Free Formation Tracking of Multi-Agent Systems Under Communication Constraints</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Syed A Ajwad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Moulay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Defoort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tomas Menard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Eric Pigeon</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Coirault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Robust and Nonlinear Control</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 31 (8), pp.3137-3162. </w:t>
+              <w:t xml:space="preserve">IEEE Control Systems Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 5 (4), pp.1345-1350. </w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/rnc.5439⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/LCSYS.2020.3036809⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03191378v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03045472v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leader-following consensus for multi-agent systems with nonlinear dynamics subject to additive bounded disturbances and asynchronously sampled outputs</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Optimized closed-loop algorithm for color control of multichannel LED lighting systems using multispectral sensor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelhak Goudjil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Pigeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Pouliquen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tomas Menard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...48 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Automatica</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.automatica.2020.109176⟩</w:t>
+              <w:t xml:space="preserve">Optical Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 5, pp.053104. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/1.OE.59.5.053104⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02974230v1</w:t>
+                <w:t xml:space="preserve">hal-02966017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimized closed-loop algorithm for color control of multichannel LED lighting systems using multispectral sensor</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Leader-following consensus for multi-agent systems with nonlinear dynamics subject to additive bounded disturbances and asynchronously sampled outputs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tomas Menard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Syed Ali Ajwad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Moulay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Coirault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Defoort</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optical Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 5, pp.053104. </w:t>
+              <w:t xml:space="preserve">Automatica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 121, pp.109176. </w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1117/1.OE.59.5.053104⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.automatica.2020.109176⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02966017v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02974230v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Observer based leader-following consensus of second-order multi-agent systems with nonuniform sampled position data</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Observer-based consensus for second-order multi-agent systems with arbitrary asynchronous and aperiodic sampling periods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tomas Menard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Moulay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Coirault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Defoort</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Patrick Coirault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of The Franklin Institute</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 356 (16), pp.10031-10057. </w:t>
+              <w:t xml:space="preserve">Automatica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 99, pp.237-245. </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jfranklin.2019.09.025⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.automatica.2018.10.045⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02340716v1</w:t>
+                <w:t xml:space="preserve">hal-01969335v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Observer-based consensus for second-order multi-agent systems with arbitrary asynchronous and aperiodic sampling periods</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Observer based leader-following consensus of second-order multi-agent systems with nonuniform sampled position data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Syed Ali Ajwad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tomas Menard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Moulay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Defoort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Coirault</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Michael Defoort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Automatica</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 99, pp.237-245. </w:t>
+              <w:t xml:space="preserve">Journal of The Franklin Institute</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 356 (16), pp.10031-10057. </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.automatica.2018.10.045⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jfranklin.2019.09.025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01969335v1</w:t>
+                <w:t xml:space="preserve">hal-02340716v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cascade observer design for a class of uncertain nonlinear systems with delayed outputs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mondher Farza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Omar Hernández-González</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tomas Menard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boubekeur Targui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1913,77 +1913,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adaptive observer design for a class of nonlinear systems. Application to speed sensorless induction motor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mondher Farza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed M’saad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tomas Menard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Ltaief</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2037,174 +2037,174 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01865496v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fixed-time observer with simple gains for uncertain systems</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Corrections to &amp;quot;A Global High-Gain Finite-Time Observer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tomas Menard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Moulay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wilfrid Perruquetti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Automatica</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 81, pp.438 - 446. </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Automatic Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 62 (1), pp.509 - 510. </w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.automatica.2017.04.009⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TAC.2016.2518742⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01516988v1</w:t>
+                <w:t xml:space="preserve">hal-01497178v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extended high gain observer design for a class of MIMO non-uniformly observable systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mondher Farza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tomas Menard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Ltaief</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2275,442 +2275,442 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02342248v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corrections to &amp;quot;A Global High-Gain Finite-Time Observer</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Fixed-time observer with simple gains for uncertain systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tomas Menard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Moulay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wilfrid Perruquetti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Automatic Control</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 62 (1), pp.509 - 510. </w:t>
+              <w:t xml:space="preserve">Automatica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 81, pp.438 - 446. </w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TAC.2016.2518742⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.automatica.2017.04.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01497178v1</w:t>
+                <w:t xml:space="preserve">hal-01516988v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Nonlinear State Feedback for DC/DC Boost Converters</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Continuous-discrete time observer for a class of state affine nonlinear systems: application to an induction motor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Omar Hernandez Gonzalez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tomas Menard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mondher Farza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos Manuel Astorga Zaragoza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gerardo Vicente Guerrero Ramirez</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Dynamic Systems, Measurement, and Control</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International Journal on Sciences and Techniques of Automatic control &amp; computer engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 10 (1), pp.2072-2078</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01497165v1</w:t>
+                <w:t xml:space="preserve">hal-01497172v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Continuous-discrete time observer for a class of state affine nonlinear systems: application to an induction motor</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">A Nonlinear State Feedback for DC/DC Boost Converters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Gehan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Pigeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tomas Menard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Mondher Farza</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Pouliquen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carlos Manuel Astorga Zaragoza</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">H Gualous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal on Sciences and Techniques of Automatic control &amp; computer engineering</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Dynamic Systems, Measurement, and Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 139 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1115/1.4034602⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01497172v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01497165v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A cascade observer for a class of MIMO non uniformly observable systems with delayed sampled outputs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Omar Hernandez Gonzalez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mondher Farza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tomas Menard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boubekeur Targui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2774,103 +2774,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simple Cascade Observer for a Class of Nonlinear Systems with Long Output Delays</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mondher Farza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed M'Saad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tomas Menard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mamadou Lamine Fall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Gehan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Automatic Control</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, pp. 3338 - 3343. </w:t>
@@ -2921,64 +2921,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Observer design for a class of uncertain nonlinear systems with sampled outputs - Application to the estimation of kinetic rates in bioreactors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ibtissem Bouraoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mondher Farza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tomas Ménard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ridha Ben Abdennour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3036,291 +3036,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01136550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptive observers for a class of uniformly observable systems with nonlinear parametrization and sampled outputs</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">A Stiffness Estimator for Agonistic-Antagonistic Variable-Stiffness-Actuator Devices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tomas Menard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Mohammed M'Saad</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giorgio Grioli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Bicchi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Automatica</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.automatica.2014.10.032⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Robotics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 30 (5), pp.1269 - 1278. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TRO.2014.2329998⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01132754v1</w:t>
+                <w:t xml:space="preserve">hal-00999513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Stiffness Estimator for Agonistic-Antagonistic Variable-Stiffness-Actuator Devices</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Adaptive observers for a class of uniformly observable systems with nonlinear parametrization and sampled outputs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mondher Farza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ibtissem Bouraoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tomas Menard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Antonio Bicchi</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ridha Ben Abdennour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed M'Saad</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Robotics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 30 (5), pp.1269 - 1278. </w:t>
+              <w:t xml:space="preserve">Automatica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 50 (11), pp.2951-2960. </w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TRO.2014.2329998⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.automatica.2014.10.032⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00999513v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01132754v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Homogeneous approximations and local observer design</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tomas Menard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Moulay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3380,51 +3380,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A global high-gain finite-time observer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tomas Menard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Moulay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3516,90 +3516,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Closed-Loop Color Control of a Multichannel LED Lighting System Using a Multilayer Perceptron Network</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelhak Goudjil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Pigeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Pouliquen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tomas Menard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mostafa Kamel Smail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3646,90 +3646,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An Optimized Feedback Color Control for Multichannel LED Lighting System</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelhak Goudjil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Pigeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Pouliquen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tomas Menard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2023 IEEE 11th International Conference on Systems and Control (ICSC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2023, Sousse, France. pp.88-93, </w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3776,77 +3776,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Observer design for range-only localization in three dimensions with three measurements and asynchronous and aperiodic measurements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Landicheff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tomas Menard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Gehan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Pigeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Breynaert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3932,51 +3932,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Moulay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Defoort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tomas Menard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Coirault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4062,51 +4062,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Moulay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Defoort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tomas Menard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Coirault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4153,103 +4153,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Observer design for nonlinear systems with multi-rate sampled outputs - Application to attitude estimation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tristan Bonargent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tomas Menard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Pigeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Pouliquen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Gehan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Control Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2020, Saint-Pétersbourg, Russia. pp.997-1002, </w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4283,90 +4283,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Observer and first-order low-pass filter based attitude estimation for rigid bodies subject to external acceleration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tristan Bonargent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tomas Menard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Pigeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Gehan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2019 IEEE 58th Conference on Decision and Control (CDC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2019, Nice, France. pp.629-634, </w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4439,51 +4439,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Moulay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Defoort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tomas Menard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Coirault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4524,866 +4524,866 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02508376v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A cascade predictor for nonlinear systems with a constant output delay</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Multivariable MPC algorithm with separated prediction horizons: application to simultaneous control of tension and drawing speed in optical fiber manufacturing processes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Gehan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johannes Reuter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Pigeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Pouliquen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tomas Ménard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th Vienna International Conference on Mathematical Modelling</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2018.03.072⟩</w:t>
+              <w:t xml:space="preserve">2018 17th European Control Conference (ECC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Limassol, Cyprus. pp.649-654, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23919/ECC.2018.8550500⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02142119v1</w:t>
+                <w:t xml:space="preserve">hal-02142103v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amélioration de la qualité des quantificateurs reliés aux performances du conducteur pour la détermination de l’hypovigilance au volant</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId46" w:history="1">
+                <w:t xml:space="preserve">Identification of quantifiers related to circadian rhythm variations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tristan Bonargent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Pigeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tristan Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Pouliquen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Gehan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICSAT'2018 International Conference on signals, Automatic and Telecommuncations</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">UKACC International Conference on Control 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Sheffield, United Kingdom. pp.462-467, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/CONTROL.2018.8516835⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01838310v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01827006v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of quantifiers related to circadian rhythm variations</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId46" w:history="1">
+                <w:t xml:space="preserve">Amélioration de la qualité des quantificateurs reliés aux performances du conducteur pour la détermination de l’hypovigilance au volant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tristan Bonargent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Pigeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bessot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Pouliquen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Gehan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">UKACC International Conference on Control 2018</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">ICSAT'2018 International Conference on signals, Automatic and Telecommuncations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Beni Mellal, Maroc</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01827006v1</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01838310v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multivariable MPC algorithm with separated prediction horizons: application to simultaneous control of tension and drawing speed in optical fiber manufacturing processes</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A cascade predictor for nonlinear systems with a constant output delay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Tréangle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tomas Menard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Farza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. M’saad</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2018 17th European Control Conference (ECC)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Limassol, Cyprus. pp.649-654, </w:t>
+              <w:t xml:space="preserve">9th Vienna International Conference on Mathematical Modelling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2018, Vienne, Austria. pp.421-426, </w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.23919/ECC.2018.8550500⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2018.03.072⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02142103v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02142119v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Observer design for a class of uncertain systems with delayed outputs</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId120" w:history="1">
+                <w:t xml:space="preserve">Cascade predictors design for a class of nonlinear uncertain systems with delayed state — Application to bioreactor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Farza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Hernández-González</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tomas Menard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. M'Saad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Astorga-Zaragoza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20th IFAC World Congress</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2017.08.285⟩</w:t>
+              <w:t xml:space="preserve">2016 17th International Conference on Sciences and Techniques of Automatic Control and Computer Engineering (STA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2016, Sousse, Tunisia. pp.753-760, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/STA.2016.7952097⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02142164v1</w:t>
+                <w:t xml:space="preserve">hal-02142179v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cascade predictors design for a class of nonlinear uncertain systems with delayed state — Application to bioreactor</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId120" w:history="1">
+                <w:t xml:space="preserve">Observer design for a class of uncertain systems with delayed outputs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Farza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Hernández-González</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tomas Menard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. M’saad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Astorga-Zaragoza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2016 17th International Conference on Sciences and Techniques of Automatic Control and Computer Engineering (STA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2016, Sousse, Tunisia. pp.753-760, </w:t>
+              <w:t xml:space="preserve">20th IFAC World Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Toulouse, France. pp.1427-1432, </w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/STA.2016.7952097⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2017.08.285⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02142179v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02142164v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cascade High Gain Observers Based State and Unknown Input Reconstruction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Hadj Saïd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Farza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. M’sahli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tomas Menard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">20th IFAC World Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2017, Toulouse, France. pp.1445-1450, </w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5417,103 +5417,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Observer design for a large class of non-uniformly observable MIMO systems with uncertainties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tomas Menard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Farza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Ltaief</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Bouraoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. M’saad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">20th IFAC World Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, International Federation of Automatic Control (IFAC), Jul 2017, Toulouse, France. pp.2911-2916, </w:t>
@@ -5564,64 +5564,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High gain observer design for a class of MIMO nonlinear systems triangular with respect to an order</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Treangle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tomas Menard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Farza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18th International Conference on Sciences and Techniques of Automatic Control and Computer Engineering (STA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2017, Monastir, Tunisia. pp.378-383, </w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5649,1633 +5649,1633 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02142126v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On-line estimation of the reaction rates from sampled measurements in bioreactors</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Recursive system identification algorithm using binary measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Pouliquen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tomas Menard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">M. M’saad</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Pigeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Gehan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelhak Goudjil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11th IFAC Symposium on Dynamics and Control of Process SystemsIncluding Biosystems DYCOPS-CAB 2016</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2016.07.375⟩</w:t>
+              <w:t xml:space="preserve">2016 European Control Conference (ECC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Aalborg, Denmark. pp.1353-1358, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ECC.2016.7810477⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02142186v1</w:t>
+                <w:t xml:space="preserve">hal-01305890v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cascade observer design for a class of nonlinear uncertain systems: Application to bioreactor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Hernández-González</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tomas Menard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Targui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Farza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. M’saad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11th IFAC Symposium on Dynamics and Control of Process SystemsIncluding Biosystems DYCOPS-CAB 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Trondheim, Norway. pp.85-90, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ifacol.2016.07.221⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02142188v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recursive system identification algorithm using binary measurements</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Identification of circadian rhythm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Pigeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Pouliquen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Mauvieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Gehan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Gehan</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Tomas Ménard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2016 European Control Conference (ECC)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ECC.2016.7810477⟩</w:t>
+              <w:t xml:space="preserve">2016 24th Mediterranean Conference on Control and Automation (MED)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Athens, France. pp.791-796, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/MED.2016.7535961⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01305890v1</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01840872v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of circadian rhythm</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">B. Mauvieux</w:t>
+                <w:t xml:space="preserve">On-line estimation of the reaction rates from sampled measurements in bioreactors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Bouraoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Farza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tomas Menard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O. Gehan</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">R. Ben Abdennour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. M’saad</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2016 24th Mediterranean Conference on Control and Automation (MED)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2016, Athens, France. pp.791-796, </w:t>
+              <w:t xml:space="preserve">11th IFAC Symposium on Dynamics and Control of Process SystemsIncluding Biosystems DYCOPS-CAB 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Trondheim, Norway. pp.1205-1210, </w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/MED.2016.7535961⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2016.07.375⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01840872v1</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02142186v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High gain observer for a class of nonlinear systems with sampled measurements: Application to a Free-Piston Stirling Engine</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">High gain observer design for a class of MIMO non uniformly observable uncertain systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Ltaief</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mondher Farza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tomas Menard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maatoug Tarak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed M'Saad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">international conference on sciences and techniques of automatic control &amp; computer engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Dec 2015, monastir, France. pp.805 - 810, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/STA.2015.7505161⟩</w:t>
+              <w:t xml:space="preserve">, Dec 2015, monastir, France. pp.817 - 821, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/STA.2015.7505186⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01497191v1</w:t>
+                <w:t xml:space="preserve">hal-01497193v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extended High Gain Observer Design for State andParameter Estimation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mondher Farza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tomas Ménard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Ltaief</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tarek Maatoug</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed M'Saad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4th International Conference on Systems and Control, ICSC'2015</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2015, Sousse, Tunisia. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ICoSC.2015.7153303⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01137296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High gain observer design for a class of MIMO non uniformly observable uncertain systems</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Extended high gain observer design</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Farza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tomas Menard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. M'Saad</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">international conference on sciences and techniques of automatic control &amp; computer engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2015, monastir, France. pp.817 - 821, </w:t>
+              <w:t xml:space="preserve">2015 16th International Conference on Sciences and Techniques of Automatic Control and Computer Engineering (STA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2015, Monastir, Tunisia. pp.888-897, </w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/STA.2015.7505186⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/STA.2015.7505179⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01497193v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02142193v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extended high gain observer design</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Adaptive high gain observers for a class of MIMO nonlinear systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ibtissem Bouraoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mondher Farza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tomas Menard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">M. M'Saad</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ridha Ben Abdennour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed M'Saad</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2015 16th International Conference on Sciences and Techniques of Automatic Control and Computer Engineering (STA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2015, Monastir, Tunisia. pp.888-897, </w:t>
+              <w:t xml:space="preserve">international conference on sciences and techniques of automatic control &amp; computer engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2015, monastir, France. pp.827 - 831, </w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/STA.2015.7505179⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/STA.2015.7505188⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02142193v1</w:t>
+                <w:t xml:space="preserve">hal-01497185v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptive high gain observers for a class of MIMO nonlinear systems</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">High gain observer for a class of nonlinear systems with sampled measurements: Application to a Free-Piston Stirling Engine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Omar Hernandez Gonzalez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tomas Menard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mondher Farza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Mohammed M'Saad</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos Manuel Astorga Zaragoza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gerardo Vicente Guerrero Ramirez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">international conference on sciences and techniques of automatic control &amp; computer engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Dec 2015, monastir, France. pp.827 - 831, </w:t>
+              <w:t xml:space="preserve">, Dec 2015, monastir, France. pp.805 - 810, </w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/STA.2015.7505188⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/STA.2015.7505161⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01497185v1</w:t>
+                <w:t xml:space="preserve">hal-01497191v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On adaptive observers design for a class of uniformly observable systems</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Adaptive high gain observers for a class of nonlinear systems with nonlinear parametrization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tomas Menard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Maouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boubekeur Targui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mondher Farza</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Ridha Ben Abdennour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed M'Saad</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15th IEEE International conference on : Sciences and Techniques of Automatic Control and Computer Engineering (STA),</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/STA.2014.7086800⟩</w:t>
+              <w:t xml:space="preserve">Control Conference (ECC), 2014 European</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, strasbourg, France. pp.1735 - 1740, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ECC.2014.6862310⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01137314v1</w:t>
+                <w:t xml:space="preserve">hal-01062671v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptive high gain observers for a class of nonlinear systems with nonlinear parametrization</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Sampled output observer design for a class of nonlinear systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mondher Farza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ibtissem Bouraoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tomas Menard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Mondher Farza</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ridha Ben Abdennour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed M'Saad</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Control Conference (ECC), 2014 European</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jun 2014, strasbourg, France. pp.1735 - 1740, </w:t>
+              <w:t xml:space="preserve">, Jun 2014, strasbourg, France. pp.312 - 317, </w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ECC.2014.6862310⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/ECC.2014.6862309⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01062671v1</w:t>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01062548v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sampled output observer design for a class of nonlinear systems</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">On adaptive observers design for a class of uniformly observable systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mondher Farza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ibtissem Bouraoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Tomas Menard</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tomas Ménard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ridha Ben Abdennour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed M'Saad</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Control Conference (ECC), 2014 European</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2014, strasbourg, France. pp.312 - 317, </w:t>
+              <w:t xml:space="preserve">15th IEEE International conference on : Sciences and Techniques of Automatic Control and Computer Engineering (STA),</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2014, Hammamet, Tunisia. </w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ECC.2014.6862309⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/STA.2014.7086800⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01062548v1</w:t>
+                <w:t xml:space="preserve">hal-01137314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A real time robust observer for an Agonist-Antagonist Variable Stiffness Actuator</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tomas Menard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giorgio Grioli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Bicchi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE International Conference on Robotics and Automation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2013, Karlsruhe, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7326,64 +7326,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boubekeur Targui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ibtissem Bouraoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tomas Ménard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mondher Farza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ridha Ben Abdennour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7434,51 +7434,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Homogeneous approximations for multi-output systems and local observability.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tomas Menard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Moulay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7538,51 +7538,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Global finite-time observers for non linear systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tomas Menard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Moulay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7674,51 +7674,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Application de l'homogénéité à la théorie des observateurs non linéaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tomas Menard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Automatique / Robotique. Ecole Centrale de Nantes (ECN), 2011. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -7914,51 +7914,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05325365v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Pouliquen" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomas Menard" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Pigeon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gehan" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhak Goudjil" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfranklin.2025.108061" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05325192v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hossam Eddine Glida" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chouki Sentouh" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelghani Chelihi" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomas M&#233;nard" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mondher Farza" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conengprac.2025.106566" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04581899v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leticia Mayumi Kinjo" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Wirtensohn" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Reuter" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCST.2024.3385666" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04008125v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bernuau" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Moulay" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Coirault" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.automatica.2023.110905" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03596635v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Syed Ali Ajwad" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Defoort" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Coirault" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11071-022-07294-w" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03810598v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Landicheff" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LCSYS.2022.3164262" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03045472v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Syed A Ajwad" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LCSYS.2020.3036809" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03086914v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LCSYS.2020.3041566" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191378v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Bonargent" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rnc.5439" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02974230v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.automatica.2020.109176" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02966017v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Girard" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.OE.59.5.053104" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02340716v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfranklin.2019.09.025" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01969335v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.automatica.2018.10.045" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01865499v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Hern&#225;ndez-Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boubekeur Targui" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed M&#8217;saad" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.automatica.2017.12.012" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01865496v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Ltaief" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarak Maatoug" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.automatica.2017.12.058" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01516988v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfrid Perruquetti" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.automatica.2017.04.009" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02342248v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibtissem Bouraoui" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed M'Saad" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.automatica.2017.08.002" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01497178v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAC.2016.2518742" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01497165v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Gualous" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4034602" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01497172v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Hernandez Gonzalez" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Manuel Astorga Zaragoza" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerardo Vicente Guerrero Ramirez" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01497158v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sysconle.2016.10.006" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01148074v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Lamine Fall" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAC.2015.2427661" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01136550v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ridha Ben Abdennour" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.automatica.2015.02.036" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01132754v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.automatica.2014.10.032" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00999513v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgio Grioli" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Bicchi" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TRO.2014.2329998" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00787926v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/cocv/2012038" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00455790v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAC.2010.2045698" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05113184v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mostafa Kamel Smail" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSC63929.2024.10928864" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05113182v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSC58660.2023.10449846" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03810624v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Breynaert" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ECC55457.2022.9838455" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03407423v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ACC50511.2021.9483273" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03407428v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ACC50511.2021.9482618" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02515269v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ECC51009.2020.9143923" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02276192v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CDC40024.2019.9030202" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508376v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CDC40024.2019.9029375" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02142119v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Tr&#233;angle" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Farza" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. M&#8217;saad" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2018.03.072" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01838310v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bessot" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01827006v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Martin" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CONTROL.2018.8516835" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02142103v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ECC.2018.8550500" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02142164v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Hern&#225;ndez-Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Astorga-Zaragoza" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2017.08.285" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02142179v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. M'Saad" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/STA.2016.7952097" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02142169v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hadj Sa&#239;d" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. M&#8217;sahli" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2017.08.288" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02142132v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ltaief" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Bouraoui" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2017.08.648" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02142126v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Treangle" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/STA.2017.8314867" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02142186v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ben Abdennour" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2016.07.375" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02142188v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Targui" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2016.07.221" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01305890v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECC.2016.7810477" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01840872v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pouliquen" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Mauvieux" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Gehan" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MED.2016.7535961" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01497191v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/STA.2015.7505161" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01137296v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarek Maatoug" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICoSC.2015.7153303" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01497193v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maatoug Tarak" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/STA.2015.7505186" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02142193v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/STA.2015.7505179" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01497185v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/STA.2015.7505188" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01137314v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/STA.2014.7086800" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01062671v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Maouche" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECC.2014.6862310" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01062548v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECC.2014.6862309" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00787925v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01064172v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICoSC.2013.6750859" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00582809v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20110828-6-IT-1002.00396" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00404143v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CDC.2009.5399809" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00633713v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05325192v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hossam Eddine Glida" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chouki Sentouh" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelghani Chelihi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomas M&#233;nard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mondher Farza" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conengprac.2025.106566" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05325365v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Pouliquen" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomas Menard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Pigeon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gehan" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhak Goudjil" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfranklin.2025.108061" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04581899v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leticia Mayumi Kinjo" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Wirtensohn" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Reuter" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCST.2024.3385666" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04008125v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bernuau" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Moulay" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Coirault" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.automatica.2023.110905" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03596635v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Syed Ali Ajwad" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Defoort" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Coirault" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11071-022-07294-w" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03810598v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Landicheff" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LCSYS.2022.3164262" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03086914v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Syed A Ajwad" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LCSYS.2020.3041566" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191378v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Bonargent" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rnc.5439" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03045472v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LCSYS.2020.3036809" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02966017v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Girard" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.OE.59.5.053104" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02974230v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.automatica.2020.109176" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01969335v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.automatica.2018.10.045" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02340716v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfranklin.2019.09.025" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01865499v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Hern&#225;ndez-Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boubekeur Targui" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed M&#8217;saad" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.automatica.2017.12.012" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01865496v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Ltaief" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarak Maatoug" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.automatica.2017.12.058" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01497178v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfrid Perruquetti" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAC.2016.2518742" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02342248v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibtissem Bouraoui" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed M'Saad" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.automatica.2017.08.002" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01516988v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.automatica.2017.04.009" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01497172v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Hernandez Gonzalez" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Manuel Astorga Zaragoza" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerardo Vicente Guerrero Ramirez" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01497165v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Gualous" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4034602" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01497158v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sysconle.2016.10.006" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01148074v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Lamine Fall" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAC.2015.2427661" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01136550v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ridha Ben Abdennour" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.automatica.2015.02.036" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00999513v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgio Grioli" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Bicchi" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TRO.2014.2329998" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01132754v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.automatica.2014.10.032" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00787926v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/cocv/2012038" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00455790v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAC.2010.2045698" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05113184v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mostafa Kamel Smail" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSC63929.2024.10928864" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05113182v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSC58660.2023.10449846" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03810624v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Breynaert" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ECC55457.2022.9838455" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03407423v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ACC50511.2021.9483273" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03407428v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ACC50511.2021.9482618" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02515269v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ECC51009.2020.9143923" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02276192v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CDC40024.2019.9030202" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508376v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CDC40024.2019.9029375" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02142103v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ECC.2018.8550500" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01827006v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Martin" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CONTROL.2018.8516835" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01838310v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bessot" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02142119v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Tr&#233;angle" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Farza" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. M&#8217;saad" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2018.03.072" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02142179v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Hern&#225;ndez-Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. M'Saad" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Astorga-Zaragoza" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/STA.2016.7952097" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02142164v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2017.08.285" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02142169v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hadj Sa&#239;d" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. M&#8217;sahli" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2017.08.288" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02142132v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ltaief" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Bouraoui" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2017.08.648" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02142126v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Treangle" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/STA.2017.8314867" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01305890v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECC.2016.7810477" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02142188v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Targui" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2016.07.221" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01840872v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pouliquen" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Mauvieux" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Gehan" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MED.2016.7535961" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02142186v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ben Abdennour" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2016.07.375" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01497193v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maatoug Tarak" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/STA.2015.7505186" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01137296v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarek Maatoug" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICoSC.2015.7153303" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02142193v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/STA.2015.7505179" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01497185v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/STA.2015.7505188" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01497191v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/STA.2015.7505161" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01062671v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Maouche" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECC.2014.6862310" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01062548v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECC.2014.6862309" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01137314v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/STA.2014.7086800" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00787925v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01064172v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICoSC.2013.6750859" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00582809v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20110828-6-IT-1002.00396" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00404143v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CDC.2009.5399809" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00633713v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>