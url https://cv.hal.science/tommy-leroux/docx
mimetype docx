--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -957,162 +957,162 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De la lutte contre l’étalement urbain à la protection qualitative des sols</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Manson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Leroux Tommy</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tommy Leroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RevCEDOUA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, Urbanizar o solo rústico ou renaturalizar o espaço urbano?, 51, pp.119-140. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.14195/2182-2387_51_6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05373322v1</w:t>
+                <w:t xml:space="preserve">hal-05373322v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La place singulière des actes notariés au sein de la législation sur la langue française</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tommy Leroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Jurisprudence. revue critique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 2024 (10), pp.55-75</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05098870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1122,154 +1122,154 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jurisprudence – Revue critique 2024</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Hélène Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Hélène Girard</w:t>
+                <w:t xml:space="preserve">Alexandre Guigue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Guigue</w:t>
+                <w:t xml:space="preserve">Fernando Prieto Ramos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fernando Prieto Ramos</w:t>
+                <w:t xml:space="preserve">Martina Bajcic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beatriz Curti-Contessoto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Jurisprudence. revue critique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 10, pp.ISBN 978-2-37741-104-7, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05101480v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1279,374 +1279,374 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Table générale des mélanges et hommages en droit francophone - V. 1.0 - 14/04/2025</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId41" w:history="1">
+                <w:t xml:space="preserve">Table générale des mélanges et hommages en droit francophone - V. 1.134 - 05/08/2025</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Le Pluard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tommy Leroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Melanges.org, 2025, 979-10-983215-0-4</w:t>
+              <w:t xml:space="preserve">Melanges.org, 2025, 979-10-983215-1-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (dictionnaire, encyclopédie)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05034957v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05034957v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Table générale des mélanges et hommages en droit francophone - V. 1.134 - 05/08/2025</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Table générale des mélanges et hommages en droit francophone - V. 1.240 - 01/10/2025</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Le Pluard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tommy Leroux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Melanges.org, 2025, 979-10-983215-2-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (dictionnaire, encyclopédie)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quentin Le Pluard</w:t>
-[...42 lines deleted...]
-                <w:t xml:space="preserve">hal-05034957v2</w:t>
+                <w:t xml:space="preserve">hal-05034957v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Table générale des mélanges et hommages en droit francophone - V. 1.240 - 01/10/2025</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId41" w:history="1">
+                <w:t xml:space="preserve">Table générale des mélanges et hommages en droit francophone - V. 1.0 - 14/04/2025</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Le Pluard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tommy Leroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Melanges.org, 2025, 979-10-983215-2-8</w:t>
+              <w:t xml:space="preserve">Melanges.org, 2025, 979-10-983215-0-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (dictionnaire, encyclopédie)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05034957v3</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05034957v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Panorama des coefficients de biotopes dans les règlements écrits des PLU métropolitains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tommy Leroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Université de Tours; MSH Val-de-Loire; Tours Métropole Val de Loire; Plateforme POPSU Transitions de Tours. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05272480v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId45"/>
+      <w:footerReference w:type="default" r:id="rId44"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -1714,51 +1714,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="CE88DF99"/>
+    <w:nsid w:val="B4D3DF4E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1945,51 +1945,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/tommy-leroux" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0009-0991-3977" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/270013121" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/107168651307907690949" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zenodo.org/communities/popsu-tours/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://melanges.org" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124434v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommy Leroux" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124427v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05266671v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Ferrand" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Hutin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/12aps" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124437v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.17682718" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05422045v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Cayrol" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.numeriquepremium.com/doi/10.14375/NP.9782384912209" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14375/NP.9782384912209" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05422078v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05098905v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boutique-dalloz.fr/les-droits-du-conjoint-survivant-bilan-et-perspectives-p.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05373322v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Manson" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leroux Tommy" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14195/2182-2387_51_6" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05098870v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-05101480v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Girard" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Guigue" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Prieto Ramos" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Bajcic" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Curti-Contessoto" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034957v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Le Pluard" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034957v2" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034957v3" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05272480v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/tommy-leroux" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0009-0991-3977" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/270013121" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/107168651307907690949" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zenodo.org/communities/popsu-tours/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://melanges.org" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124434v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommy Leroux" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124427v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05266671v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Ferrand" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Hutin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/12aps" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124437v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.17682718" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05422045v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Cayrol" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.numeriquepremium.com/doi/10.14375/NP.9782384912209" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14375/NP.9782384912209" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05422078v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05098905v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boutique-dalloz.fr/les-droits-du-conjoint-survivant-bilan-et-perspectives-p.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05373322v2" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Manson" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14195/2182-2387_51_6" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05098870v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-05101480v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Girard" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Guigue" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Prieto Ramos" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Bajcic" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Curti-Contessoto" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034957v2" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Le Pluard" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034957v3" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034957v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05272480v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>