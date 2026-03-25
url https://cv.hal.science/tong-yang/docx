--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -590,648 +590,648 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enseignement des phrasèmes NAdj du domaine culinaire auprès des apprenants étrangers</w:t>
+                <w:t xml:space="preserve">Choix et utilisation de NooJ pour l’extraction automatique des phrasèmes NAdj</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tong Yang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RADELAS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2020, Grenoble, France</w:t>
+              <w:t xml:space="preserve">présentée à la semaine de formation intensive NooJ organisé par l’Université de Franche-Comté et l’Université de l’INALCO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2020, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02488717v1</w:t>
+                <w:t xml:space="preserve">hal-02488794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Utilisation d’outils TAL pour l’enseignement/apprentissage des langues étrangère : exemple des phrasèmes NAdj</w:t>
+                <w:t xml:space="preserve">Enseignement des phrasèmes NAdj du domaine culinaire auprès des apprenants étrangers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tong Yang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">le séminaire organisé par Izabella Thomas à l’Université de Franche-Comté</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2020, Besancon, France</w:t>
+              <w:t xml:space="preserve">RADELAS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2020, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02488793v1</w:t>
+                <w:t xml:space="preserve">hal-02488717v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Automatic Extraction of French Foods Expression Routine with NooJ</w:t>
+                <w:t xml:space="preserve">Utilisation d’outils TAL pour l’enseignement/apprentissage des langues étrangère : exemple des phrasèmes NAdj</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tong Yang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NooJ 2020 Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2020, Zagreb, Croatia</w:t>
+              <w:t xml:space="preserve">le séminaire organisé par Izabella Thomas à l’Université de Franche-Comté</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2020, Besancon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02496209v1</w:t>
+                <w:t xml:space="preserve">hal-02488793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trois approches d’utilisation du corpus pour l’enseignement/apprentissage des langues : AIG, AD, AIP</w:t>
+                <w:t xml:space="preserve">Automatic Extraction of French Foods Expression Routine with NooJ</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tong Yang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">E-GRPAHELES</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2020, Perpignan, France</w:t>
+              <w:t xml:space="preserve">NooJ 2020 Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2020, Zagreb, Croatia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02488797v1</w:t>
+                <w:t xml:space="preserve">hal-02496209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Choix et utilisation de NooJ pour l’extraction automatique des phrasèmes NAdj</w:t>
+                <w:t xml:space="preserve">Trois approches d’utilisation du corpus pour l’enseignement/apprentissage des langues : AIG, AD, AIP</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tong Yang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">présentée à la semaine de formation intensive NooJ organisé par l’Université de Franche-Comté et l’Université de l’INALCO</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2020, Paris, France</w:t>
+              <w:t xml:space="preserve">E-GRPAHELES</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2020, Perpignan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02488794v1</w:t>
+                <w:t xml:space="preserve">hal-02488797v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enseignement/apprentissage des patternes grammaticaux du domaine culinaire auprès d’apprenants étrangers</w:t>
+                <w:t xml:space="preserve">Automatic extraction of grammatical patterns of verbs in the culinary field with NooJ</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tong Yang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">les terminologies professionnelles de la gastronomie et de l’œnologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Innsbruck, Autriche</w:t>
+              <w:t xml:space="preserve">colloque international NooJ 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Hammamet, Tunisia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02488774v1</w:t>
+                <w:t xml:space="preserve">hal-02488775v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enseignement/apprentissage des phrasèmes verbaux du domaine culinaire auprès d'apprenants étrangers</w:t>
+                <w:t xml:space="preserve">La carte mentale, un outil didactique d’aide à la mémorisation pour l’enseignement/apprentissage du lexique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tong Yang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">87ème Congrès de l’ACFAS (association francophone pour le savoir)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Gatineau, Canada</w:t>
+              <w:t xml:space="preserve">RJC2017 - 20èmes Rencontres des jeunes chercheurs en Sciences du Langage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02488777v1</w:t>
+                <w:t xml:space="preserve">hal-02013296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La carte mentale, un outil didactique d’aide à la mémorisation pour l’enseignement/apprentissage du lexique</w:t>
+                <w:t xml:space="preserve">Enseignement/apprentissage des patternes grammaticaux du domaine culinaire auprès d’apprenants étrangers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tong Yang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RJC2017 - 20èmes Rencontres des jeunes chercheurs en Sciences du Langage</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Paris, France</w:t>
+              <w:t xml:space="preserve">les terminologies professionnelles de la gastronomie et de l’œnologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Innsbruck, Autriche</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02013296v1</w:t>
+                <w:t xml:space="preserve">hal-02488774v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Automatic extraction of grammatical patterns of verbs in the culinary field with NooJ</w:t>
+                <w:t xml:space="preserve">Enseignement/apprentissage des phrasèmes verbaux du domaine culinaire auprès d'apprenants étrangers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tong Yang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">colloque international NooJ 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Hammamet, Tunisia</w:t>
+              <w:t xml:space="preserve">87ème Congrès de l’ACFAS (association francophone pour le savoir)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Gatineau, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02488775v1</w:t>
+                <w:t xml:space="preserve">hal-02488777v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extraction automatique des phrasèmes nominaux et verbaux</w:t>
               </w:r>
@@ -1349,234 +1349,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02488780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enseignement des phrasèmes du domaine culinaire auprès des apprenants étrangers (accepté, absent)</w:t>
+                <w:t xml:space="preserve">Proposition de trois approches d’utilisation de corpus pour l’enseignement/apprentissage des langues présentée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tong Yang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">, la troisième édition du colloque les terminologies professionnelles de la gastronomie et de l’œnologie : Patrimoine et culture organisé par le Pôle alimentation de l’Université de Tours</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2018, Tours, France</w:t>
+              <w:t xml:space="preserve">au colloque international du REMADDIF sur le thème Enjeux, réflexions et pratiques en didactique des langues et des cultures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Kénitra, Maroc</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02488779v1</w:t>
+                <w:t xml:space="preserve">hal-02488778v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Proposition de trois approches d’utilisation de corpus pour l’enseignement/apprentissage des langues présentée</w:t>
+                <w:t xml:space="preserve">Enseignement des phrasèmes du domaine culinaire auprès des apprenants étrangers (accepté, absent)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tong Yang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">au colloque international du REMADDIF sur le thème Enjeux, réflexions et pratiques en didactique des langues et des cultures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2018, Kénitra, Maroc</w:t>
+              <w:t xml:space="preserve">, la troisième édition du colloque les terminologies professionnelles de la gastronomie et de l’œnologie : Patrimoine et culture organisé par le Pôle alimentation de l’Université de Tours</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02488778v1</w:t>
+                <w:t xml:space="preserve">hal-02488779v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Apport des concordanciers dans l’apprentissage/enseignement du lexique</w:t>
+                <w:t xml:space="preserve">La carte mentale, outil d’aide à la mémorisation, pour l’enseignement/apprentissage du lexique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tong Yang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Jeune Chercheur (CJC)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2017, Rouen, France</w:t>
+              <w:t xml:space="preserve">, communication présentée au 20ème colloque RJC (Rencontre des Jeunes Chercheurs)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02488782v1</w:t>
+                <w:t xml:space="preserve">hal-02488785v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’enseignement du collocation nominale auprès des apprenants étrangers (accepté, absent)</w:t>
               </w:r>
@@ -1832,96 +1832,96 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02488787v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’enseignement du lexique culinaire auprès des apprenants étrangers de niveau A2 (accepté, absent)</w:t>
+                <w:t xml:space="preserve">Apport des concordanciers dans l’apprentissage/enseignement du lexique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tong Yang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">congrès de LLT (Lexicologie, lexicographie et Terminologie)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Cordoba, Argentine</w:t>
+              <w:t xml:space="preserve">Colloque Jeune Chercheur (CJC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2017, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02488791v1</w:t>
+                <w:t xml:space="preserve">hal-02488782v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation et Désambiguïsation des données dans l’extraction des phrasèmes nominaux</w:t>
               </w:r>
@@ -1970,178 +1970,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02488784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La carte mentale, outil d’aide à la mémorisation, pour l’enseignement/apprentissage du lexique</w:t>
+                <w:t xml:space="preserve">L’enseignement du lexique culinaire auprès des apprenants étrangers de niveau A2 (accepté, absent)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tong Yang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">, communication présentée au 20ème colloque RJC (Rencontre des Jeunes Chercheurs)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Paris, France</w:t>
+              <w:t xml:space="preserve">congrès de LLT (Lexicologie, lexicographie et Terminologie)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Cordoba, Argentine</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02488785v1</w:t>
+                <w:t xml:space="preserve">hal-02488791v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enseignement des terminologies culinaires auprès des apprenants étrangers de niveau A2</w:t>
+                <w:t xml:space="preserve">Cuisitext : un corpus écrit et oral pour l’enseignement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tong Yang</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cristelle Cavalla</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Langues sur objectifs spécifiques : perspectives croisées entre linguistique et didactique - LOSP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, GREMUTS - LIDILEM - UGA, Nov 2016, Grenoble, France</w:t>
+              <w:t xml:space="preserve">, Nov 2016, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01455698v1</w:t>
+                <w:t xml:space="preserve">hal-02488790v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enseignement des terminologies culinaires auprès des apprenants étrangers de niveau A2</w:t>
               </w:r>
@@ -2157,142 +2144,155 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Tong Yang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristelle Cavalla</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les terminologies professionnelles de la gastronomie et de l’œnologie : représentations, formation, transmission</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Bourgogne, Maison des Sciences de l’Homme, TIL et CIMEOS, Sep 2016, Dijon, France</w:t>
+              <w:t xml:space="preserve">Langues sur objectifs spécifiques : perspectives croisées entre linguistique et didactique - LOSP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GREMUTS - LIDILEM - UGA, Nov 2016, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01455707v1</w:t>
+                <w:t xml:space="preserve">hal-01455698v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cuisitext : un corpus écrit et oral pour l’enseignement</w:t>
+                <w:t xml:space="preserve">Enseignement des terminologies culinaires auprès des apprenants étrangers de niveau A2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tong Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristelle Cavalla</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Langues sur objectifs spécifiques : perspectives croisées entre linguistique et didactique - LOSP</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2016, Grenoble, France</w:t>
+              <w:t xml:space="preserve">Les terminologies professionnelles de la gastronomie et de l’œnologie : représentations, formation, transmission</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Bourgogne, Maison des Sciences de l’Homme, TIL et CIMEOS, Sep 2016, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02488790v1</w:t>
+                <w:t xml:space="preserve">hal-01455707v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2787,51 +2787,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="EB02E804"/>
+    <w:nsid w:val="E9EE27C2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3018,51 +3018,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/tong-yang" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0586-2200" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/241543088" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513624v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tong Yang" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristelle Cavalla" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895720v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Y. Huang" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fouad Sahraoui" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. G. Yuan" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. S. He" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. S. Zhao" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/2041-8213/aa5f50" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02145569v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. L Yang" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. P Sorini" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C-C Chen" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Moritz" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W.-S Lee" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.80.014508" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488717v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488793v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496209v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488797v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488794v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488774v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488777v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02013296v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488775v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488795v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488780v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488779v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488778v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488782v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488789v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488783v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488786v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488787v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488791v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488784v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488785v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01455698v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01455707v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488790v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03698149v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peterlang.com/document/1215340" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488812v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488813v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05370885v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joke Veldhoven-Zweistra" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maarten Ligtenberg" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sigrun Erkens" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirella Vredenbregt-van den Berg" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/tong-yang" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0586-2200" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/241543088" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513624v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tong Yang" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristelle Cavalla" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895720v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Y. Huang" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fouad Sahraoui" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. G. Yuan" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. S. He" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. S. Zhao" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/2041-8213/aa5f50" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02145569v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. L Yang" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. P Sorini" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C-C Chen" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Moritz" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W.-S Lee" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.80.014508" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488794v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488717v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488793v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496209v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488797v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488775v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02013296v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488774v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488777v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488795v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488780v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488778v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488779v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488785v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488789v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488783v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488786v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488787v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488782v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488784v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488791v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488790v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01455698v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01455707v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03698149v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peterlang.com/document/1215340" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488812v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488813v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05370885v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joke Veldhoven-Zweistra" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maarten Ligtenberg" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sigrun Erkens" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirella Vredenbregt-van den Berg" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>