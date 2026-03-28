--- v0 (2026-03-06)
+++ v1 (2026-03-28)
@@ -4053,286 +4053,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02064020v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of Ultrasonic Frequency on Swan Band Sonoluminescence and Sonochemical Activity in Aqueous tert -Butyl Alcohol Solutions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rachel Pflieger</w:t>
+                <w:t xml:space="preserve">Thermal and sonochemical synthesis of porous (Ce,Zr)O2 mixed oxides from metal β-diketonate precursors and their catalytic activity in wet air oxidation process of formic acid</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Cau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abdoul Aziz Ndiaye</w:t>
+                <w:t xml:space="preserve">Yannick Guari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Chave</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joulia Larionova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey I. Nikitenko</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry B</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/jp509898p⟩</w:t>
+              <w:t xml:space="preserve">Ultrasonics Sonochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 21, pp.1366-1373. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ultsonch.2014.01.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02118223v1</w:t>
+                <w:t xml:space="preserve">hal-00959586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal and sonochemical synthesis of porous (Ce,Zr)O2 mixed oxides from metal β-diketonate precursors and their catalytic activity in wet air oxidation process of formic acid</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Yannick Guari</w:t>
+                <w:t xml:space="preserve">Influence of Ultrasonic Frequency on Swan Band Sonoluminescence and Sonochemical Activity in Aqueous tert -Butyl Alcohol Solutions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachel Pflieger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdoul Aziz Ndiaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Chave</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Joulia Larionova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey I. Nikitenko</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ultrasonics Sonochemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ultsonch.2014.01.006⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 119 (1), pp.284-290. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/jp509898p⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00959586v1</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02118223v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Activating Molecules, Ions, and Solid Particles with Acoustic Cavitation</w:t>
               </w:r>
@@ -4575,303 +4575,303 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02076944v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sonochemical deposition of platinum nanoparticles on polymer beads and their transfer on the pore surface of a silica matrix</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Sonohydrothermal Synthesis of Nanostructured (Ce,Zr)O2 Mixed Oxides with Enhanced Catalytic Performance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Cau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Guari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Chave</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joulia Larionova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Grunenwald</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Patrick Pochon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Colloid and Interface Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jcis.2012.12.029⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, pp.22827-33. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/jp407096p⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00801568v1</w:t>
+                <w:t xml:space="preserve">hal-00881602v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sonohydrothermal Synthesis of Nanostructured (Ce,Zr)O2 Mixed Oxides with Enhanced Catalytic Performance</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sonochemical deposition of platinum nanoparticles on polymer beads and their transfer on the pore surface of a silica matrix</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Chave</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Grunenwald</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Ayral</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Lacroix-Desmazes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergey I. Nikitenko</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Colloid and Interface Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 395, pp.81-84. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jcis.2012.12.029⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/jp407096p⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00881602v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00801568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mechanism of PtIV Sonochemical Reduction in Formic Acid Media and Pure Water</w:t>
               </w:r>
@@ -5146,51 +5146,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Navarro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Chave</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Pochon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bisel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5373,295 +5373,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01695790v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acoustic Cavitation at the Water−Glass Interface</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">First Synthesis of Uranyl Aluminate Nanoparticles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Chave</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey I. Nikitenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Scheinost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dmitry Shchukin</w:t>
+                <w:t xml:space="preserve">Claude Berthon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Zemb</w:t>
+                <w:t xml:space="preserve">Bénédicte Arab-Chapelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 114 (30), pp.13083-13091. </w:t>
+              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 49 (14), pp.6381-6383. </w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/jp1046276⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/ic100597m⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02000158v1</w:t>
+                <w:t xml:space="preserve">hal-02458300v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First Synthesis of Uranyl Aluminate Nanoparticles</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Acoustic Cavitation at the Water−Glass Interface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Virot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Chave</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey I. Nikitenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claude Berthon</w:t>
+                <w:t xml:space="preserve">Dmitry Shchukin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bénédicte Arab-Chapelet</w:t>
+                <w:t xml:space="preserve">Thomas Zemb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 49 (14), pp.6381-6383. </w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 114 (30), pp.13083-13091. </w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/ic100597m⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/jp1046276⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02458300v1</w:t>
+                <w:t xml:space="preserve">hal-02000158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Potential applications of sonochemistry in spent nuclear fuel reprocessing: A short review</w:t>
               </w:r>
@@ -5949,51 +5949,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergei Nikitenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Granier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Zemb</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ultrasonics Sonochemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 16 (4), pp.481-487. </w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6243,243 +6243,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04950800v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis of zeolite LTA under sonohydrothermale condition and investigation of its conversion into sodalite</w:t>
+                <w:t xml:space="preserve">Synthèse de la zéolithe A dans des conditions sonohydrothermales et étude de sa conversion en sodalite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William'S Nzodom Djozing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergey I. Nikitenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Valange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Chave</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sergey I. Nikitenko</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11èmes Journées méditerranéennes des jeunes chercheurs</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2023, Montpellier, France</w:t>
+              <w:t xml:space="preserve">JSUP23 - Journées Scientifiques Ultrasons et Procédés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04768767v1</w:t>
+                <w:t xml:space="preserve">hal-04768713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthèse de la zéolithe A dans des conditions sonohydrothermales et étude de sa conversion en sodalite</w:t>
+                <w:t xml:space="preserve">Synthesis of zeolite LTA under sonohydrothermale condition and investigation of its conversion into sodalite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William'S Nzodom Djozing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tony Chave</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Valange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey I. Nikitenko</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Tony Chave</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JSUP23 - Journées Scientifiques Ultrasons et Procédés</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2023, Lyon, France</w:t>
+              <w:t xml:space="preserve">11èmes Journées méditerranéennes des jeunes chercheurs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04768713v1</w:t>
+                <w:t xml:space="preserve">hal-04768767v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heat generation and photothermal catalysis with magnetic nitinol nanoparticles</w:t>
               </w:r>
@@ -6841,51 +6841,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrés Felipe Sierra Salazar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Ayral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Lacroix-Desmazes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey I. Nikitenko</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7038,243 +7038,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03765349v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sonocatalytic EDTA Degradation in the Presence of Ti and Ti@TiO Nanoparticles</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Synthèse sonohydrothermale de zéolithe A</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Chave</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Valange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Sachse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey I. Nikitenko</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PACIFICHEM 2021</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2021, Honolulu, France</w:t>
+              <w:t xml:space="preserve">Journées Scientifiques Ultrasons et Procédés - 6ème édition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04692302v1</w:t>
+                <w:t xml:space="preserve">hal-04679212v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthèse sonohydrothermale de zéolithe A</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Sonocatalytic EDTA Degradation in the Presence of Ti and Ti@TiO Nanoparticles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara El Hakim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Chave</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Alexander Sachse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey I. Nikitenko</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Scientifiques Ultrasons et Procédés - 6ème édition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2021, Lille, France</w:t>
+              <w:t xml:space="preserve">PACIFICHEM 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2021, Honolulu, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04679212v1</w:t>
+                <w:t xml:space="preserve">hal-04692302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The use of 345 kHz Ultrasound for the sonocatalytic degradation of EDTA and Rhodamine B over Ti0 and Ti@TiO2 nanoparticles</w:t>
               </w:r>
@@ -8196,51 +8196,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Chave</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey I. Nikitenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dmitry Shchukin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helmuth Möhwald</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10442,51 +10442,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034343v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kafui Late" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Denis" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Blancart-Remaury" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrycja Roszkowska" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Grace Slater" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4GC06170E" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05304985v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey Nikitenko" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Chave" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cssc.202500627" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04696580v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey I. Nikitenko" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara El Hakim" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. F Le Goff" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2024.02.127" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04716643v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William'S Nzodom Djozing" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Valange" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4dt01943a" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04282665v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Math&#233;o Bathias" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/catal12121662" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03764390v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D2CY01185A" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03411704v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/catal11080928" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03365866v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anaelle Humblot" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Grimaud" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Allavena" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prince Nana Amaniampong" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine de Oliveira Vigier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202109516" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03715451v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amr Nada" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Rouald&#232;s" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fctls.2021.669260" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03031931v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultsonch.2020.105336" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03123876v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Rombaut" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed El Ma&#226;taoui" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Sylvie Fabiano-Tixier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app11010232" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993106v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laureanne Parizot" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Dutilleul" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Elena Galvez" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick da Costa" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultsonch.2020.105270" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02862189v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233; Di Pasquale" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Pflieger" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultsonch.2019.104789" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02921911v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Somia Haouache" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayman Karam" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Clarhaut" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0SC00020E" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01945183v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcatb.2018.09.001" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01996121v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ppsc.201800265" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599065v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;s Felipe Sierra Salazar" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W.S.J. Li" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Bathfield" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Ayral" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Abate" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cattod.2016.12.021" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01893808v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Sierra-Salazar" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Ayral" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasile Hulea" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11244-018-1032-0" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599067v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.micromeso.2017.08.016" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01996142v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Scheinost" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6NJ02948E" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02075390v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Dalodi&#232;re" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Virot" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Morosini" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dumas" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep43514" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02076941v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Beaudoux" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Leturcq" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Jouan" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5DT04931H" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01357921v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.micromeso.2016.07.009" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-07MRK080-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02075377v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Moisy" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultsonch.2015.11.006" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02114896v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Morosini" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Pflieger" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02114906v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02000067v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Durand" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6GC00434B" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765775v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergue&#239; Nikitenko" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02118224v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Vite" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Jouve" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultsonch.2015.02.005" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01998963v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Cau" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.P. Brau" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Flaud" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscatal.5b01401" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02118283v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02064020v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Clavier" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.hydromet.2014.11.011" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02118223v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoul Aziz Ndiaye" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp509898p" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959586v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Guari" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joulia Larionova" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultsonch.2014.01.006" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CL0JM3Z8-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02076949v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3791/51237" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02076944v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Szenknect" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dacheux" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2013.06.021" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DB97TQS4-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00801568v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Grunenwald" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Lacroix-Desmazes" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2012.12.029" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NBJ8KT3Q-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00881602v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Pochon" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp407096p" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02458282v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Navarro" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Nitsche" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201102355" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-WKZVN0KQ-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02076961v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Horlait" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C2JM31996A" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02458294v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bisel" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp109444h" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01695790v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Frugier" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gin" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ayral" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2011.05.005" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RJ5431FL-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02000158v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry Shchukin" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Zemb" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp1046276" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02458300v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Berthon" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Arab-Chapelet" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ic100597m" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02458298v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Venault" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Bisel" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultsonch.2009.11.012" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02458323v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Martinez" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Billy" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.200904275" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/9F0B21260FDB21EA65E1265F6E4C47D9DC1197C4/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02458320v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergei Nikitenko" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Granier" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultsonch.2008.12.015" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768695v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950800v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768767v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768713v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706184v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Le Goff" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768736v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679242v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Garnier" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Sachse" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951794v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03765349v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. El Kahim" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. A. Nada" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692302v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679212v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690700v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766196v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Margate" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Cot-Auriol" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706269v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679206v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02068950v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasile Null Hulea" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765225v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Durand" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765254v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Horlait" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765281v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe den Auwer" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765353v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helmuth M&#246;hwald" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768619v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766151v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jegou" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766107v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766133v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768615v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766187v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690516v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690481v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690649v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765230v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765979v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04931893v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950809v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Morel" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maroua Ben Haddada" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765954v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692781v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02343292v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;s Felipe Sierra-Salazar" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-444-64127-4.00018-5" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765788v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034343v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kafui Late" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Denis" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Blancart-Remaury" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrycja Roszkowska" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Grace Slater" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4GC06170E" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05304985v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey Nikitenko" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Chave" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cssc.202500627" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04696580v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey I. Nikitenko" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara El Hakim" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. F Le Goff" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2024.02.127" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04716643v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William'S Nzodom Djozing" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Valange" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4dt01943a" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04282665v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Math&#233;o Bathias" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/catal12121662" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03764390v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D2CY01185A" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03411704v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/catal11080928" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03365866v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anaelle Humblot" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Grimaud" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Allavena" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prince Nana Amaniampong" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine de Oliveira Vigier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202109516" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03715451v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amr Nada" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Rouald&#232;s" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fctls.2021.669260" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03031931v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultsonch.2020.105336" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03123876v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Rombaut" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed El Ma&#226;taoui" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Sylvie Fabiano-Tixier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app11010232" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993106v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laureanne Parizot" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Dutilleul" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Elena Galvez" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick da Costa" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultsonch.2020.105270" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02862189v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233; Di Pasquale" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Pflieger" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultsonch.2019.104789" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02921911v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Somia Haouache" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayman Karam" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Clarhaut" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0SC00020E" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01945183v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcatb.2018.09.001" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01996121v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ppsc.201800265" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599065v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;s Felipe Sierra Salazar" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W.S.J. Li" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Bathfield" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Ayral" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Abate" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cattod.2016.12.021" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01893808v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Sierra-Salazar" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Ayral" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasile Hulea" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11244-018-1032-0" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599067v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.micromeso.2017.08.016" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01996142v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Scheinost" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6NJ02948E" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02075390v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Dalodi&#232;re" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Virot" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Morosini" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dumas" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep43514" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02076941v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Beaudoux" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Leturcq" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Jouan" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5DT04931H" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01357921v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.micromeso.2016.07.009" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-07MRK080-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02075377v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Moisy" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultsonch.2015.11.006" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02114896v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Morosini" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Pflieger" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02114906v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02000067v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Durand" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6GC00434B" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765775v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergue&#239; Nikitenko" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02118224v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Vite" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Jouve" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultsonch.2015.02.005" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01998963v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Cau" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.P. Brau" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Flaud" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscatal.5b01401" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02118283v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02064020v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Clavier" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.hydromet.2014.11.011" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959586v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Guari" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joulia Larionova" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultsonch.2014.01.006" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CL0JM3Z8-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02118223v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoul Aziz Ndiaye" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp509898p" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02076949v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3791/51237" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02076944v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Szenknect" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dacheux" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2013.06.021" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DB97TQS4-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00881602v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Pochon" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp407096p" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00801568v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Grunenwald" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Lacroix-Desmazes" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2012.12.029" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NBJ8KT3Q-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02458282v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Navarro" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Nitsche" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201102355" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-WKZVN0KQ-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02076961v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Horlait" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C2JM31996A" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02458294v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bisel" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp109444h" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01695790v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Frugier" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gin" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ayral" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2011.05.005" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RJ5431FL-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02458300v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Berthon" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Arab-Chapelet" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ic100597m" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02000158v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry Shchukin" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Zemb" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp1046276" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02458298v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Venault" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Bisel" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultsonch.2009.11.012" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02458323v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Martinez" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Billy" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.200904275" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/9F0B21260FDB21EA65E1265F6E4C47D9DC1197C4/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02458320v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergei Nikitenko" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Granier" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultsonch.2008.12.015" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768695v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950800v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768713v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768767v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706184v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Le Goff" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768736v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679242v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Garnier" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Sachse" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951794v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03765349v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. El Kahim" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. A. Nada" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679212v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692302v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690700v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766196v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Margate" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Cot-Auriol" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706269v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679206v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02068950v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasile Null Hulea" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765225v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Durand" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765254v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Horlait" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765281v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe den Auwer" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765353v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helmuth M&#246;hwald" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768619v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766151v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jegou" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766107v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766133v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768615v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766187v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690516v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690481v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690649v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765230v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765979v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04931893v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950809v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Morel" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maroua Ben Haddada" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765954v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692781v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02343292v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;s Felipe Sierra-Salazar" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-444-64127-4.00018-5" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765788v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>