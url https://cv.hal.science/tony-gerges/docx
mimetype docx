--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -100,295 +100,295 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bio-based silver conductive ink for flexible printed electronics, and in-mold electronics</w:t>
+                <w:t xml:space="preserve">In-Mold Electronics with high electrical conductivity circuits on Poly(Lactic Acid) and Polycarbonate using photonic curing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Gerges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Guérin</w:t>
+                <w:t xml:space="preserve">Hugo Cauchy-Clerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Semet</w:t>
+                <w:t xml:space="preserve">Philippe Lombard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Lombard</w:t>
+                <w:t xml:space="preserve">Jean-Yves Charmeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guy Masse</w:t>
+                <w:t xml:space="preserve">Bruno Allard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Flexible and Printed Electronics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 10 (4), pp.045012. </w:t>
+              <w:t xml:space="preserve">International Journal of Advanced Manufacturing Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/2058-8585/ae2139⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00170-025-16977-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05385650v1</w:t>
+                <w:t xml:space="preserve">hal-05376111v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In-Mold Electronics with high electrical conductivity circuits on Poly(Lactic Acid) and Polycarbonate using photonic curing</w:t>
+                <w:t xml:space="preserve">Bio-based silver conductive ink for flexible printed electronics, and in-mold electronics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Gerges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hugo Cauchy-Clerc</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Thomas Guérin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Semet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lombard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Allard</w:t>
+                <w:t xml:space="preserve">Guy Masse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Advanced Manufacturing Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">Flexible and Printed Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 10 (4), pp.045012. </w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00170-025-16977-8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/2058-8585/ae2139⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05376111v1</w:t>
+                <w:t xml:space="preserve">hal-05385650v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of Recycled Cardboard Paper as an Eco-Friendly Substrate for Rectenna and Ambient Radio Frequency Energy Harvesting Application</w:t>
               </w:r>
@@ -802,51 +802,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Goument</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Gerges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lombard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hayet Lakhdar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -923,77 +923,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapid 3D‐Plastronics prototyping by selective metallization of 3D printed parts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Gerges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Semet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Semet</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Philippe Lombard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Allard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Cabrera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1066,51 +1066,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valernst Martial Gilmus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Gerges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lombard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Charmeaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1187,64 +1187,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">TP découverte : métallisation d’une pièce en polymère</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Gerges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lombard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Allard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Cabrera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1304,64 +1304,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Attirer l’étudiant vers l’électronique à l’aide de la plastronique 3D et de la fabrication additive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Gerges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lombard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Allard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Cabrera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1715,64 +1715,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Fabien Capsal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Gerges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lombard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Semet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 9, </w:t>
@@ -1823,64 +1823,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">3D Plastronics for Smartly Integrated Magnetic Resonance Imaging Coils</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Gerges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Semet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lombard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Gaillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1944,77 +1944,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plastronique 3D et 3D-MID, programme innovant d'enseignement supérieur et de formation à l'Université de Lyon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lombard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Gerges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Allard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon A. Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2240,103 +2240,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DISASSEMBLING AND RECYCLING OF IN MOLD ELECTRONICS 3D PLASTRONICS SYSTEMS BASED ON POLYCARBONATE SUBSTRATE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Cauchy-Clerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lombard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Duguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Gerges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Semet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">LOPEC (Large-area, Organic &amp; Printed Electronics Convention) 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, OE-A (Organic and Printed Electronics Association); Messe München, Feb 2025, München, Germany</w:t>
@@ -2365,77 +2365,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Toolbox to Develop and Produce In-Mold Electronics Devices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lombard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Cauchy-Clerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Semet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Gerges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2490,103 +2490,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PHOTONIC CURING FOR IN-MOLD ELECTRONICS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Cauchy-Clerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Gerges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lombard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Semet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Allard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9th Smart Plastics Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IPC; Polymeris; Eurecat, Jan 2024, Barcelona, Spain</w:t>
@@ -2609,1114 +2609,1114 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04498684v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chemical Disassembly and Recycling of Electronic Devices Manufactured with Biosourced Polymers</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Rapid 3D-Plastronics for 3D electronics prototyping using additive manufacturing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Gerges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Semet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lombard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Allard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Cabrera</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">38th International Conference of the Polymer Processing Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2023, St Gallen, Switzerland</w:t>
+              <w:t xml:space="preserve">15th International Molded Interconnected Devices Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Amberg, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04580722v1</w:t>
+                <w:t xml:space="preserve">hal-05126884v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development and optimization of bio-based electrode materials for energy storage devices</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Andrei Sabac</w:t>
+                <w:t xml:space="preserve">Chemical Disassembly and Recycling of Electronic Devices Manufactured with Biosourced Polymers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Goument</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Gerges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Christian Vollaire</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fernande da Cruz-Boisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Crepet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Allard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">74th Annual Meeting of the International Society of Electrochemistry: Bridging Scientific Disciplines to Address the World’s Challenges</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, International Society of Electrochemistry, Sep 2023, LYON, France</w:t>
+              <w:t xml:space="preserve">38th International Conference of the Polymer Processing Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, St Gallen, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04829966v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04580722v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In-Mold Electronics with Biosourced and Biodegradable Polymers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Caroline Goument</w:t>
+                <w:t xml:space="preserve">Development and optimization of bio-based electrode materials for energy storage devices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Layal Abdallah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrei Sabac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Gerges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Murat Arli</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Monnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Vollaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">LOPEC Conference for Printed Electronics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2023, München, Germany</w:t>
+              <w:t xml:space="preserve">74th Annual Meeting of the International Society of Electrochemistry: Bridging Scientific Disciplines to Address the World’s Challenges</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Society of Electrochemistry, Sep 2023, LYON, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04069869v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04829966v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eco-conception de dispositifs plastroniques 3D : Electronique Structurelle Surmoulée sur Acide PolyLActique</w:t>
+                <w:t xml:space="preserve">In-Mold Electronics with Biosourced and Biodegradable Polymers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Goument</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tony Gerges</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lombard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Simon Lambert</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hayet Lakhdar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Murat Arli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium de Génie Electrique (SGE), Session spéciale "soutenabilité en génie électrique"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2023, Lille, France</w:t>
+              <w:t xml:space="preserve">LOPEC Conference for Printed Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2023, München, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04580726v1</w:t>
+                <w:t xml:space="preserve">hal-04069869v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D printed polymer-based two-phase cooling system for power electronic devices</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Eco-conception de dispositifs plastroniques 3D : Electronique Structurelle Surmoulée sur Acide PolyLActique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Goument</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valernst Martial Gilmus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lombard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Gerges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Philippe Lombard</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16th European Advanced Technology Workshop on Micropackaging and Thermal management</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2023, Poitiers, France</w:t>
+              <w:t xml:space="preserve">Symposium de Génie Electrique (SGE), Session spéciale "soutenabilité en génie électrique"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04032738v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04580726v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapid 3D-Plastronics for 3D electronics prototyping using additive manufacturing</w:t>
+                <w:t xml:space="preserve">3D printed polymer-based two-phase cooling system for power electronic devices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Gerges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Marie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thilini Wickramasinghe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Semet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Semet</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Philippe Lombard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15th International Molded Interconnected Devices Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Amberg, Germany</w:t>
+              <w:t xml:space="preserve">16th European Advanced Technology Workshop on Micropackaging and Thermal management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2023, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05126884v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04032738v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D Plastronics Radio Frequency Energy Harvester on Stereolithography Parts</w:t>
+                <w:t xml:space="preserve">Ambient Electromagnetic Energy Harvesting Circuit using Rectennas Manufactured with Stereolithography Resin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xuan Viet Linh Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Gerges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Verdier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lombard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Cabrera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2022 Wireless Power Week (WPW)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">2022 24th European Conference on Power Electronics and Applications (EPE'22 ECCE Europe)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Hanover, Germany</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04100007v1</w:t>
+                <w:t xml:space="preserve">hal-04100224v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ambient Electromagnetic Energy Harvesting Circuit using Rectennas Manufactured with Stereolithography Resin</w:t>
+                <w:t xml:space="preserve">3D Plastronics Radio Frequency Energy Harvester on Stereolithography Parts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xuan Viet Linh Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Gerges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Duchamp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Benech</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Verdier</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Michel Cabrera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2022 24th European Conference on Power Electronics and Applications (EPE'22 ECCE Europe)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2022 Wireless Power Week (WPW)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Bordeaux, France. pp.156-161, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/WPW54272.2022.9854010⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04100224v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04100007v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fonctionnalisation plastronique de pièces imprimées en 3D</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Gerges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lombard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Semet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon A. Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Allard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mecaplastronic connection 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2022, Lyon, France</w:t>
@@ -3922,51 +3922,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valernst Gilmus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Gerges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lombard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Joint Annual Meeting ISMRM-ESMRMB ISMRT 31st Annual Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, London, France. </w:t>
@@ -4181,51 +4181,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Chastagnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emma Petiot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Semet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Joint Annual Meeting ISMRM-ESMRMB &amp; ISMRT 31st Annual Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, International Society for Magnetic Resonance in Medicine, May 2022, Londres, United Kingdom</w:t>
@@ -4248,661 +4248,661 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04050550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Compact MRI bioreactor for real-time monitoring 3D printed tissue-engineered constructs.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Lynce Gnanago</w:t>
+                <w:t xml:space="preserve">Stereolithography-Based Rectenna for Wireless Energy Harvesting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xuan Viet Linh Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Gerges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Vincent Semet</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Duchamp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Benech</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Verdier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2021 ISMRM &amp; SMRT Annual Meeting and Exhibition</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">SOCC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Las Vegas, United States. pp.34-39, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/SOCC52499.2021.9739329⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04047373v1</w:t>
+                <w:t xml:space="preserve">hal-03629413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Accessing High Temperature Stereolithography Photopolymers Compabilities for Antennas</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Xuan Viet Linh Nguyen</w:t>
+                <w:t xml:space="preserve">Compact MRI bioreactor for real-time monitoring 3D printed tissue-engineered constructs.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Lynce Gnanago</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Gerges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Jacques Verdier</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Chastagnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emma Petiot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Semet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th National Days on Energy Harvesting and Storage (JNRSE)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2021, Grenoble, France</w:t>
+              <w:t xml:space="preserve">2021 ISMRM &amp; SMRT Annual Meeting and Exhibition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Society for Magnetic Resonance in Medicine, May 2021, Online, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03451946v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04047373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une approche plastronique pour auto-alimenter des capteurs</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Accessing High Temperature Stereolithography Photopolymers Compabilities for Antennas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xuan Viet Linh Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Gerges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Michel Cabrera</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Duchamp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Benech</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Verdier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium de Génie Electrique 2021 (SGE 2021)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2021, Nantes, France</w:t>
+              <w:t xml:space="preserve">10th National Days on Energy Harvesting and Storage (JNRSE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03629426v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03451946v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation of 3D printed polymer-based heat dissipator for GaN transistors</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Une approche plastronique pour auto-alimenter des capteurs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Jeanniot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xuan Viet Linh Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Gerges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lombard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marie Levêque</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Cabrera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">23rd European Conference on Power Electronics and Applications (EPE'21 ECCE Europe)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2021, Ghent, Belgium</w:t>
+              <w:t xml:space="preserve">Symposium de Génie Electrique 2021 (SGE 2021)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03451785v1</w:t>
+                <w:t xml:space="preserve">hal-03629426v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stereolithography-Based Rectenna for Wireless Energy Harvesting</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Investigation of 3D printed polymer-based heat dissipator for GaN transistors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Gerges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Jacques Verdier</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Marie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thilini Wickramasinghe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lombard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Levêque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SOCC</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">23rd European Conference on Power Electronics and Applications (EPE'21 ECCE Europe)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Ghent, Belgium</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03629413v1</w:t>
+                <w:t xml:space="preserve">hal-03451785v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design of a volume MRI coil by metalyzing 3D printing substrates by electroless and/or electroplating processes</w:t>
               </w:r>
@@ -5416,103 +5416,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PHOTONIC CURING OF CONDUCTIVE SILVER INKS AND GLUES FOR IN-MOLD ELECTRONICS ON POLYCARBONATE AND BIO-BASED BIODEGRADABLE POLYLACTIC ACID FILMS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Cauchy-Clerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Gerges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lombard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Semet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Allard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">LOPEC 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2024, Munich, Germany</w:t>
@@ -5593,51 +5593,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Gerges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Lynce Gnanago</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lombard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ESMRMB 2024 – 40th Annual Scientific Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2024, Barcelone, Spain. 2024</w:t>
@@ -5679,77 +5679,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">3D electronics prototyping using Rapid 3D-Plastronics process</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Gerges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Semet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Semet</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Philippe Lombard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Allard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Cabrera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5787,64 +5787,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development and characterization of a conductive ink for In-Mold Electronics.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Guérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lombard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Gerges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5938,51 +5938,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Goument</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Gerges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lombard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valernst Gilmus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6076,64 +6076,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Gerges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hayet Lakhdar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lombard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Allard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">49ème Colloque National du Groupe Français des Polymères (GFP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2021, Lyon ( en ligne ), France</w:t>
@@ -6162,103 +6162,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of conductive inks with bio-based matrix for Printed Electronics and 3D Structural Electronics.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Guérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Cabrera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Masse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lombard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Semet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">LOPEC</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2020, Munich, Germany</w:t>
@@ -6345,77 +6345,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Auguste Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Cabrera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lombard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Gerges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Semet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : FR3130392. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
@@ -6709,51 +6709,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05385650v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Gerges" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gu&#233;rin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Semet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lombard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Masse" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2058-8585/ae2139" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05376111v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Cauchy-Clerc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Charmeau" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Allard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00170-025-16977-8" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04626085v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pangsui Usifu Linge" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anvesh Pandey" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Duchamp" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Benech" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics13132499" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04287495v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bevilacqua" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jlpea13020034" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495752v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuan Viet Linh Nguyen" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jlpea13010019" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04069897v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Goument" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayet Lakhdar" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murat Arli" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00170-023-10878-4" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04149158v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Cabrera" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.addma.2023.103673" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05312581v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valernst Martial Gilmus" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Charmeaux" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/j3ea/20220027" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04050215v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/j3ea/20221017" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04050226v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/j3ea/20222047" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03755140v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Perez" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Billon" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-F. Capsal" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/meca/2022021" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03688914v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Bataillou" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Lee" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Monnier" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrei Sabac" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12010-022-03997-3" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03449967v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Lynce Gnanago" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fabien Capsal" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphy.2021.633848" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03093731v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gaillard" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphy.2020.00240" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414532v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon A. Lambert" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/j3ea/20191014" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01615279v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Salles" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Bernard" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Journet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Jaurand" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-4484/26/8/085603" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04990943v2" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Duguet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04525630v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valernst Gilmus" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04498684v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04580722v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernande da Cruz-Boisson" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Crepet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04829966v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Layal Abdallah" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Vollaire" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04069869v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04580726v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Lambert" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032738v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Marie" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thilini Wickramasinghe" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126884v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04100007v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Verdier" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WPW54272.2022.9854010" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04100224v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04051850v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03944704v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Gerges" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lombard" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Gilmus" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Arli" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933822v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camila Sousa" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58530/2022/2263" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03944770v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Lakhdar" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04050550v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Chastagnier" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Petiot" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04047373v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03451946v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03629426v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Jeanniot" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03451785v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lev&#234;que" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03629413v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SOCC52499.2021.9739329" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153042v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Delamea" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Bigot" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Dorez" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02498786v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Castel" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Glise" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Qu&#233;r&#233;" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azar Maalouf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Rius" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01718166v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Salles" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Brioude" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Ferro" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04995489v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Gerdil" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Lombard" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Gerges" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Allard" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-Y Charmeaux" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04498810v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05312609v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yilbert Gim&#233;nez" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04801234v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04241549v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayet Lakhar" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04069768v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04069753v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805909v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934657v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Auguste Lambert" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01128165v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2014LYO10319" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05376111v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Gerges" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Cauchy-Clerc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lombard" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Charmeau" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Allard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00170-025-16977-8" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05385650v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gu&#233;rin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Semet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Masse" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2058-8585/ae2139" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04626085v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pangsui Usifu Linge" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anvesh Pandey" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Duchamp" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Benech" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics13132499" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04287495v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bevilacqua" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jlpea13020034" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495752v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuan Viet Linh Nguyen" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jlpea13010019" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04069897v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Goument" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayet Lakhdar" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murat Arli" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00170-023-10878-4" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04149158v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Cabrera" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.addma.2023.103673" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05312581v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valernst Martial Gilmus" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Charmeaux" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/j3ea/20220027" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04050215v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/j3ea/20221017" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04050226v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/j3ea/20222047" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03755140v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Perez" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Billon" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-F. Capsal" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/meca/2022021" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03688914v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Bataillou" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Lee" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Monnier" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrei Sabac" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12010-022-03997-3" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03449967v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Lynce Gnanago" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fabien Capsal" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphy.2021.633848" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03093731v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gaillard" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphy.2020.00240" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414532v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon A. Lambert" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/j3ea/20191014" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01615279v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Salles" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Bernard" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Journet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Jaurand" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-4484/26/8/085603" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04990943v2" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Duguet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04525630v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valernst Gilmus" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04498684v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126884v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04580722v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernande da Cruz-Boisson" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Crepet" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04829966v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Layal Abdallah" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Vollaire" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04069869v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04580726v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Lambert" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032738v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Marie" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thilini Wickramasinghe" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04100224v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Verdier" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04100007v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WPW54272.2022.9854010" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04051850v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03944704v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Gerges" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lombard" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Gilmus" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Arli" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933822v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camila Sousa" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58530/2022/2263" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03944770v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Lakhdar" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04050550v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Chastagnier" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Petiot" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03629413v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SOCC52499.2021.9739329" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04047373v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03451946v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03629426v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Jeanniot" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03451785v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lev&#234;que" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153042v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Delamea" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Bigot" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Dorez" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02498786v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Castel" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Glise" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Qu&#233;r&#233;" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azar Maalouf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Rius" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01718166v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Salles" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Brioude" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Ferro" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04995489v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Gerdil" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Lombard" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Gerges" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Allard" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-Y Charmeaux" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04498810v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05312609v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yilbert Gim&#233;nez" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04801234v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04241549v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayet Lakhar" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04069768v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04069753v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805909v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934657v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Auguste Lambert" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01128165v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2014LYO10319" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>